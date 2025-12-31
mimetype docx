--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bf1fb0b" w14:textId="bf1fb0b">
+    <w:p w14:paraId="7f0bf9c" w14:textId="7f0bf9c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,228 +76,229 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении видов и объемов помощи, предоставляемой в рамках гарантированного социального пакета</w:t>
+        <w:t>Кепілдік берілген әлеуметтік топтама шеңберінде ұсынылатын көмектің түрлері мен көлемдерін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 30 декабря 2019 года № 1032.</w:t>
+        <w:t>Қазақстан Республикасы Үкіметінің 2019 жылғы 30 желтоқсандағы № 1032 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...12 lines deleted...]
-        <w:t>Вводится в действие с 01.01.2020.</w:t>
+        <w:t>      Осы қаулы 2020 жылғы 1 қаңтардан бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z22" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
+      "Мемлекеттік атаулы әлеуметтік көмек туралы" 2001 жылғы 17 шілдедегі Қазақстан Республикасының Заңы 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 1-1</w:t>
+        <w:t>1-1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан от 17 июля 2001 года "О государственной адресной социальной помощи" Правительство Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Үкіметі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить виды и объемы помощи, предоставляемой в рамках гарантированного социального пакета, согласно </w:t>
+      1. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению</w:t>
+        <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
+        <w:t xml:space="preserve"> сәйкес кепілдік берілген әлеуметтік топтама шеңберінде ұсынылатын көмектің түрлері мен көлемдері айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящее постановление вводится в действие с 1 января 2020 года и подлежит официальному опубликованию.</w:t>
+      2. Осы қаулы 2020 жылғы 1 қаңтардан бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -315,74 +316,64 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Премьер-Министр</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Премьер-Министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -484,385 +475,366 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к постановлению Правительства</w:t>
+              <w:t>Үкіметінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>2019 жылғы 30 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 30 декабря 2019 года № 1032</w:t>
+              <w:t>№ 1032 қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Виды и объемы помощи, предоставляемой в рамках гарантированного социального пакета</w:t>
+        <w:t xml:space="preserve"> Кепілдік берілген әлеуметтік топтама шеңберінде ұсынылатын көмектің түрлері мен көлемдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Гарантированный социальный пакет предоставляется малообеспеченным семьям из числа получателей безусловной или обусловленной денежной помощи в соответствии с </w:t>
+      1. Кепілдік берілген әлеуметтік топтама "Мемлекеттік атаулы әлеуметтік көмек туралы" 2001 жылғы 17 шілдедегі Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
+        <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 17 июля 2001 года "О государственной адресной социальной помощи":</w:t>
+        <w:t xml:space="preserve"> сәйкес шартсыз немесе шартты ақшалай көмек алушылардың қатарындағы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) имеющим детей в возрасте от одного года до шести лет, - на период назначения адресной социальной помощи;</w:t>
+      1) атаулы әлеуметтік көмек тағайындалған кезеңде - бір жастан алты жасқа дейінгі балалары бар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) имеющим детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования, - в период соответствующего учебного года.</w:t>
+      2) тиісті оқу жылы кезеңінде - орта білім беру ұйымдарында оқитын, алты жастан он сегіз жасқа дейінгі балалары бар аз қамтылған отбасыларға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Гарантированный социальный пакет для детей в возрасте от одного года до шести лет предоставляется в видах и объемах помощи гарантированного социального пакета, предоставляемого малообеспеченным семьям, имеющим детей в возрасте от одного года до шести лет, согласно </w:t>
+      2. Бір жастан алты жасқа дейінгі балалар үшін кепілдік берілген әлеуметтік топтама осы көмек түрлері мен көлемдеріне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1</w:t>
+        <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим видам, и объемам помощи, предоставляемым в рамках гарантированного социального пакета.</w:t>
+        <w:t xml:space="preserve"> сәйкес бір жастан алты жасқа дейінгі балалары бар аз қамтылған отбасыларға ұсынылатын кепілдік берілген әлеуметтік топтаманың түрлері мен көлемдерінде беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Гарантированный социальный пакет для детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования, включает в себя:</w:t>
+      3. Орта білім беру ұйымдарында оқитын алты жастан он сегіз жасқа дейінгі балалар үшін кепілдік берілген әлеуметтік топтама:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) комплект школьной формы либо спортивной формы и комплект школьно-письменных принадлежностей в видах и объемах помощи гарантированного социального пакета, предоставляемой малообеспеченным семьям, имеющим детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования, согласно </w:t>
+      1) осы көмек түрлері мен көлемдеріне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 2</w:t>
+        <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим видам и объемам помощи, предоставляемым в рамках гарантированного социального пакета;</w:t>
+        <w:t xml:space="preserve"> сәйкес орта білім беру ұйымдарында оқитын алты жастан он сегіз жасқа дейінгі балалары бар аз қамтылған отбасыларға кепілдік берілген әлеуметтік топтаманың түрлеріндегі және көлемдеріндегі мектеп формасын не спорттық форманы және мектеп-жазу керек-жарақтарының жиынтығын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) одноразовое горячее питание по месту обучения в учебные дни в период учебного года согласно нормам, установленным уполномоченным органом в области здравоохранения;</w:t>
+      2) денсаулық сақтау саласындағы уәкілетті орган бекітетін нормаларға сәйкес оқу жылы кезеңіндегі оқу күндері оқитын жері бойынша бір реттік ыстық тамақты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) льготный проезд на общественном транспорте (кроме такси) в размере не менее 50 процентов от полной стоимости билета при перевозке на общественном транспорте.</w:t>
+      3) қоғамдық көлікте (таксиден басқа) тасымалдау кезінде билеттің толық құнының кемінде 50 проценті мөлшерінде қоғамдық көлікте жеңілдікпен жол жүруді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Для детей в возрасте от одного года до восемнадцати лет медицинская помощь, в том числе стоматологическая, предоставляется в рамках гарантированного объема бесплатной медицинской помощи и в системе обязательного социального медицинского страхования по видам и объемам в соответствии с законодательством в сфере здравоохранения.</w:t>
+      4. Бір жастан он сегіз жасқа дейінгі балаларға денсаулық сақтау саласындағы заңнамаға сәйкес тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және міндетті әлеуметтік медициналық сақтандыру жүйесіндегі көмек түрлері мен көлемдері бойынша медициналық, оның ішінде стоматологиялық көмек ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...30 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -882,2557 +854,2942 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кепілдік берілген әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к видам и объемам помощи,</w:t>
+              <w:t>топтама шеңберінде сынылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предоставляемой в рамках</w:t>
+              <w:t>көмектің түрлері мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>гарантированного социального пакета</w:t>
+              <w:t>көлемдеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Виды и объемы помощи гарантированного социального пакета, предоставляемой малообеспеченным семьям, имеющим детей в возрасте от одного года до шести лет</w:t>
+        <w:t xml:space="preserve"> Бір жастан алты жасқа дейінгі балалары бар аз қамтылған отбасыларға берілетін кепілдік берілген әлеуметтік топтаманың түрлері мен көлемдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5402"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1496"/>
+        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="8377"/>
+        <w:gridCol w:w="2324"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...104 lines deleted...]
-</w:t>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Азық-түлік жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...102 lines deleted...]
-не менее 600 грамм</w:t>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір жастан үш жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гипоаллергенді жеміс езбесі (зауыттық қаптамада 50-ден 100 граммға дейінгі көлемде, алты айдан үш жасқа дейінгі балаларға пайдалануға рұқсат етілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 600 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 610 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гипоаллергенді көкөніс езбесі (зауыттық қаптамада 50-ден 100 граммға дейінгі көлемде, алты айдан үш жасқа дейінгі балаларға пайдалануға рұқсат етілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 610 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 320 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаларға арналган гипоаллергенді балалар ботқасы (зауыттық қаптамада, алты айдан үш жасқа дейінгі балаларға пайдалануға рұқсат етілген)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 320 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 400 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған жүгері жармасы, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 400 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 800 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған сұлы үлпегі, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 800 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 180 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаларға арналған балалар печеньесі (бір жастан үш жасқа дейінгі балаларға пайдалануға рұқсат етілген, зауыттық қаптамада)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 800 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 2 литров</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаларға арналған пастерленген сүт, зауыттық қаптамада, майлылығы 2,5 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2 литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...102 lines deleted...]
-не менее 2 литров</w:t>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үш жастан алты жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаларға арналган пастерленген сүт, зауыттық қаптамада, майлылығы 2,5 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 2 литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 800 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бидайдың қатты сорттарынан жасалған макарондар, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 800 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 800 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8377" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған сұлы үлпегі, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 800 грамм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2725"/>
+        <w:gridCol w:w="5616"/>
+        <w:gridCol w:w="3959"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2725" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күнбағыс майы, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 0,8 литр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 0,8 литров</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Классикалық гематоген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 240 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 240 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрамында тұтас дақылдары бар, таңғы асқа арналған сүтті жастықтар, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 250 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 250 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаларға арналған печенье, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 400 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 400 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған арпа жармасы, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 1 кг</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған қарақұмық жармасы, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1,6 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 1,6 кг</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған уатылған бұршақ, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 800 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 800 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшеп оралған ұнтақ жармасы, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 700 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 700 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи бал, зауыттық қаптамада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 200 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 200 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Тұрмыстық химия тауарларының жиынтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="2725" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір жастан алты жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар тіс пастасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 50 миллилитр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...102 lines deleted...]
-не менее 50 миллилитров</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар тіс щеткасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 1 бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 1 единицы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балаларға арналған гипоаллергенді сабын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 180 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 180 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар сусабыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 200 миллилитр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 200 миллилитров</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар кремі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 45 миллилитр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...65 lines deleted...]
-не менее 45 миллилитров</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кір сабын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 200 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5402" w:type="dxa"/>
-[...142 lines deleted...]
-не менее 800 грамм</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балалар кір жуғыш ұнтағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3959" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 800 грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
+      Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) азық-түлік жиынтығы "Тамақ өнімдерінің қауіпсіздігі туралы" 2007 жылғы 21 шілдедегі Қазақстан Республикасының Заңында бекітілген тамақ өнімдерін сақтау және тасымалдау кезінде олардың қауіпсіздігіне қойылатын талаптарға сай болуға тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) продуктовый набор должен отвечать требованиям безопасности пищевой продукции при ее хранении и транспортировке, установленным в </w:t>
+      2) тұрмыстық химия тауарларының жиынтығы оларды сақтау және тасымалдау кезінде "Синтетикалық жуғыш құралдар мен тұрмыстық химия тауарларының қауіпсіздігіне қойылатын талаптар" техникалық регламентін бекіту туралы" Қазақстан Республикасы Үкіметінің 2008 жылғы 4 наурыздағы №217 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законе</w:t>
+        <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 21 июля 2007 года "О безопасности пищевой продукции";</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> "Требования к безопасности синтетических моющих средств и товаров бытовой химии", утвержденного постановлением Правительства Республики Казахстан от 4 марта 2008 года № 217.</w:t>
+        <w:t xml:space="preserve"> бекітілген қауіпсіздік пен сапа талаптарына сай болуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3469,3913 +3826,4659 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Кепілдік берілген әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к видам и объемам помощи,</w:t>
+              <w:t>топтама шеңберінде сынылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предоставляемой в рамках</w:t>
+              <w:t>көмектің түрлері мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>гарантированного социального пакета</w:t>
+              <w:t>көлемдеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Виды и объемы помощи гарантированного социального пакета, предоставляемой малообеспеченным семьям, имеющим детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования</w:t>
+        <w:t xml:space="preserve"> Орта білім беру ұйымдарында оқитын алты жастан он сегіз жасқа дейінгі балалары бар аз қамтылған отбасыларға берілетін кепілдік берілген әлеуметтік топтаманың түрлері мен көлемдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5949"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2108"/>
+        <w:gridCol w:w="4509"/>
+        <w:gridCol w:w="5480"/>
+        <w:gridCol w:w="2311"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...113 lines deleted...]
-              <w:t>Объем</w:t>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлемі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...6 lines deleted...]
-</w:t>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(бірлік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...30 lines deleted...]
-</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Мектеп формасы жинағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...60 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлдарға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пиджак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеудеше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалбар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көйлек немесе водолазка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқ-киім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қыздарға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пиджак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеудеше</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белдемше немесе сарафан (шалбар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Блузка немесе водолазка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқ-киім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>Или</w:t>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Немесе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...15 lines deleted...]
-              <w:t>спортивная</w:t>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+спорттық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...49 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық костюм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық аяқ киім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-2. Комплект школьно-письменных принадлежностей
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектеп-жазу керек-жарақтарының жинағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-4 сыныпты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қоса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+алғандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оқушыларға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рюкзак (қызға немесе ұлға арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәптерлер (12 парақ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пенал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сурет салуға арналған альбом (24 бет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарикті қаламсап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қара қарындаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тыстар (дәптер және (немесе) кітаптар үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акварель бояулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сызғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өшіргіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>Для</w:t>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-9 сыныпты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...48 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қоса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+алгандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оқушыларға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рюкзак (қызға немесе ұлға арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәптерлер (12 парақ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалың дәптер (24 бет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пенал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сурет салуға арналған альбом (48 бет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарикті қаламсап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қара қарындаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тыстар (дәптер және (немесе) кітаптар үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сызғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өшіргіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...72 lines deleted...]
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="4509" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сыныпты</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қоса</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+алғандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оқушыларға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рюкзак (қыз немесе ұлға арналған)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәптерлер (12 парақ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалың дәптер (36 бет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пенал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарикті қаламсап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қара қарындаш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тыстар (дәптер және (немесе) кітаптар үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сызғыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Циркуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5949" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5480" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өшіргіш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7424,68 +8527,68 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7811,31 +8914,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>