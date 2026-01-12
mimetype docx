--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -1,8944 +1,10645 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="307bb2f" w14:textId="307bb2f">
+    <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-[...1 lines deleted...]
-        <w15:collapsed w:val="false"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...8 lines deleted...]
-      <w:r>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-					</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об определении видов и объемов помощи, предоставляемой в рамках гарантированного социального пакета</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 30 декабря 2019 года № 1032.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:i w:val="false"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вводится в действие с 01.01.2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>Кепілдік берілген әлеуметтік топтама шеңберінде ұсынылатын көмектің түрлері мен көлемдерін айқындау туралы</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с пунктом 1-1 статьи 7 Закона Республики Казахстан от 17 июля 2001 года "О государственной адресной социальной помощи" Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:i w:val="false"/>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2019 жылғы 30 желтоқсандағы № 1032 қаулысы.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Определить виды и объемы помощи, предоставляемой в рамках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гарантированного социального пакета, согласно приложению к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>     </w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-          <w:i w:val="false"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-        <w:t>      Осы қаулы 2020 жылғы 1 қаңтардан бастап қолданысқа енгізіледі</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Настоящее постановление вводится в действие с 1 января 2020 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="0"/>
-[...108 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="6019"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="3453"/>
+        <w:gridCol w:w="290"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="380" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-[...16 lines deleted...]
-                <w:b w:val="false"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
-            </w:r>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Премьер-Министр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:b w:val="false"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Премьер-Министрі</w:t>
-[...10 lines deleted...]
-</w:t>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-[...16 lines deleted...]
-                <w:b w:val="false"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>А. Мамин</w:t>
-[...10 lines deleted...]
-</w:t>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мамин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>риложение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлению</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правительства</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декабря</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2019 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 1032</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z9"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Виды и объемы помощи, предоставляемой в рамках гарантированного социального пакета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z10"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Гарантированный социальный пакет предоставляется малообеспеченным семьям из числа получателей безусловной или обусловленной денежной помощи в соответствии с Законом Республики Казахстан от 17 июля 2001 года "О государственной адресной социальной п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>омощи":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z11"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) имеющим детей в возрасте от одного года до шести лет, - на период назначения адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z12"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) имеющим детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования, - в период соответств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ующего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z13"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Гарантированный социальный пакет для детей в возрасте от одного года до шести лет предоставляется в видах и объемах помощи гарантированного социального пакета, предоставляемого малообеспеченным семьям, имеющим детей в возрас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">те от одного года до шести лет, согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>видам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объемам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>помощи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляемым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рамках</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гарантированного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пакета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z14"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Гарантированный социальный пакет для детей в возрасте от шести до восемнадцати лет, обучающихс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я в организациях среднего образования, включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) комплект школьной формы либо спортивной формы и комплект школьно-письменных принадлежностей в видах и объемах помощи гарантированного социального пакета, предоставляемой малообеспеченным сем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьям, имеющим детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования, согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>видам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объемам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>помощи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляемым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рамках</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гарантированного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пакета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z16"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) одноразовое горяче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е питание по месту обучения в учебные дни в период учебного года согласно нормам, установленным уполномоченным органом в области здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) льготный проезд на общественном транспорте (кроме такси) в размере не менее 50 процентов от полной ст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оимости билета при перевозке на общественном транспорте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Для детей в возрасте от одного года до восемнадцати лет медицинская помощь, в том числе стоматологическая, предоставляется в рамках гарантированного объема бесплатной медицинской помощи и в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>системе обязательного социального медицинского страхования по видам и объемам в соответствии с законодательством в сфере здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5912"/>
+        <w:gridCol w:w="3865"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F" w:rsidRPr="00260744">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:i w:val="false"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
-[...8 lines deleted...]
-          <w:p>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к видам и объемам </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>помощи,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предоставляемой</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>гарантированного социального пакета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
-    <w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Кепілдік берілген әлеуметтік топтама шеңберінде ұсынылатын көмектің түрлері мен көлемдері</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виды и объем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы помощи гарантированного социального пакета, предоставляемой малообеспеченным семьям, имеющим детей в возрасте от одного года до шести лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...441 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1599"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2324"/>
+        <w:gridCol w:w="4135"/>
+        <w:gridCol w:w="4134"/>
+        <w:gridCol w:w="1393"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="6898" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Продуктовый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>набор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...103 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дети в возрасте от одного года до трех лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Пюре фруктовое гипоаллергенное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (в заводской упаковке в объеме от 50 до 100 грамм, разрешенное к употреблению для детей от шести месяцев до трех лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 600 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пюре овощное гипоаллергенное (в заводской упаковке в объеме от 50 до 100 грамм, разрешенное к употреблению для детей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от шести месяцев до трех лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 610 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Детская каша гипоаллергенная для детей (в заводской упаковке, разрешенная к употреблению для детей от шести месяцев до трех лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 320 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Крупа кукурузная фасованная в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 400 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Хлопья овсяные фасованные в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 800 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Детское печенье для детей (в заводской упаковке, разрешенное к употреблению для детей от одного года до трех лет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 180 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Молоко детское пастеризованное в заводской </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">упаковке жирностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5 %</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>литров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...103 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дети в возрасте от трех до шести лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Молоко детское пастеризованное в заводской упаковке жирностью </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>литров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Макароны твердых сортов пшеницы в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 800 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хлопья овсяные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>фасованные в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 800 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Масло подсолнечное в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 0,8 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>литров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гематоген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классический</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 240 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Молочные подушечки для завтрака с содержанием цельных злаков в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 250 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Детское печенье в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 400 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Крупа перловая фасованная в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Крупа гречневая фасованная в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1,6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Горох</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> колотый фасованный в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 800 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Крупа манная фасованная в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 700 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Мед натуральный в заводской упаковке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="6898" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Набор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>товаров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бытовой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>химии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дети в возрасте от одного года до шести лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зубная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паста</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>миллилитров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зубная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>щетка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>единицы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детское</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мыло</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гипоаллергенное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 180 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шампунь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>миллилитров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>крем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 45 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>миллилитров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мыло</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хозяйственное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1496" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Детский</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>стиральный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порошок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>менее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 800 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z22"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) продуктовый набор должен отвечать требованиям безопасности пищевой продукции при ее хранении и транспортировке, установленным в Законе Республики Казахстан от 21 июля 2007 года "О безопасности пищевой продукции";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z23"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) набор товар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов бытовой химии должен отвечать требованиям безопасности и качества при ее хранении и транспортировке технического регламента "Требования к безопасности синтетических моющих средств и товаров бытовой химии", утвержденного постановлением Правительства Респ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ублики Казахстан от 4 марта 2008 года № 217.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5912"/>
+        <w:gridCol w:w="3865"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F2518F" w:rsidRPr="00260744">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к видам и объемам </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>помощи,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предоставляемой</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в рамках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>гарантированного социального пакета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z25"/>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Виды и объемы помощи гарантированного социального пакета, предоставляемой малообеспеченным семьям, имеющим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детей в возрасте от шести до восемнадцати лет, обучающихся в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2725"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3959"/>
+        <w:gridCol w:w="4633"/>
+        <w:gridCol w:w="3316"/>
+        <w:gridCol w:w="1713"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2725" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-[...1 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вид</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Объем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...78 lines deleted...]
-кемінде 0,8 литр</w:t>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>единиц</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="6351" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комплект</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школьной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>формы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 250 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мальчиков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пиджак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 400 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жилет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 1 кг</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Брюки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 1,6 кг</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рубашка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водолазка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 800 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обувь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 700 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>девочек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пиджак</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 200 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жилет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2. Тұрмыстық химия тауарларының жиынтығы</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Юбка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сарафан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>брюки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2725" w:type="dxa"/>
-[...102 lines deleted...]
-кемінде 50 миллилитр</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Блузка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водолазка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 1 бірлік</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Обувь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 180 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Или</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>спортивная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спортивный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>костюм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 200 миллилитр</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Спортивная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обувь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="6351" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...79 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комплект</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>школьно-письменных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>принадлежностей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 200 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для обучающихся с 1 по 4 классы включительно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рюкзак (для девочки или мальчика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00F2518F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...78 lines deleted...]
-кемінде 800 грамм</w:t>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Простые</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тетради</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пенал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Альбом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (24 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шариковая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ручка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Простой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карандаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Обложки (для тетрадей и (или) книг)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акварельные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>краски</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Линейка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ластик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рюкзак (для девочки или мальчика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Простые</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тетради</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>классы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>включительно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (24 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пенал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Альбом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (48 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шариковая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ручка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Простой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карандаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Обложки (для тетрадей и (или) книг)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Линейка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ластик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для обучающихся с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10 по 11 классы включительно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рюкзак (для девочки или мальчика)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Простые</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тетради</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (12 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тетрадь</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (36 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>листов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пенал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шариковая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ручка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Простой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карандаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260744">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Обложки (для тетрадей и (или) книг)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Линейка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Циркуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2518F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="2108" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5949" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ластик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
-    <w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-[...4800 lines deleted...]
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRDefault="00260744">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="00F2518F" w:rsidRPr="00260744" w:rsidRDefault="00260744">
+      <w:pPr>
+        <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-				</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>©</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00260744">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...15 lines deleted...]
-    <w:sectPr>
+    <w:sectPr w:rsidR="00F2518F" w:rsidRPr="00260744">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F2518F"/>
+    <w:rsid w:val="00260744"/>
+    <w:rsid w:val="00F2518F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{028B8DA8-D13F-470F-BDCE-9E36137B38A6}"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...9 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:pPr>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>1149</Words>
+  <Characters>6555</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7689</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Нурдаулет</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>