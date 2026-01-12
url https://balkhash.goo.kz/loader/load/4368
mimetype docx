--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79b749c" w14:textId="79b749c">
+    <w:p w14:paraId="448c477" w14:textId="448c477">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,509 +76,555 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидаларын бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Үкіметінің 2008 жылғы 25 қаңтардағы N 64 Қаулысы.</w:t>
+        <w:t>Об утверждении Правил формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 25 января 2008 года N 64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырып жаңа редакцияда - ҚР Үкіметінің 2012.02.22 </w:t>
+      Сноска. Заголовок в редакции постановления Правительства РК от 22.02.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 255</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">іске асыру мақсатында Қазақстан Республикасының Үкіметі </w:t>
+      В целях реализации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закона </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республики Казахстан от 27 июля 2007 года "Об образовании" Правительство Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚАУЛЫ ЕТЕДІ: </w:t>
+        <w:t xml:space="preserve">ПОСТАНОВЛЯЕТ: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Үкіметінің 2012.02.22 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления Правительства РК от 22.02.2012 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 255</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Мыналардың: </w:t>
+      2. Признать утратившими силу: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Қазақстан Республикасында орта білім жүйесін одан әрі реформалау жөніндегі шаралар туралы" Қазақстан Республикасы Үкіметінің 1998 жылғы 28 тамыздағы N 812 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">(Қазақстан Республикасының ПҮАЖ-ы, 1998 ж., N 29, 258-құжат), 1-тармағының, 3-тармағы 2) тармақшасының; </w:t>
+      1) пункт 1, подпункт 2) пункта 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительства Республики Казахстан от 28 августа 1998 года N 812 "О мерах по дальнейшему реформированию системы среднего образования в Республике Казахстан" (САПП Республики Казахстан, 1998 г., N 29, ст. 258); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) подпункт 3) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительства Республики Казахстан от 10 июля 2000 года N 1047 "О внесении изменений в постановление Правительства Республики Казахстан от 28 августа 1998 года N 812". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) "Қазақстан Республикасы Үкіметінің 1998 жылғы 28 тамыздағы N 812 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы Үкіметінің 2000 жылғы 10 шілдедегі N 1047 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">1-тармағы 3) тармақшасының күші жойылды деп танылсын. </w:t>
+      3. Настоящее постановление вводится в действие со дня подписания и подлежит официальному опубликованию. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12000"/>
+        <w:gridCol w:w="10093"/>
+        <w:gridCol w:w="2207"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="10093" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Премьер-Министр  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="10093" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республики Казахстан  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...17 lines deleted...]
-              <w:t>      Премьер-Министрі</w:t>
+              <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -612,936 +658,1129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением Правительства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 25 января 2008 года № 64 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік білім беру мекемелерінің мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан білім алушылары мен тәрбиеленушілеріне және жетім балаларға, ата-анасының қамқорлығынсыз қалып, отбасыларда тұратын балаларға, төтенше жағдайлардың салдарынан шұғыл жәрдемді талап ететін отбасылардан шыққан балаларға және өзге де санаттағы білім алушылар мен тәрбиеленушілерге қаржылай және материалдық көмек көрсетуге бөлінетін қаражатты қалыптастыру, жұмсау бағыты мен оларды есепке алу қағидалары</w:t>
+        <w:t xml:space="preserve"> Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям - сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила в редакции постановления Правительства РК от 30/12/2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1005</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда – ҚР Үкіметінің 30.12.2019 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+      1. Настоящие Правила разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 21)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют порядок формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи следующим категориям обучающихся и воспитанников государственных учреждений образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) детям из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) детям из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) детям – сиротам и детям, оставшимся без попечения родителей, проживающим в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) иным категориям обучающихся и воспитанников, определяемым коллегиальным органом организации образования (далее – обучающиеся и воспитанники).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Коллегиальным органом управления организации образования является попечительский совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қағидалар "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңы 4-бабының </w:t>
-[...141 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="13"/>
+      2. Объем средств, направляемых на оказание финансовой и материальной помощи обучающимся и воспитанникам, распределяется между государственными учреждениями образования пропорционально их контингенту обучающихся и воспитанников, отнесенных к категориям, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, с учетом необходимости обеспечения гарантированным социальным пакетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Материальная помощь в виде гарантированного социального пакета предоставляется обучающимся и воспитанникам, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил. Виды и объемы материальной помощи, предоставляемой в рамках гарантированного социального пакета, определяются законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая и материальная помощь вне гарантированного социального пакета предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приобретение одежды, обуви, школьно-письменных принадлежностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организацию питания по месту обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оказание финансовой помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участие обучающихся в культурно-массовых и спортивных мероприятиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расходование средств на оказание финансовой помощи осуществляется для обучающихся и воспитанников, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приоритетным направлением расходования средств является организация одноразового питания по месту обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приобретение одежды, обуви, школьно-письменных принадлежностей осуществляется в пределах средств, выделенных из местного бюджета, в расчете на 1 (одного) обучающегося или воспитанника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местные представительные органы вправе предусмотреть дополнительные средства в местных бюджетах для организации льготного проезда, а также предоставления путевок в загородные и пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Приобретение путевок в загородные и пришкольные лагеря отдыха, а также участие обучающихся в культурно-массовых и спортивных мероприятиях также применяются к обучающимся и воспитанникам, указанным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Средства на оказание финансовой и материальной помощи обучающимся и воспитанникам выделяются на основании заявления родителей или лиц, их заменяющих, либо обучающегося, достигшего совершеннолетия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заявление родителей или лиц, их заменяющих, либо обучающегося, достигшего совершеннолетия, подается в организацию образования на имя его первого руководителя по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление коллегиальным органом рассматривается в течение 15-ти календарных дней со дня получения заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению родителей или лиц, их заменяющих, либо обучающегося, достигшего совершеннолетия, прилагаются подтверждающие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) справка, подтверждающая принадлежность заявителя (семьи) к получателям государственной адресной социальной помощи, предоставляемая местными исполнительными органами, для категории лиц, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) сведения о полученных доходах (заработная плата работающих родителей или лиц, их заменяющих, доходы от предпринимательской и других видов деятельности, доходы в виде алиментов на детей и других иждивенцев) для категории лиц, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях для категории лиц, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) указанные категории в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктах 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 настоящих Правил определяются коллегиальным органом на основании обследования материально-бытового положения семьи. При необходимости коллегиальный орган запрашивает необходимые документы для принятия решения об оказании финансовой и материальной помощи указанным категориям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Среднедушевой доход семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, определяется путем деления суммы доходов на количество месяцев с начала года до момента обращения (включая месяц обращения) за назначением средств на оказание финансовой и материальной помощи и на число членов семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При исчислении среднедушевого дохода в составе семьи учитываются родители (усыновители) и находящиеся на их иждивении дети, не достигшие 18 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Расходование средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам, утверждается решением первого руководителя организации образования, принимаемого по согласованию с коллегиальными органами управления, созданными в организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание материальной помощи обучающимся и воспитанникам осуществляется организациями образования, в том числе с использованием электронных носителей и программных, технических средств, предусматривающих самостоятельный выбор получателями материальной помощи поставщиков услуг, из числа поставщиков, рекомендованных Национальной палатой предпринимателей Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Целевое расходование средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам, обеспечивается первыми руководителями организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Учет поступлений и использования средств, выделяемых на оказание финансовой и материальной помощи обучающимся и воспитанникам, осуществляется финансовой службой органа или организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организации образования ежегодно в срок до 20-го сентября и 20-го января представляют в местный исполнительный орган отчетность по итогам проведенной работы в произвольной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...584 lines deleted...]
-      Білім беру ұйымдары жыл сайын 20 қыркүйекке және 20 қаңтарға дейінгі мерзімде жергілікті атқарушы органға жүргізілген жұмыстың қорытындысы бойынша есептілікті еркін нысанда ұсынады.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1577,1080 +1816,645 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру</w:t>
-[...844 lines deleted...]
-              <w:t>(мекенжайы)</w:t>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам формирования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направления расходования и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учета средств, выделяемых на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оказание финансовой и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>материальной помощи</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающимся и воспитанникам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных учреждений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования из семей, имеющих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>право на получение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной адресной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальной помощи, а также из</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>семей, не получающих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственную адресную</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>социальную помощь, в которых</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднедушевой доход ниже</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>величины прожиточного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минимума, и детям - сиротам,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детям, оставшимся без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проживающим в семьях, детям</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из семей, требующих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>экстренной помощи в результате</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>чрезвычайных ситуаций, и иным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>категориям обучающихся и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитанников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                       Руководителю организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   (Ф.И.О)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       от_______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             (Ф.И.О. заявителя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             (дом. адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...127 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас выделить из фонда всеобуча материальную помощь в виде:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ученику (ученице) ________________________________________ класса</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (Ф.И.О.)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В связи с тем, что _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (указываются причины)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "____" ________________ ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (дата, Ф.И.О. подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>