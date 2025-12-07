--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,71 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F347B9" w:rsidRDefault="00C8399A">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00121143" w:rsidRDefault="00121143" w:rsidP="00C8399A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қаңтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>шынықтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Овечкин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>онлайн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>семинар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өткізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00121143">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00C8399A" w:rsidRDefault="00C8399A" w:rsidP="00C8399A">
+    <w:p w:rsidR="00953921" w:rsidRDefault="008C4F24" w:rsidP="00C8399A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C4F24">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8399A" w:rsidRPr="008C4F24" w:rsidRDefault="00C8399A" w:rsidP="00C8399A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3341489"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="На изображении может находиться: экран"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="На изображении может находиться: экран"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
@@ -74,51 +226,51 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3341489"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C8399A" w:rsidSect="00F347B9">
+    <w:sectPr w:rsidR="00C8399A" w:rsidRPr="008C4F24" w:rsidSect="00F347B9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -126,50 +278,53 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="50"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00C8399A"/>
+    <w:rsid w:val="00121143"/>
+    <w:rsid w:val="008C4F24"/>
+    <w:rsid w:val="00953921"/>
     <w:rsid w:val="00C8399A"/>
     <w:rsid w:val="00F347B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -675,50 +830,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>31</Words>
-  <Characters>177</Characters>
+  <Words>13</Words>
+  <Characters>77</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>207</CharactersWithSpaces>
+  <CharactersWithSpaces>89</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>