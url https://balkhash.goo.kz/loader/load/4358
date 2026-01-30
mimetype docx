--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -1,1663 +1,876 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004C5BCA" w:rsidRPr="004C5BCA" w:rsidRDefault="004C5BCA" w:rsidP="004C5BCA">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="002D7D3A" w:rsidP="00F92911">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...880 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...4 lines deleted...]
-            </wp:docPr>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>575945</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1597660</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4375785" cy="2455545"/>
+            <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\admin1\Desktop\8.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="На изображении может находиться: один или несколько человек и люди сидят">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\admin1\Desktop\8.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3314700" cy="2476500"/>
+                      <a:ext cx="4375785" cy="2455545"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22 қазан күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "кәсіпкерлік және бизнес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>негіздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>курсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қонақ дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ісі өтті.Тыңдаушылар 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>спикерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қала кәсіпкерлері Б. К. Мұқашев пен А. Н. Әбенов сөз сөйледі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз жетістіктерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тарихымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, күнделікті жеңуге тура </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>проблемалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кедергілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>айтты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кездесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылар өздерін қызықтырған сұрақтарын қойып, болашақ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> асыруға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ниеттенген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>идеяларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлісті.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004C5BCA" w:rsidRPr="004C5BCA" w:rsidRDefault="004C5BCA" w:rsidP="004C5BCA">
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...56 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3314700" cy="2476500"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>501650</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>116205</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4425315" cy="2498090"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="На изображении может находиться: 2 человека, люди сидят">
-[...1 lines deleted...]
-            </wp:docPr>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\admin1\Desktop\9.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="На изображении может находиться: 2 человека, люди сидят">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\admin1\Desktop\9.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3314700" cy="2476500"/>
+                      <a:ext cx="4425315" cy="2498090"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="004C5BCA">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2476500" cy="3333750"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>406208</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>182673</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4638011" cy="2604977"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="8" name="Рисунок 5" descr="На изображении может находиться: 7 человек, люди сидят, стол и в помещении">
-[...1 lines deleted...]
-            </wp:docPr>
+            <wp:wrapNone/>
+            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\admin1\Desktop\10.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="На изображении может находиться: 7 человек, люди сидят, стол и в помещении">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\admin1\Desktop\10.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2476500" cy="3333750"/>
+                      <a:ext cx="4638011" cy="2604977"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C5BCA" w:rsidRPr="004C5BCA" w:rsidRDefault="004C5BCA" w:rsidP="004C5BCA">
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
+    <w:p w:rsidR="009D1242" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...54 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1423"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...112 lines deleted...]
-        </w:drawing>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C5BCA" w:rsidRPr="004C5BCA" w:rsidRDefault="004C5BCA" w:rsidP="004C5BCA">
-[...216 lines deleted...]
-    <w:sectPr w:rsidR="00F347B9" w:rsidSect="00F347B9">
+    <w:sectPr w:rsidR="009D1242" w:rsidRPr="00F92911" w:rsidSect="009D1242">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="50"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004C5BCA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F347B9"/>
+    <w:rsidRoot w:val="00F92911"/>
+    <w:rsid w:val="00275F4E"/>
+    <w:rsid w:val="002D7D3A"/>
+    <w:rsid w:val="00625F11"/>
+    <w:rsid w:val="006E1D60"/>
+    <w:rsid w:val="009D1242"/>
+    <w:rsid w:val="00F62367"/>
+    <w:rsid w:val="00F92911"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1759,798 +972,407 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F347B9"/>
+    <w:rsid w:val="00625F11"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004C5BCA"/>
-[...119 lines deleted...]
-    <w:rsid w:val="004C5BCA"/>
+    <w:rsid w:val="00F92911"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004C5BCA"/>
+    <w:rsid w:val="00F92911"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...267 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=458960378314525&amp;set=pcb.458960478314515&amp;type=3&amp;__tn__=HH-R&amp;eid=ARDvUSCvh3XHeL_8yWuFzOHy5MNTVbKk7Ra1sdgKVxhWS9R2pVFKW_FDYCiy5ZqgW9iQhlLwTwIYLyRV" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=458960314981198&amp;set=pcb.458960478314515&amp;type=3&amp;__tn__=HH-R&amp;eid=ARAmQZnPQEMGruxD8KUwK9IYWSTDHV_8YFbzT0lKDjWPCI395JPdhLkJDldKDXjwWluix2T5q6eOEr6I" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=458960131647883&amp;set=pcb.458960478314515&amp;type=3&amp;__tn__=HH-R&amp;eid=ARDJCajFVz8bLcZ1kt6vQ7-lEwd2-k4Ymyi9A_H2Kcmqxx9mwAV69t6jVCSJxlmz6WLGSWwdW0u7ny1r" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=458960241647872&amp;set=pcb.458960478314515&amp;type=3&amp;__tn__=HH-R&amp;eid=ARDwKatQLvsr8oWyto_XIEYMNU6s2IEJ8vuKrJVynccp_OvksSKJonJ59pauSdOJG_UpRnUiC0ZGjaLO" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=458960091647887&amp;set=pcb.458960478314515&amp;type=3&amp;__tn__=HH-R&amp;eid=ARCK78c2NqTeQ3r_cemlUXwAvbiUm4R7eHkmwdhUAqkqm62RImbf3npcu7mJTlXsHrMpacGutTB8bSqL" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/ufi/reaction/profile/browser/?ft_ent_identifier=ZmVlZGJhY2s6NDU4OTYwNDc4MzE0NTE1&amp;av=100026016999954" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3131</Characters>
+  <Pages>1</Pages>
+  <Words>71</Words>
+  <Characters>406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3673</CharactersWithSpaces>
+  <CharactersWithSpaces>476</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Admin</dc:creator>
+  <dc:creator>admin1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>