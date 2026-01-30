--- v0 (2025-12-07)
+++ v1 (2026-01-30)
@@ -1,247 +1,902 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F452C6" w:rsidRPr="00F452C6" w:rsidRDefault="00F452C6" w:rsidP="00F452C6">
+    <w:p w:rsidR="00BD24B2" w:rsidRPr="00BD24B2" w:rsidRDefault="00BD24B2" w:rsidP="00BD24B2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13-21 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаңтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "№ 1 НОМ" КММ ӘБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. П. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ким</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшілігімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>апталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BD24B2" w:rsidRPr="00BD24B2" w:rsidRDefault="00BD24B2" w:rsidP="00BD24B2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>грамматикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұрыс"іс-шарасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсеткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BD24B2" w:rsidRPr="00BD24B2" w:rsidRDefault="00BD24B2" w:rsidP="00BD24B2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Спорт күні "4 сынып оқушылары" Дені саудың – жаны сау! " атты іс-шараға қатысты."жүлделі орындарға ие болды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD24B2" w:rsidRPr="00BD24B2" w:rsidRDefault="00BD24B2" w:rsidP="00BD24B2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Шашкалық виртуоздар" номинациясында ерекше көзге түсті: Прозоров А, Болгов Н, Малышко Т – 4 "Г", Чиганова П – 4 "А", Абылханов Д – 4 "В»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F452C6" w:rsidRPr="00F452C6" w:rsidRDefault="00BD24B2" w:rsidP="00BD24B2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдеби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табиғат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олимпиадаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F452C6" w:rsidRPr="00F452C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F452C6" w:rsidRPr="001A1CAC" w:rsidRDefault="00F452C6" w:rsidP="00F452C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F452C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>С 13 по 21 января в КГУ «ОСШ № 1» проходит неделя начальных классов, под руководством руководителя МО Ким О.П.</w:t>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00F452C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...172 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.facebook.com/photo.php?fbid=453133452230551&amp;set=pcb.453134585563771&amp;type=3&amp;__tn__=HH-R&amp;eid=ARC3rX6LvykSDZIpz-TDfExgcTLhctiGnk92NVAgvdXxx6VwnUlQngNIB2e-lRZTX8daN6dB8oFDqbHH" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00F452C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F452C6" w:rsidRPr="00F452C6" w:rsidRDefault="00F452C6" w:rsidP="00F452C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -875,50 +1530,52 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="50"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00F452C6"/>
+    <w:rsid w:val="001A1CAC"/>
+    <w:rsid w:val="00BD24B2"/>
     <w:rsid w:val="00F347B9"/>
     <w:rsid w:val="00F452C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1792,50 +2449,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>245</Words>
-  <Characters>1403</Characters>
+  <Words>240</Words>
+  <Characters>1371</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1645</CharactersWithSpaces>
+  <CharactersWithSpaces>1608</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>