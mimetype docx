--- v0 (2025-12-08)
+++ v1 (2026-01-30)
@@ -1,2191 +1,7892 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BF1C0B" w:rsidRPr="00E50BB9" w:rsidRDefault="00BF1C0B" w:rsidP="00BD03DD">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкүндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану-махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№1 ЖОМ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.02.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12.02.2020 ж. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкүндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикасы"онкүндігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салтанатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкүндікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүрек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббатқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүрек"суреттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүрек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анамыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәнерлеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімділік-қазақстандықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәстүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгісі"дөңгелек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үстелдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірленді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкүндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тренингтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәнін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәндермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ықпалдастыру"әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кітапханасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдебиеттің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыптық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтамасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырылып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мейірім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тогетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стенд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безендірілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>игі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акцияларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ықыласпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіністік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қозғалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жобалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,эссе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығарма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір-біріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіністік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.02.2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйірмесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дөңгелек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үстел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайырымдылықпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәсілдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>радиохабарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үзілістерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роликтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейне-притчиелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоймай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыбы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>караокеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптастарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өлеңдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейбіт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Болашақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нағыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыңдады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.02.2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білдірушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәнерлеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөздерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естіді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сояны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қуанышпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номинациялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грамоталар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6-10.02. 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>буынында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтті-территория</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нышандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эмоцияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоршаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлемге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзқарасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білдірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рәміздерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәліздерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коллаж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E50BB9">
+      <w:r w:rsidRPr="009978D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Отчет о проведении декады </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Мектеп психологы тренингтер мен релаксациялық өзгерістер өткізді. Балалар дөңгелек үстел басында тек қана сөйлесіп қана қоймай, олардың сұрақтарына жауап алу, кенеттен пайда болған сезімдер болды. Бір-бірін түсінуге және қабылдауға үйренеді ешқашан кеш емес! Бұл жай ғана біздің уақытта қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E50BB9">
+      <w:r w:rsidRPr="009978D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>«Самопознание – педагогика Любви и Творчества»</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Қабаттарда сурет салу және бояу үшін көркем аймақтар орналасқан, бұл балаларға өз сезімдерін түс арқылы білдіруге ғана емес, сонымен қатар әсерлерімен бөлісуге, бір-бірімен сөйлесуге, бір-бірімен жаңа нәрселерді бөлісуге мүмкіндік береді....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E50BB9">
+      <w:r w:rsidRPr="009978D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00330AD4" w:rsidRPr="00E50BB9">
+        <w:t>11.02. 2020 жылы шағын-концерт ұйымдастырылды, онда біздің оқушылар қатысып, ән айту, билеу және өлең оқу, көріністегі ойындарды біздің жас көрермендер бағалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОСШ №1 </w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">12.02.2020 жылы "Махаббат-өмір негізі" атты жалпыреспубликалық бірыңғай сабақ өтті, онда өзін-өзі тану мұғалімдері, психолог 10-11 сынып оқушыларымен бірге осы тақырыптың мәнін талқылады және барлық жақтарын ашты. Балалар үлкен ықыласпен жағдайды шешіп, құпия тапсырмаларды шешіп, сызбаларды салды – махаббат негізі бар… </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009978D5" w:rsidRPr="009978D5" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Во всех уч</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ебных заведениях страны</w:t>
-[...831 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:t>Сонымен қатар ауысым арасында өзін-өзі тану декадасының жабылуына арналған жиын өтті. Іс-шараны өткізуге қатысқан белсенді, шығармашылық және бей-жай емес балалар, сыныптар атап өтілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000633EA" w:rsidRPr="00DF3C05" w:rsidRDefault="009978D5" w:rsidP="009978D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>махаббат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз-өзіңе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біреуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еліктемеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таланттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009978D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A65F96" w:rsidRPr="00DF3C05" w:rsidRDefault="00A65F96" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="009978D5" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF3C05" w:rsidRPr="009978D5" w:rsidRDefault="00DF3C05" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039751D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-778782</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>324394</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7130833" cy="4010025"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="11" name="Рисунок 11" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.14.58.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.14.58.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7130833" cy="4010025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00733BDF" w:rsidRPr="00E50BB9" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
-[...149 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039751D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-840105</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>178616</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7291070" cy="4100830"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="13" name="Рисунок 13" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.14.58 (2).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.14.58 (2).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7291070" cy="4100830"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00740927" w:rsidRDefault="00740927" w:rsidP="000633EA">
-[...160 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-74295</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142512</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5769901" cy="4329004"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="16" name="Рисунок 16" descr="C:\Users\1\Desktop\6.jfif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\1\Desktop\6.jfif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5769901" cy="4329004"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00740927" w:rsidRDefault="00740927" w:rsidP="000633EA">
-[...171 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039751D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-280307</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>229326</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6519023" cy="4121241"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="15" name="Рисунок 15" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.12.59 (1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 15" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.12.59 (1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6519023" cy="4121241"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00740927" w:rsidRDefault="00740927" w:rsidP="000633EA">
-[...160 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00D609D1" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039751D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-775335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>204470</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7267575" cy="3914140"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="12" name="Рисунок 12" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.15.44.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.15.44.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7267575" cy="3914140"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00740927" w:rsidRDefault="00740927" w:rsidP="000633EA">
-[...171 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740927" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00740927" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003658F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-489585</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-332105</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3419475" cy="3893185"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.18.39 (2).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.18.39 (2).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3419475" cy="3893185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -2206,282 +7907,267 @@
               <wp:posOffset>3150235</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-336550</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3085465" cy="3914775"/>
             <wp:effectExtent l="0" t="0" r="635" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.18.39 (1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.18.39 (1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3085465" cy="3914775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00733BDF" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
-[...160 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00733BDF" w:rsidRPr="00DF3C05" w:rsidRDefault="00733BDF" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="000633EA">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55B09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251643904" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-361315</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-4445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2860766" cy="3880833"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.15.24.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.15.24.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2860766" cy="3880833"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -2502,1026 +8188,964 @@
               <wp:posOffset>2858135</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>14515</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3695700" cy="2771775"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.29.49.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.29.49.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3695700" cy="2771775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003658F5" w:rsidRPr="00733BDF" w:rsidRDefault="003658F5" w:rsidP="003658F5">
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="003658F5">
       <w:pPr>
         <w:ind w:left="-1418" w:firstLine="1560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003658F5" w:rsidRPr="00733BDF" w:rsidRDefault="003658F5" w:rsidP="003658F5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="003658F5">
       <w:pPr>
         <w:ind w:left="-1418" w:firstLine="1560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003658F5" w:rsidRPr="00733BDF" w:rsidRDefault="003658F5" w:rsidP="003658F5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="003658F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003658F5" w:rsidRPr="00733BDF" w:rsidRDefault="003658F5" w:rsidP="003658F5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="003658F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...59 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55B09" w:rsidRPr="00DF3C05" w:rsidRDefault="00D55B09" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55B09" w:rsidRPr="00DF3C05" w:rsidRDefault="00D55B09" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55B09" w:rsidRPr="00DF3C05" w:rsidRDefault="00D55B09" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003658F5" w:rsidRPr="00DF3C05" w:rsidRDefault="003658F5" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55B09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648000" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2724150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>63590</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3780155" cy="3256915"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.12.23 (1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.12.23 (1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3780155" cy="3256915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039751D" w:rsidRDefault="0039751D" w:rsidP="003658F5">
-[...55 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55B09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-800735</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>244112</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3454400" cy="3257550"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.12.59.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.12.59.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3454400" cy="3257550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0039751D" w:rsidRDefault="0039751D" w:rsidP="003658F5">
-[...55 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D609D1" w:rsidRPr="00DF3C05" w:rsidRDefault="00D609D1" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003658F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251636736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3017520</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>79557</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3190875" cy="2942590"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.29.49 (3).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Владелец\Desktop\фото мастер\WhatsApp Image 2020-02-11 at 14.29.49 (3).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3190875" cy="2942590"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00034C91" w:rsidRDefault="00034C91" w:rsidP="003658F5">
-[...85 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E50BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-361406</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>8346</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6332220" cy="4750435"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="17" name="Рисунок 17" descr="C:\Users\1\Desktop\7.jfif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\1\Desktop\7.jfif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6332220" cy="4750435"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00034C91" w:rsidRDefault="00034C91" w:rsidP="003658F5">
-[...155 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039751D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1231446</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3447</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3163117" cy="4218000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="9" name="Рисунок 9" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.13.59.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Владелец\Desktop\фото мастер\самопознание\WhatsApp Image 2020-02-12 at 15.13.59.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3163117" cy="4218000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00034C91" w:rsidRDefault="00034C91" w:rsidP="003658F5">
-[...145 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00034C91" w:rsidRPr="00DF3C05" w:rsidRDefault="00034C91" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D609D1" w:rsidRPr="00DF3C05" w:rsidRDefault="00D609D1" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D609D1" w:rsidRPr="00DF3C05" w:rsidRDefault="00D609D1" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D609D1" w:rsidRPr="00DF3C05" w:rsidRDefault="00D609D1" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0039751D" w:rsidRPr="00DF3C05" w:rsidRDefault="0039751D" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E50BB9" w:rsidRPr="00DF3C05" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00034C91" w:rsidRDefault="00E50BB9" w:rsidP="00E50BB9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ПРОСМОТР ОНЛАЙН УРОКОВ ПО САМОПОЗНАНИЮ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00034C91" w:rsidRDefault="00E50BB9" w:rsidP="003658F5">
       <w:pPr>
@@ -3547,51 +9171,51 @@
               <wp:posOffset>748030</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>152945</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4834255" cy="3626485"/>
             <wp:effectExtent l="0" t="0" r="4445" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="18" name="Рисунок 18" descr="C:\Users\1\Desktop\2.jfif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\1\Desktop\2.jfif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4834255" cy="3626485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -3775,51 +9399,51 @@
               <wp:posOffset>787582</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>67401</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4746625" cy="3561715"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
             <wp:docPr id="19" name="Рисунок 19" descr="C:\Users\1\Desktop\7.jfif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\1\Desktop\7.jfif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4746625" cy="3561715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -3854,79 +9478,80 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0039751D" w:rsidRPr="00177BD1" w:rsidSect="008A1A53">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="73"/>
+  <w:zoom w:percent="40"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00202FAD"/>
     <w:rsid w:val="00034C91"/>
     <w:rsid w:val="000355EE"/>
     <w:rsid w:val="000633EA"/>
     <w:rsid w:val="000A28E6"/>
     <w:rsid w:val="000E0D37"/>
     <w:rsid w:val="000E1AAE"/>
     <w:rsid w:val="000E5F59"/>
     <w:rsid w:val="000F3B2C"/>
     <w:rsid w:val="000F6110"/>
     <w:rsid w:val="00101556"/>
     <w:rsid w:val="00156889"/>
     <w:rsid w:val="00157416"/>
     <w:rsid w:val="00167C93"/>
     <w:rsid w:val="00177BD1"/>
     <w:rsid w:val="00194AA6"/>
     <w:rsid w:val="001C0100"/>
     <w:rsid w:val="001C7A42"/>
     <w:rsid w:val="001E0301"/>
     <w:rsid w:val="001E696B"/>
@@ -3970,121 +9595,124 @@
     <w:rsid w:val="00733BDF"/>
     <w:rsid w:val="00737F81"/>
     <w:rsid w:val="00740927"/>
     <w:rsid w:val="00771B53"/>
     <w:rsid w:val="007B3C51"/>
     <w:rsid w:val="007D555A"/>
     <w:rsid w:val="007F0A05"/>
     <w:rsid w:val="007F735F"/>
     <w:rsid w:val="00802EA1"/>
     <w:rsid w:val="00835527"/>
     <w:rsid w:val="00846ABE"/>
     <w:rsid w:val="00846BB5"/>
     <w:rsid w:val="00875A0A"/>
     <w:rsid w:val="00885126"/>
     <w:rsid w:val="008A1A53"/>
     <w:rsid w:val="008C2262"/>
     <w:rsid w:val="00904927"/>
     <w:rsid w:val="009110C0"/>
     <w:rsid w:val="00916580"/>
     <w:rsid w:val="00926E60"/>
     <w:rsid w:val="009311B8"/>
     <w:rsid w:val="009428DD"/>
     <w:rsid w:val="00965E1D"/>
     <w:rsid w:val="00975131"/>
     <w:rsid w:val="00997752"/>
+    <w:rsid w:val="009978D5"/>
     <w:rsid w:val="009A6E78"/>
     <w:rsid w:val="009E0CB3"/>
     <w:rsid w:val="009F28C6"/>
     <w:rsid w:val="00A23FB7"/>
     <w:rsid w:val="00A3395A"/>
     <w:rsid w:val="00A65F96"/>
     <w:rsid w:val="00A91A8B"/>
     <w:rsid w:val="00AA1E62"/>
     <w:rsid w:val="00AE1695"/>
     <w:rsid w:val="00AE3C9A"/>
     <w:rsid w:val="00B52190"/>
     <w:rsid w:val="00B56633"/>
     <w:rsid w:val="00B847D3"/>
     <w:rsid w:val="00BB0B95"/>
     <w:rsid w:val="00BD03DD"/>
     <w:rsid w:val="00BE5636"/>
     <w:rsid w:val="00BF1C0B"/>
     <w:rsid w:val="00BF51AD"/>
     <w:rsid w:val="00C02224"/>
     <w:rsid w:val="00C22E63"/>
     <w:rsid w:val="00C6113E"/>
     <w:rsid w:val="00C64777"/>
     <w:rsid w:val="00CC70AE"/>
     <w:rsid w:val="00D20A56"/>
     <w:rsid w:val="00D375A9"/>
     <w:rsid w:val="00D55B09"/>
     <w:rsid w:val="00D609D1"/>
     <w:rsid w:val="00D65D93"/>
     <w:rsid w:val="00D75EB5"/>
     <w:rsid w:val="00D80129"/>
     <w:rsid w:val="00D809A9"/>
     <w:rsid w:val="00D84669"/>
     <w:rsid w:val="00DE3E9E"/>
+    <w:rsid w:val="00DF3C05"/>
     <w:rsid w:val="00E112EC"/>
+    <w:rsid w:val="00E148C4"/>
     <w:rsid w:val="00E273BE"/>
     <w:rsid w:val="00E41067"/>
     <w:rsid w:val="00E50BB9"/>
     <w:rsid w:val="00E857FF"/>
     <w:rsid w:val="00E85CF0"/>
     <w:rsid w:val="00E954E7"/>
     <w:rsid w:val="00EC2FBE"/>
     <w:rsid w:val="00ED1EE6"/>
     <w:rsid w:val="00F208F5"/>
     <w:rsid w:val="00F32C61"/>
     <w:rsid w:val="00F63383"/>
     <w:rsid w:val="00F771F7"/>
     <w:rsid w:val="00F91D41"/>
     <w:rsid w:val="00FA0E04"/>
     <w:rsid w:val="00FA6E2E"/>
     <w:rsid w:val="00FC6BE0"/>
     <w:rsid w:val="00FD0D4C"/>
     <w:rsid w:val="00FD2624"/>
     <w:rsid w:val="00FE4EA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4539,81 +10167,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3643</Characters>
+  <Pages>8</Pages>
+  <Words>617</Words>
+  <Characters>3517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4274</CharactersWithSpaces>
+  <CharactersWithSpaces>4126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>