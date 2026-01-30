--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -1,3489 +1,1631 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E65CBF" w:rsidRPr="00E65CBF" w:rsidRDefault="00E65CBF" w:rsidP="00E65CBF">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.01.2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г. Семинар «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Системно-деятельностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">18.01.2020 </w:t>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>снова современного урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">расширить понятия о </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>ж.Семинар</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельностном</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> "</w:t>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подходе  в обучении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="001743EC" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">продемонстрировать участникам  семинара использование активных методов обучения при реализации </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>жүйелі-әрекеттік</w:t>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>системно-деятельностного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подхода на уроках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оборудование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интерактивная доска, презентация, раздаточный материал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии успеха</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- знают понятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>тәсіл</w:t>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельностный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> –</w:t>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- умеют применять </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АМО при реализации системн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>заманауи</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельностного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а  на уроках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Целевая аудитория</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: педагоги ОСШ №1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRDefault="001743EC" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ход семинара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRPr="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRDefault="001743EC" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психологический настрой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Круг радости "Пере</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дай мне свое настроение".  Новиченко Г.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Участники становятся в круг, правая ладонь лежит на левой ладони соседа справа. Хлопком правой руки по правой руке соседа слева «передается настроение» с комментариями и пожеланиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRPr="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Презентация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сообщение «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Системно-деятельностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>снова современного урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>сабақтың</w:t>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саурикова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа в группах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Формируются группы по методическим объединениям.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Полозова М.Г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тема «Решение проблем». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заслушать выступления групп.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRPr="001743EC" w:rsidRDefault="00F32E1E" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Презентация «</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32E1E" w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Применени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е АМО для реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системно-деятельностного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подхода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>негізі</w:t>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Клементьева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>".</w:t>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRPr="001743EC" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="862"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00480F0E" w:rsidRDefault="001743EC" w:rsidP="001743EC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рефлексия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. «Лестница успеха».</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Новиченко Г.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001743EC" w:rsidRPr="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Провели семинар: учителя ЕМН, руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саурикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F32E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F6FBB" w:rsidRDefault="006F6FBB"/>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сообщение «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Системно-деятельностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001743EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход –основа современного урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480F0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–э</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>то реализация учебного процесса, в котором главное место отводится активной, разносторонней , познавательной , самостоятельной деятельности школьника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>Мақсаттар</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Системно-деятельностный</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...29 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход развивает следующие ключевые компетенции учащихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готовность к разрешению проблем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готовность к социальному взаимодействию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммуникативная компетентность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Технологическая компетентность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готовность к самообразованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Готовность к использованию  информационных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00F32E1E" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход осуществляется </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E65CBF">
-[...7 lines deleted...]
-        <w:t>оқытудағы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32E1E" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Моделирование и анализ жизненных ситуаций на занятиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Использование активных и интерактивных методик;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участие в исследовательской и проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вовлечение учащихся в рефлексивную деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRPr="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRPr="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Активные методы обучения строятся на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деятельностном</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подходе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRPr="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Активные методы обучения -  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это методы, побуждающие учащихся к активной мыслительной и практической деятельности в процессе овладения учебным материалом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Активное обучение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предполагает использование такой системы методов, которая направлена на самостоятельное овладение учащимися знаниями и умениями в процессе активной мыслительной и практической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRPr="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00EC6198">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Активные методы обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это способ взаимосвязанной деятельности учителя и учащихся, направленного на достижение целей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1381 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRDefault="00EC6198" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC6198" w:rsidRDefault="001F6DA4" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Топтың </w:t>
-[...1744 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3785199" cy="2113472"/>
             <wp:effectExtent l="19050" t="0" r="5751" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\USER\Desktop\МО 2019-2020\IMG-20200118-WA0006.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\USER\Desktop\МО 2019-2020\IMG-20200118-WA0006.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3785199" cy="2113472"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6DA4" w:rsidRPr="00F07C7B" w:rsidRDefault="001F6DA4" w:rsidP="00F32E1E">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="001F6DA4" w:rsidRDefault="001F6DA4" w:rsidP="00F32E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F6DA4" w:rsidRDefault="001F6DA4" w:rsidP="00F32E1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3742067" cy="2113472"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 2" descr="C:\Users\USER\Desktop\МО 2019-2020\IMG-20200118-WA0010.jpg"/>
             <wp:cNvGraphicFramePr>
@@ -3540,51 +1682,50 @@
     <w:p w:rsidR="001F6DA4" w:rsidRDefault="001F6DA4" w:rsidP="00F32E1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F6DA4" w:rsidRPr="00F32E1E" w:rsidRDefault="001F6DA4" w:rsidP="00F32E1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5519107" cy="3450566"/>
             <wp:effectExtent l="19050" t="0" r="5393" b="0"/>
             <wp:docPr id="8" name="Рисунок 3" descr="C:\Users\USER\Desktop\МО 2019-2020\IMG-20200118-WA0011.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\USER\Desktop\МО 2019-2020\IMG-20200118-WA0011.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect t="36518" b="21868"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -3612,87 +1753,86 @@
     </w:p>
     <w:sectPr w:rsidR="001F6DA4" w:rsidRPr="00F32E1E" w:rsidSect="006F6FBB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="307F3A9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EF27636"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -4100,85 +2240,82 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="30"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001743EC"/>
     <w:rsid w:val="001743EC"/>
     <w:rsid w:val="001F6DA4"/>
     <w:rsid w:val="004E7385"/>
-    <w:rsid w:val="006000DF"/>
     <w:rsid w:val="006F6FBB"/>
-    <w:rsid w:val="00E65CBF"/>
     <w:rsid w:val="00EB4C90"/>
     <w:rsid w:val="00EC6198"/>
-    <w:rsid w:val="00F07C7B"/>
     <w:rsid w:val="00F32E1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4704,66 +2841,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2087</Characters>
+  <Pages>1</Pages>
+  <Words>392</Words>
+  <Characters>2236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2449</CharactersWithSpaces>
+  <CharactersWithSpaces>2623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>USER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>