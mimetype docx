--- v0 (2025-12-07)
+++ v1 (2026-01-03)
@@ -1,1291 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0004008A" w:rsidRPr="0004008A" w:rsidRDefault="0004008A" w:rsidP="0004008A">
+    <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Областные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уроки проведенные в КГУ ОСШ №1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>19 декабря 2019 года в КГУ «ОСШ№1 города Балхаш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыли проведены областные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онлайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уроки по познанию мира во 2 классе, учитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шафикова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.В., тема «Мой родной край», </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по английскому языку в 3 классе, учитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гамова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Г., тема урока «Кто знает свой город лучше?», </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по русскому языку в 6 классе, учитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цыбина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.А. тема урока «Традиции празднования Нового года в Казахстане и за рубежом», </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по казахскому языку и литературе в 4 классе, тема урока «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тігінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и внеклассное мероприятие «Менің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан» в 7 классе, учитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Агулова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.К . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На уроках и на внеклассном мероприятии были использованы формы и методы работы, активизирующие познавательную деятельность учащихся, все задания соответствовали возрастным особенностям. Учащиеся показали умение работать в группах с распределением обязанностей, следовать четкой инструкции педагога. Актуализация знаний проведена с помощью </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разноуровневых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заданий. На уроке прослеживается связь между новым и уже изученным материалом, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межпредметные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C6C0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи. Основным видом деятельности являлась игра. Учащиеся умеют применять различные техники оценивания. Уроки имели практическую направленность, воспитательный аспект через сквозную тему прослеживался на протяжении всего хода урока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0004008A">
-[...1212 lines deleted...]
-      <w:r w:rsidR="002C6C0D" w:rsidRPr="002C6C0D">
+      <w:r w:rsidRPr="002C6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="002C6C0D" w:rsidRPr="002C6C0D">
+      <w:r w:rsidRPr="002C6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.facebook.com/photo.php?fbid=434695290741034&amp;set=pcb.434695524074344&amp;type=3&amp;__tn__=HH-R&amp;eid=ARBih8YFrD7DJHtxuPe-zq0VE_4MDchP6f2ozZHfaE3G_KeD8qEMUij2O8qRqQpnK9rWgZjh55WPWfN6" </w:instrText>
       </w:r>
-      <w:r w:rsidR="002C6C0D" w:rsidRPr="002C6C0D">
+      <w:r w:rsidRPr="002C6C0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C6C0D" w:rsidRPr="002C6C0D" w:rsidRDefault="002C6C0D" w:rsidP="002C6C0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
@@ -1597,51 +756,50 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="50"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="002C6C0D"/>
-    <w:rsid w:val="0004008A"/>
     <w:rsid w:val="002C6C0D"/>
     <w:rsid w:val="00F347B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2211,343 +1369,50 @@
                           <w:divsChild>
                             <w:div w:id="364210210">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1683824595">
-[...291 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/ufi/reaction/profile/browser/?ft_ent_identifier=ZmVlZGJhY2s6NDM0Njk1NTI0MDc0MzQ0&amp;av=100026016999954" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=434695284074368&amp;set=pcb.434695524074344&amp;type=3&amp;__tn__=HH-R&amp;eid=ARAp05encmxxs8JaKIHxhGOBN2357T2nrbweGR0r_CaMHxk_5ifYMOLw7zhI2BXFKJNUKTcnYzV3rr26" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=434695290741034&amp;set=pcb.434695524074344&amp;type=3&amp;__tn__=HH-R&amp;eid=ARBih8YFrD7DJHtxuPe-zq0VE_4MDchP6f2ozZHfaE3G_KeD8qEMUij2O8qRqQpnK9rWgZjh55WPWfN6" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2801,50 +1666,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>255</Words>
-  <Characters>1456</Characters>
+  <Words>276</Words>
+  <Characters>1578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1708</CharactersWithSpaces>
+  <CharactersWithSpaces>1851</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>