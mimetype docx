--- v0 (2025-12-06)
+++ v1 (2026-01-04)
@@ -1,4766 +1,1864 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001158A8" w:rsidRDefault="001158A8" w:rsidP="001158A8">
+    <w:p w:rsidR="008807E2" w:rsidRPr="00390A4A" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отчет проведения декады МО ЕМЦ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00390A4A" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На основании плана работы школы, в соответствии с планом-графиком, утверждённым директором школы с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.11.19 – 23.11.19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00390A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года была проведена декада МО ЕМЦ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="008807E2" w:rsidP="008807E2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="720"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цели и задачи проведения декады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Показать применение новых </w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>технологий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на уроках и во внеурочной деятельности, при переходе к новому качеству обучения предметам естественно-математического цикла.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совершенствование профессионального мастерства педагогов через подготовку, организацию и проведение открытых уроков и внеклассных мероприятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Осуществление взаимообмена опытом, между учителями методического объединения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Вовлечение обучающихся в самостоятельную деятельность, повышение их интереса к предметам естественн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математического цикла;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Выявление обучающихся, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>которые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обладают творческими способностями, стремятся к углубленному изучению предметов естественно-математического цикла.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предметная декада была проведена в указанные сроки, согласно утверждённому плану. При подготовке мероприятий и творческих заданий учитывались возрастные особенности детей. Каждое мероприятие было нацелено на реализацию поставленных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A331F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естественн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A331F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мате</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">матического цикла </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A331F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">старались активизировать познавательную и мыслительную деятельность учащихся, применяя для этого различные методы, формы и виды работы: это и наглядность в виде таблиц, иллюстрированного материала, презентаций, и дифференцированный подход, раздаточный материал и т.д. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007110BB" w:rsidRPr="003A331F" w:rsidRDefault="007110BB" w:rsidP="008807E2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября учитель биологии Полозова М.Г. провела</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> урок по теме «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исследование форменных элементов крови различных организмов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 8 «Б» классе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>На уроке была проведена лабораторная работа. Учащиеся объясняли особенности строения элементов крови человека, сравнивали строение крови человека и ля</w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гушки. Цели обучения на урок </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>–и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сследовать особенности строения форменных элементов крови различных организмов по готовым микропрепаратам. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В течение урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ученики  читали,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объясняли,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>выполняли лабораторную работу. Учитель использовала различные формы оценивани</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>я-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE7EB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на этапе вызова, повторения и итоги выполненной лабораторной работы по критериям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE7EB6" w:rsidRPr="00927FAA" w:rsidRDefault="00EE7EB6" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE7EB6" w:rsidRPr="00927FAA" w:rsidRDefault="00EE7EB6" w:rsidP="00EE7EB6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября открытый урок в 10 классе  провела учитель географии </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001158A8">
-[...5 lines deleted...]
-        <w:t>Есеп</w:t>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Саурикова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001158A8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> жүргізу онкүндіг</w:t>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р.Х. по теме «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Загрязнение геосфер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». Были поставлены цели </w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исследовать уровень, причины и следствия загрязнения геосфер. </w:t>
+      </w:r>
+      <w:r w:rsidR="00315574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На уроке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>использована</w:t>
+      </w:r>
+      <w:r w:rsidR="00315574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> групповая форма работы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1" w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составление и защита </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C83AD1" w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>постера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. П</w:t>
+      </w:r>
+      <w:r w:rsidR="00315574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рименялись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разноуровневые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задания, рабо</w:t>
+      </w:r>
+      <w:r w:rsidR="00315574">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та с текстом, стратегия «Тонкие и толстые вопросы».  При оценивании использовались методы «Две звезды, одно пожелание», «Карусель», «Острова». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00121BB9" w:rsidRPr="007110BB" w:rsidRDefault="00315574" w:rsidP="007110BB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 ноября урок по информатике в 7 классе провела </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Клементьева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О.С. по теме «Таблицы в текстовом процессоре». Была поставлена перед учащимися цель </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001158A8">
-[...5 lines deleted...]
-        <w:t>і ӘБ</w:t>
+      <w:r w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–н</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001158A8">
-[...8 lines deleted...]
-    <w:p w:rsidR="001158A8" w:rsidRPr="001158A8" w:rsidRDefault="001158A8" w:rsidP="001158A8">
+      <w:r w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аучиться создавать и использовать таблицы в текстовом редакторе. Учитель использовала приемы работы «Новые подходы в преподавании и обучении», где основным модулем являлось использование информационно – коммуникационных технологий.</w:t>
+      </w:r>
+      <w:r w:rsidR="00121BB9" w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Учителем были предложены различные формы работы, интересные задания для развития речи, творческих способностей. На уроке были применены </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00121BB9" w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00121BB9" w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание. Учебные нагрузки были посильны учащимся, поэтому цель урока была   достигнута</w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00121BB9" w:rsidRPr="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007110BB" w:rsidRDefault="007110BB" w:rsidP="008807E2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="720"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="001158A8" w:rsidRPr="001158A8" w:rsidRDefault="001158A8" w:rsidP="001158A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="00121BB9" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ноября </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">урок в 4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классе провела учитель информатики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конакбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.К. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по теме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Робот </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ветофор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Была поставлена перед учащимися цель</w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать датчик света Урок прошел в групповой форме, каждая группа получила листы оценивания учащихся. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Были представлены дифференцированные задания, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>задания расположены в порядке возрастания трудности. При выполнении заданий использовали</w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> методы «Думаем и обсуждаем», «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мозговой штурм». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценивание о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">существлялось  на каждом этапе, на подведение итога урока был использован метод «светофор». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С целью профилактики утомляемости были предусмотрены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  активные виды деятельности, разминка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00767BC9" w:rsidRPr="00927FAA" w:rsidRDefault="00767BC9" w:rsidP="00767BC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неклассное мероприятие в 9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классах «Математическое поле чудес» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">провела учитель математики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мукеева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.М.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007110BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Игра способствовала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> углублению и закреплению знаний, полученных на уроках математики. Игра прошла эмоционально, организованно, вызвала большой интерес у ребят. Участники игры и зрители проявили высокую активность, показали хороший уровень знаний по предмету. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00767BC9" w:rsidRPr="00927FAA" w:rsidRDefault="00767BC9" w:rsidP="00767BC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября  учителем математики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айтжановым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.З.  был дан открытый урок в 5 В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классе по теме «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сложение и вычитание обыкновенных дробей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>». Основные цели урока:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сложение и вычитание обыкновенных дробей с одинаковыми знаменателями; Сложение и вычитание обыкновенных дробей с разными знаменателями. Были использованы парная и групповая работа, на оценивание учитель использовал стратегии а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>плодисменты, большой палец вверх, похвала во время урока, физминутка упражнение для глаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00767BC9" w:rsidRDefault="00767BC9" w:rsidP="00767BC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00927FAA" w:rsidRDefault="00767BC9" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ноября учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ем химии Новиченко Г.А. был проведен </w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>урок в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 классе по теме «Состав и строение атома. Изотопы</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная цель урока учащиеся будут знать понятие «изотоп». </w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На уроке учителем использовались разнообразные методы и приёмы работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подбор текстов для изучения, творческие задания, с</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тратегии  критического мышления: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Корзина идей</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самооценивание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: «Светофор», </w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Диаграмма Венна</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Взаимное оценивание: «Две звезды и пожелание»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Синквейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008807E2" w:rsidRPr="00927FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="00C83AD1" w:rsidRDefault="007110BB" w:rsidP="008807E2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22 ноября внеклассное мероприятие для 7-8 классов  по теме «Физики и лирики» провела учитель физики Морозова Н.В. Цель мероприятия – привлечь учащихся к изучению предмета, показать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межпредметные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи между физикой и литературой. На начало с приветственным словом выступила Наталья Владимировна.  Всего было представлено 19 стихотворений. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выступление детей оценивала жюри.  Победители были награждены грамотами и сладкими призами.  Вовлечение детей  в данное мероприятие </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">способствовала </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1" w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>развитию интересов, активности, самостоятельности учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1" w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1" w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Такие мероприятия расширяют кругозор учащихся, вызывают у них чувство сплоченности, стимулируют активность, развивают инициативу и творчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008807E2" w:rsidRPr="000A74C6" w:rsidRDefault="008807E2" w:rsidP="008807E2">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A74C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все открытые уроки и внеклассные мероприятия прошли с применением ИКТ, имели большой воспитательный потенциа</w:t>
+      </w:r>
+      <w:r w:rsidR="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л и практическую направленность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A74C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. В проведении предметной декады было вовлечено большое количество учащихся. Все проведённые мероприятия вызвали живой интерес у обучающихся и способствовали повышению интереса к предметам естественно-математического цикла наук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C83AD1" w:rsidRPr="00C83AD1" w:rsidRDefault="00C83AD1" w:rsidP="00C83AD1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рекомендации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C83AD1" w:rsidRDefault="00C83AD1" w:rsidP="00C83AD1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001158A8">
-[...170 lines deleted...]
-    <w:p w:rsidR="001158A8" w:rsidRPr="001158A8" w:rsidRDefault="001158A8" w:rsidP="001158A8">
+      <w:r w:rsidRPr="00C83AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>активнее приобщать учащихся к работе, обеспечивающей более высокий уровень математической подготовки школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C83AD1" w:rsidRDefault="0061752F" w:rsidP="00C83AD1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001158A8">
-[...36 lines deleted...]
-    <w:p w:rsidR="001158A8" w:rsidRPr="001158A8" w:rsidRDefault="001158A8" w:rsidP="001158A8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проявлять активность всем учителям при посещении открытых уроков и мероприятий своих коллег</w:t>
+      </w:r>
+      <w:r w:rsidR="007151A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007151A7" w:rsidRPr="00C83AD1" w:rsidRDefault="007151A7" w:rsidP="00C83AD1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001158A8">
-[...4387 lines deleted...]
-    <w:p w:rsidR="001158A8" w:rsidRDefault="001158A8" w:rsidP="007151A7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>использовать разнообразные формы мероприятий: конкурсы, викторины, интегрированные уроки, оформление стендов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F6FBB" w:rsidRDefault="00311D78" w:rsidP="007151A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2825115</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>451485</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2895600" cy="1885950"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\USER\Desktop\уроки декада 2019\WhatsApp Image 2019-11-28 at 11.02.21.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4777,70 +1875,73 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2895600" cy="1885950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0061752F" w:rsidRPr="001158A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0061752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Приложение</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="0061752F" w:rsidP="00311D78">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="0061752F" w:rsidRPr="0061752F" w:rsidRDefault="0061752F" w:rsidP="00311D78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-480695</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>451485</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3228975" cy="1885950"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\USER\Desktop\уроки декада 2019\WhatsApp Image 2019-11-28 at 11.02.20 (1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -4856,87 +1957,90 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3228975" cy="1885950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001158A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0061752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Урок  математики в 5 классе, учитель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001158A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0061752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Айтжанов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001158A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0061752F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> А.З.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="0061752F" w:rsidP="0061752F">
+    <w:p w:rsidR="0061752F" w:rsidRPr="0061752F" w:rsidRDefault="0061752F" w:rsidP="0061752F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001158A8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-375285</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>2785110</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2981325" cy="2238375"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\USER\Desktop\уроки декада 2019\IMG-20191001-WA0016.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4955,62 +2059,64 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2981325" cy="2238375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="0061752F" w:rsidP="007151A7">
+    <w:p w:rsidR="0061752F" w:rsidRDefault="0061752F" w:rsidP="007151A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3047999" cy="2200275"/>
             <wp:effectExtent l="19050" t="0" r="1" b="0"/>
             <wp:docPr id="6" name="Рисунок 4" descr="C:\Users\USER\Desktop\уроки декада 2019\IMG-20191111-WA0012.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\USER\Desktop\уроки декада 2019\IMG-20191111-WA0012.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
@@ -5019,78 +2125,82 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3054350" cy="2204859"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="0061752F" w:rsidP="0061752F">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="0061752F" w:rsidRDefault="0061752F" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Урок биологии в 8 классе, учитель Полозова М.Г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="0061752F" w:rsidP="0061752F">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="0061752F" w:rsidRDefault="0061752F" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-527685</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>5833110</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2924175" cy="1990725"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Рисунок 5" descr="C:\Users\USER\Desktop\уроки декада 2019\20191112_082624.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -5107,61 +2217,63 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2924175" cy="1990725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="00311D78" w:rsidP="0061752F">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="0061752F" w:rsidRDefault="00311D78" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3067050" cy="1990725"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Рисунок 7" descr="C:\Users\USER\Desktop\уроки декада 2019\20191112_083031.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\USER\Desktop\уроки декада 2019\20191112_083031.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
@@ -5170,105 +2282,112 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3067050" cy="1990725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311D78" w:rsidRPr="001158A8" w:rsidRDefault="00311D78" w:rsidP="0061752F">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00311D78" w:rsidRDefault="00311D78" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Урок географии в 10 классе, учитель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001158A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Саурикова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001158A8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Р.Х.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311D78" w:rsidRPr="001158A8" w:rsidRDefault="00311D78" w:rsidP="0061752F">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00311D78" w:rsidRDefault="00311D78" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00311D78" w:rsidRDefault="00311D78" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3341489"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="11" name="Рисунок 8" descr="C:\Users\USER\Desktop\уроки декада 2019\20191122_133730.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\USER\Desktop\уроки декада 2019\20191122_133730.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
@@ -5278,71 +2397,74 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3341489"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311D78" w:rsidRPr="001158A8" w:rsidRDefault="00311D78" w:rsidP="0061752F">
-[...8 lines deleted...]
-    <w:p w:rsidR="0061752F" w:rsidRPr="001158A8" w:rsidRDefault="00311D78" w:rsidP="007151A7">
+    <w:p w:rsidR="00311D78" w:rsidRDefault="00311D78" w:rsidP="0061752F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0061752F" w:rsidRDefault="00311D78" w:rsidP="007151A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3341489"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="12" name="Рисунок 9" descr="C:\Users\USER\Desktop\уроки декада 2019\20191122_140257.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\USER\Desktop\уроки декада 2019\20191122_140257.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print"/>
                     <a:srcRect/>
@@ -5351,128 +2473,129 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3341489"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00311D78" w:rsidRPr="001158A8" w:rsidRDefault="00311D78" w:rsidP="00311D78">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00311D78" w:rsidRPr="007151A7" w:rsidRDefault="00311D78" w:rsidP="00311D78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Внеклассное мероприятие по физике, учитель Морозова Н.В.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00311D78" w:rsidRPr="001158A8" w:rsidSect="001158A8">
+    <w:sectPr w:rsidR="00311D78" w:rsidRPr="007151A7" w:rsidSect="006F6FBB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1D5F7895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80B410F4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -5715,84 +2838,82 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008807E2"/>
-    <w:rsid w:val="001158A8"/>
     <w:rsid w:val="00121BB9"/>
     <w:rsid w:val="00311D78"/>
     <w:rsid w:val="00315574"/>
     <w:rsid w:val="006009F1"/>
     <w:rsid w:val="0061752F"/>
     <w:rsid w:val="006F6FBB"/>
     <w:rsid w:val="007110BB"/>
     <w:rsid w:val="007151A7"/>
     <w:rsid w:val="00767BC9"/>
     <w:rsid w:val="008807E2"/>
     <w:rsid w:val="00C83AD1"/>
-    <w:rsid w:val="00CE364F"/>
     <w:rsid w:val="00E83CED"/>
     <w:rsid w:val="00EB66AF"/>
     <w:rsid w:val="00EE7EB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6305,66 +3426,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5391</Characters>
+  <Pages>1</Pages>
+  <Words>1000</Words>
+  <Characters>5701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6324</CharactersWithSpaces>
+  <CharactersWithSpaces>6688</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>USER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>