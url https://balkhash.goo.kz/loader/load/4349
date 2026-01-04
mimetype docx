--- v0 (2025-12-06)
+++ v1 (2026-01-04)
@@ -1,618 +1,228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="002D7D3A" w:rsidP="00F92911">
+    <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:noProof/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22 октября 2019г </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школе состоялась гостевая лекция в рамках преподавания курса "Основы предпринимательства и бизнеса"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лушателями стали учащиеся 10 класса, а спикерами выступили предприниматели города </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мукашев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.К. и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Абенов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Н., которые поделились не только историей своего успеха, но и рассказали о проблемах, препятствиях, которые приходится ежедневно преодолевать, строя свой собственный бизнес. В ходе встречи школьники смогли задать свои интересующие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вопросы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F92911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и поделится своими идеями, которые они намерены реализовать в перспективе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>575945</wp:posOffset>
+              <wp:posOffset>406208</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1597660</wp:posOffset>
+              <wp:posOffset>49884</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4375785" cy="2455545"/>
-            <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
+            <wp:extent cx="4373939" cy="2456121"/>
+            <wp:effectExtent l="19050" t="0" r="7561" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\admin1\Desktop\8.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\admin1\Desktop\8.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4375785" cy="2455545"/>
+                      <a:ext cx="4373939" cy="2456121"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
-      </w:r>
-[...504 lines deleted...]
-        <w:t xml:space="preserve"> бөлісті.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911"/>
     <w:p w:rsidR="00F92911" w:rsidRPr="00F92911" w:rsidRDefault="00F92911" w:rsidP="00F92911">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>501650</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>116205</wp:posOffset>
             </wp:positionV>
@@ -742,112 +352,116 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1423"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009D1242" w:rsidRPr="00F92911" w:rsidSect="009D1242">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00F92911"/>
     <w:rsid w:val="00275F4E"/>
-    <w:rsid w:val="002D7D3A"/>
     <w:rsid w:val="00625F11"/>
     <w:rsid w:val="006E1D60"/>
     <w:rsid w:val="009D1242"/>
-    <w:rsid w:val="00F62367"/>
     <w:rsid w:val="00F92911"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1302,77 +916,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>71</Words>
-  <Characters>406</Characters>
+  <Words>84</Words>
+  <Characters>483</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>476</CharactersWithSpaces>
+  <CharactersWithSpaces>566</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>