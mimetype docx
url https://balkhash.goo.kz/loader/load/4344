--- v0 (2025-12-14)
+++ v1 (2025-12-16)
@@ -1,5952 +1,3786 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF380F">
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасында білім беруді дамытудың 2011 – 2020 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>Государственная программа развития образования Республики Казахстан на 2011 – 2020 годы</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                                   УТВЕРЖДЕНА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                                   Указом Президента</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                                                Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                                                  от 7 декабря 2010 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                                                                                  № 1118</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жылдар</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>ГОСУДАРСТВЕННАЯ ПРОГРАММА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ға арналған мемлекеттік бағдарламасы</w:t>
-[...98 lines deleted...]
-    <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
+        <w:t>развития образования Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF380F">
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасында бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>на 2011 – 2020 годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...132 lines deleted...]
-        <w:t> </w:t>
+        <w:t>1. Паспорт Программы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2385"/>
-        <w:gridCol w:w="6735"/>
+        <w:gridCol w:w="2137"/>
+        <w:gridCol w:w="6600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...32 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование Программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...34 lines deleted...]
-              <w:t>ға арналған мемлекеттік бағдарламасы</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная программа развития образования Республики Казахстан на 2011 – 2020 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...14 lines deleted...]
-              <w:t>Әзірлеу үшін  негіз</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основание для разработки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...72 lines deleted...]
-              <w:t xml:space="preserve"> бағдарламалар тізбесін бекіту туралы» Қазақстан Республикасы Президентінің 2010 жылғы           19 наурыздағы  № 957 Жарлығы</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Указ Президента Республики Казахстан                                   от 1 февраля 2010 г. № 922 «О Стратегическом плане развития Республики Казахстан до 2020 года»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Указ Президента Республики Казахстан                                  от 19 марта 2010 г. № 957 «Об утверждении Перечня государственных программ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...32 lines deleted...]
-              <w:t>әзірлеуші</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработчик Программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...34 lines deleted...]
-              <w:t>ілім және ғылым министрлігі</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Министерство образования и науки Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...14 lines deleted...]
-              <w:t>Мақсаты</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...34 lines deleted...]
-              <w:t>імнің қолжетімділігін қамтамасыз ету арқылы адами капиталды дамыту, білімнің бәсекеге қабілеттілігін арттыру</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...24 lines deleted...]
-              <w:t>мақсаттар</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повышение конкурентоспособности образования, развитие человеческого капитала путем обеспечения доступности качественного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>бі</w:t>
-[...343 lines deleted...]
-              <w:t>ік сезімді, жоғары адамгершілік және көшбасшылық қасиеттерді қалыптастыру</w:t>
+              <w:t>образования для устойчивого роста экономики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Міндеттері</w:t>
+              <w:t>Программные цели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...412 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совершенствование системы финансирования, ориентированной на обеспечение равного доступа                     к образовательным услугам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>повышение престижа профессии педагога;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>формирование государственно-общественной системы управления образованием;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение равного доступа всех участников образовательного процесса к лучшим образовательным ресурсам и технологиям;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение полного охвата детей качественным дошкольным воспитанием и обучением, равного доступа детей к различным программам дошкольного воспитания и обучения для их подготовки к школе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>формирование в общеобразовательных школах интеллектуального, физически и духовно развитого гражданина Республики Казахстан, удовлетворение его потребности в получении образования, обеспечивающего успех в быстро меняющемся мире, развитие конкурентоспособного человеческого капитала для экономического благополучия страны. Переход на 12-летнюю модель обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">модернизация системы технического и профессионального образования (далее – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ТиПО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) в соответствии с запросами общества и индустриально-инновационного развития экономики, интеграция в мировое образовательное пространство;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">достижение высокого уровня качества высшего образования, удовлетворяющего потребности рынка труда, задач индустриально-инновационного развития страны, личности и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сұраныстарын ескере отырып, ТжКБ мазмұнының құрылымын жаңарту;</w:t>
-[...265 lines deleted...]
-              <w:t>ікке тәрбиелеу және олардың азаматтық белсенділігін, әлеуметтік жауапкершілігін және әлеуетін ашу тетіктерін қалыптастыру жөніндегі шаралар кешенін іске асыру</w:t>
+              <w:t>соответствующего лучшим мировым практикам в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение функционирования системы обучения в течение всей жизни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>формирование у молодежи активной гражданской позиции, социальной ответственности, чувства патриотизма, высоких нравственных и лидерских качеств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Іске асыру</w:t>
-[...17 lines deleted...]
-              <w:t>мерзімдері (кезеңдері)</w:t>
+              <w:t>Задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...108 lines deleted...]
-              <w:t>екінші кезең: 2016 – 2020 жылдар.</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>разработка новых механизмов финансирования образования, направленных на повышение доступности качественного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение системы образования высококвалифицированными кадрами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>усиление государственной поддержки и стимулирование труда педагогических работников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совершенствование менеджмента в образовании, в том числе  внедрение принципов корпоративного управления,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>формирование системы государственно-частного партнерства в образовании (далее – ГЧП);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совершенствование системы мониторинга развития образования, в том числе создание национальной образовательной статистики с учетом международных требований;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>создание условий для внедрения автоматизации учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>увеличение сети дошкольных организаций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обновление содержания дошкольного воспитания и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение кадрами организаций дошкольного воспитания и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>осуществление перехода на 12-летнюю модель обучения с обновлением содержания образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>решение проблемы малокомплектных школ (далее – МКШ);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совершенствование системы инклюзивного образования в школе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обновление структуры содержания  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ТиПО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с учетом запросов индустриально-инновационного развития экономики;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>развитие инфраструктуры подготовки кадров для отраслей экономики;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышение престижа обучения в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ТиПО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение  кадрами  с высшим и послевузовским образованием, соответствующими  потребностям индустриально-инновационного  развития страны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение интеграции  в европейскую зону высшего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечение интеграции образования, науки                              и производства, создание условий для коммерциализации продуктов интеллектуальной собственности и технологий. Подготовка высококвалифицированных научных и научно-педагогических кадров;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>создание условий для обучения в течение всей жизни, образования для всех;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>реализация комплекса мер по патриотическому воспитанию и формированию гражданской активности, социальной ответственности и механизма раскрытия потенциала молодежи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...32 lines deleted...]
-              <w:t>индикаторлар</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сроки реализации (этапы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...74 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2011 –  2020 годы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Программа будет реализована в два этапа:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>қызметкерлердің үлесі – 52 %;</w:t>
-[...737 lines deleted...]
-              <w:t>ға белсенді түрде қатысатын болады.</w:t>
+              <w:t>первый этап: 2011 – 2015 годы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>второй этап: 2016 –  2020 годы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidTr="00BF380F">
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BF380F">
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Қаржыландыру көздері мен көлемі</w:t>
+              <w:t>Целевые индикаторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:tcW w:w="6600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
-[...14 lines deleted...]
-              <w:t>Бағдарламаның бі</w:t>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">во всех организациях образования, кроме МКШ, внедрен механизм </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>подушевого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> финансирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля высококвалифицированных педагогических работников, имеющих высшую и первую категории,               от общего количества педагогов –  52%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 60% организаций образования созданы попечительские советы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>100% руководителей организаций образования прошли повышение квалификации и переподготовку в области менеджмента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 90% организаций среднего образования используется система электронного обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100%  детей в возрасте с 3 до 6 лет </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00BF380F">
-[...6 lines deleted...]
-              <w:t>р</w:t>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обеспечены</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00BF380F">
-[...26 lines deleted...]
-              <w:t>і жергілікті бюджеттерден білім беру жүйесін дамытуға бөлінетін қаражат шеңберінде жүзеге асырылатын болады.</w:t>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дошкольным воспитанием и обучением;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>осуществлен полный переход на 12-летнюю модель обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>количество школ в рамках проекта «Назарбаев Интеллектуальные школы»  во всех регионах Казахстана – 20;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля учащихся, успешно освоивших образовательные учебные программы по естественно-математическим дисциплинам – 70%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">результаты учащихся казахстанских общеобразовательных школ в международных сравнительных исследованиях: международная программа по оценке образовательных достижений учащихся (PISA) – 40–45 место,  оценка математической и естественнонаучной грамотности учащихся 4 и 8-х классов (TIMSS) – 10–12 место,  международное исследование «Изучение качества чтения и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>понимание текста» (PIRLS) – 10–15 место;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля школ, создавших условия для инклюзивного образования, от их общего количества – 70%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">доля выпускников </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ТиПО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, прошедших независимую оценку квалификации  в сообществе работодателей с первого раза, от общего числа принявших участие – 80%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">доля занятых и трудоустроенных выпускников учебных заведений </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ТиПО</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в первый год после окончания обучения, обучившихся по государственному заказу (далее – госзаказ) – 80%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля колледжей, прошедших процедуру национальной институциональной аккредитации – 30%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля выпускников вузов, прошедших независимую оценку квалификации  в сообществе работодателей с первого раза, от общего количества принявших участие – 80%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>80% выпускников вузов, обучившихся по госзаказу, трудоустроены по специальности в первый год после окончания вуза;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>количество вузов Казахстана, отмеченных в рейтинге лучших мировых университетов – 2;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля вузов, прошедших независимую национальную институциональную аккредитацию по международным стандартам – 65%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>доля вузов, прошедших независимую национальную специализированную аккредитацию по международным стандартам – 30%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">доля вузов, осуществляющих инновационную деятельность путем интеграции образования и науки на основе внедрения результатов отечественных научных исследований в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>производство – 5%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">доля профессорско-преподавательского состава и научных работников, имеющих публикации в научных журналах с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>импакт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-фактором в течение последних 5 лет – 5%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>внедрены различные формы и типы образования для всех возрастов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55% молодежи будет принимать активное участие                 в реализации мероприятий в сфере молодежной политики и патриотического воспитания от общей численности молодежи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidTr="002047C8">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Источники и объемы финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002047C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Объем финансирования первого этапа Программы из республиканского бюджета составляет  461,1 млрд. тенге. Финансирование из местного бюджета будет осуществляться в пределах средств, выделяемых ежегодно из соответствующих местных бюджетов на развитие системы образования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BF380F" w:rsidRPr="00BF380F" w:rsidRDefault="00BF380F" w:rsidP="00BF380F">
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF380F">
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2. Кі</w:t>
+        <w:t>2. Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образование признано одним из важнейших приоритетов долгосрочной Стратегии «Казахстан – 2030». Общей целью  образовательных реформ                      в Казахстане является адаптация системы образования к новой социально-экономической  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>среде</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BF380F">
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>резидентом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстана была также поставлена задача     о вхождении республики в число 50-ти наиболее конкурентоспособных стран мира. Совершенствование системы образования играет важную роль                           в достижении этой цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Международный опыт подтверждает, что инвестиции в человеческий капитал, и, в частности, в образование, начиная с раннего детства до зрелого возраста, способствуют существенным отдачам для экономики и общества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инвестиции в человеческий капитал крайне необходимы для создания технически прогрессивной, производительной рабочей силы, которая может адаптироваться в быстро изменяющемся мире. Успешными экономиками будущего будут те, которые инвестируют в образование, навыки и способности населения. Образование  необходимо понимать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>как экономические инвестиции, а не просто как затраты на социальные нужды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Существует множество доказательств, связывающих образование и экономический рост:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обзор международных исследований в макро- и микроэкономике свидетельствует о том, что существует тесная связь между образованием, доходом и производительностью. При этом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отмечается большая отдача при инвестициях на более раннем этапе обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исследования подтверждают </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>важное значение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инвестиций в развитие образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Помимо экономических выгод образование создает другие социальные выгоды, способствует формированию социального капитала – общества с большой долей гражданского участия, высокой социальной сплоченностью и интеграцией, низким уровнем преступности. С самого раннего возраста образование играет важную роль в формировании социальных, эмоциональных, и других жизненно необходимых навыков. В этом заключаются убедительные аргументы в пользу дальнейшего развития всего спектра образовательных услуг. Казахстану необходима кардинальная модернизация образования: значительное и устойчивое увеличение инвестиций в образование, улучшение его качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поэтому предлагается новое национальное видение: к 2020 году Казахстан – образованная страна, умная экономика и высококвалифицированная рабочая сила. Развитие образования должно стать платформой, на которую будет опираться будущее экономическое, политическое и социально-культурное процветание страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организационной основой реализации государственной политики Республики Казахстан в сфере образования должна стать Государственная  программа развития образования Республики Казахстан на 2011 – 2020 годы (далее – Программа), обеспечивающая продолжение модернизации казахстанского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Программа как организационная основа государственной политики в сфере образования представляет собой комплекс взаимоувязанных по ресурсам и срокам мероприятий, охватывающих изменения в структуре, содержании  и  технологиях  образования  и  воспитания,  системе  упра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>вления, организационно-правовых формах субъектов образовательной деятельности и финансово-экономических механизмах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>3. Анализ текущей ситуации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В Республике Казахстан прогрессивное развитие и модернизация образования являются возможными благодаря пониманию руководством страны необходимости и важности развития человеческого капитала и всесторонней поддержке при инициировании и проведении реформ в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 2005 года были приняты Государственная программа развития образования в Республике Казахстан на 2005 – 2010 годы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>іспе</w:t>
-[...539 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>Государственная программа развития технического и профессионального образования в Республике Казахстан на 2008 – 2012 годы, Программа «Дети Казахстана» на 2007 – 2011 годы, Программа по обеспечению детей дошкольным воспитанием «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3. Ағымдағы жай-күйді талдау</w:t>
-[...474 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>Балапан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t xml:space="preserve">» на 2010 – 2014 годы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Существенным вкладом в развитие человеческого капитала страны стала реализация  международной стипендии Президента Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», дающей возможность одаренным молодым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получить образование в лучших университетах мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахстан в настоящее время является участником основных международных документов в области образования, защиты прав человека и ребенка. Это Всеобщая Декларация прав человека, Конвенция о правах ребенка, Международная Декларация экономических, социальных и культурных прав человека, Лиссабонская Конвенция о признании квалификации, относящихся       к высшему образованию в Европейском регионе, Болонская декларация и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развитие человеческих ресурсов определено в качестве одного из приоритетов Стратегического плана развития страны до 2020 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Есть реально достижимые цели качественного развития человеческого капитала посредством инвестиций в образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В результате реализации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t xml:space="preserve">Государственной программы развития образования в Республике Казахстан на 2005 – 2010 годы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по состоянию                      на 1 июля 2010 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ім беру ұйымдарының материалдық базасы нығайтылуда.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>се уровни образования институционально обеспечены сетью  соответствующих  организаций.  Структура  образования    приве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дена       в соответствие с Международной стандартной классификацией образования. Создаются условия для введения 12-летней модели обучения. Реструктурировано техническое и профессиональное образование. Введена трехуровневая подготовка специалистов: бакалавр – магистр – доктор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ph.D</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.                  Утвержден Классификатор специальностей высшего и послевузовского образования Республики Казахстан, содержащий укрупненные группы специальностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создана Национальная система оценки качества образования, включающая в себя элементы независимого внешнего оценивания (лицензирование, аттестация, аккредитация, рейтинг, единое национальное тестирование (далее – ЕНТ), промежуточный государственный контроль (далее – ПГК), комплексное тестирование абитуриентов и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Начато внедрение областных систем оценки качества образования во всех регионах республики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Укрепляется  материальная база организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Только в 2009 году осуществлена поставка в школы 640 кабинетов биологии, 536 лингафонных мультимедийных кабинетов (далее – ЛМК),10 кабинетов физики, 78 кабинетов химии, доукомплектование 721 школы интерактивными досками. В настоящее время в 3450 школах имеются лингафонные мультимедийные кабинеты, по сравнению с 2005 годом их количество увеличилось на 2661.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повышается качество образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивается инклюзивное образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Решаются вопросы бесплатного горячего питания и подвоза учащихся средней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственный образовательный заказ на подготовку кадров с высшим и послевузовским образованием увеличился с 25 710 в 2005 году до 35 425 – в 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ведется работа по развитию информатизации образования. В настоящее время на один компьютер приходится 18 учащихся. В 2005 году данный показатель составлял 41, в том числе 36 – в сельской местности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>К сети Интернет подключено 98% школ, сельских – 97% (в 2005 году – 75% и 70% соответственно). К широкополосному Интернету имеют доступ 34% школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстанские школьники приняли участие в международном сопоставительном исследовании TIMSS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>– 2007 и заняли 5-ое место по математике и 11-ое по естествознанию среди  учащихся 4-х классов 36 стран.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время в Казахстане уделяется огромное внимание развитию государственного языка. В центральных и местных исполнительных органах,  при вузах в регионах республики созданы центры обучения казахскому языку, введены обязательные обучающие курсы, делопроизводство на казахском языке, уровневое обучение государственному языку в основной и средней общеобразовательной школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создана сеть специализированных школ для одаренных детей с обучением на трех языках. В настоящее время  в республике функционируют 33 школы                   с обучением на трех языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Созданы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6  Назарбаев Интеллектуальных школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В национальной высшей школе приняты меры по достижению мирового  уровня образования: Казахстан вошел в Европейское образовательное пространство, присоединился к Болонской Декларации,  в городе Астане создано  престижное высшее учебное заведение мирового уровня – «Назарбаев Университет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расширена академическая свобода вузов в определении содержания учебных программ: увеличен компонент по выбору - в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бакалавриате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 40% до 50%, магистратуре - с 50% до 60% и в докторантуре - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70% до 80%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Растет количество студентов, желающих получить качественное высшее образование. За рубежом обучаются более 20 тыс. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Около                       3000 стипендиатов международной стипендии Президента Республики Казахстан «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Болашак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» обучаются в 27 странах мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предпринимаются меры по созданию условий для повышения привлекательности высшего образования для иностранцев.  В вузах республики обучаются  свыше 10 тысяч иностранных граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Вместе с тем, качество казахстанского образования пока остается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>малоконкурентным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2009 жылдың өзінде мектептерде 640 биология кабинеті,                                536 – лингафондық мультимедиалық кабинет (бұдан ә</w:t>
+        <w:t>Дошкольное воспитание и обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Повышение значения дошкольного воспитания и обучения относится к числу общемировых тенденций. Дети, посещающие детский сад, лучше усваивают знания на всех уровнях образования и являются более успешными в жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По состоянию на 1 июля 2010 года в Казахстане охват дошкольным воспитанием и </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BF380F">
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучением по сравнению</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с аналогичным периодом 2005 года вырос на 16,8%, и составляет лишь 40% детей, тогда как в развитых странах этот показатель достигает 90-100%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ежегодный рост очередности на места в дошкольных организациях  за счет рождаемости составляет в среднем 5-7% в год по стране. Кроме этого, в пяти регионах в силу факторов рождаемости и миграции этот показатель составляет 11,1%: в Южно-Казахстанской – 8,1%, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кызылординской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 11,8%, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жамбылской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 10,7% областях, городах Алматы – 11,3%, Астане – 13,6%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На 100 мест в детских садах в среднем приходится 111 детей, в городах – 120. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В городской местности детский сад посещает каждый третий ребенок, в сельской – только 5 из 100.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не нашло должного развития инклюзивное образование. Из 149246 детей с ограниченными возможностями 29212 человек  или 19,5% – дети дошкольного возраста. Дошкольным воспитанием и обучением в 37 специальных детских садах и 240 специальных группах </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>охвачены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> около 10 тысяч детей, что составляет только 32,8%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наряду с государственными дошкольными организациями открываются и частные детские сады, если в 2005 году их количество составляло 158, то в 2010 году – 284.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Доля расходов государственного бюджета на дошкольное воспитание и обучение в течение последних лет составляет около 0,1% от внутреннего валового продукта (далее – ВВП). В странах, являющихся членами Организации экономического сотрудничества и развития (далее – ОЭСР) – от 1 до 2% от ВВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:t>Среднее образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Среднее образование является базовым уровнем системы образования. Право на его бесплатное получение гарантируется Конституцией страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В системе среднего образования имеют место проблемы, связанные как со слабой материально-технической, учебно-методической базой, так и необходимостью обновления содержания и методов обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По состоянию на 1 июля 2010 года в республике функционируют 7576 государственных дневных общеобразовательных школ, подведомственных местным исполнительным органам (далее – МИО) и Министерству образования и науки Республики Казахстан (далее – МОН), в них обучаются около 2,5 млн. учащихся. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Из общей численности школ 64,6% расположены в типовых зданиях, 35,4% – в приспособленных, 201 школа находится в аварийном состоянии.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BF380F">
-[...28 lines deleted...]
-        <w:t>Бі</w:t>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В 37,4% школ используют привозную воду. 70 школ занимаются в 3 смены, 1 школа – в 4 смены. Капитального ремонта требует 25,1% школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оснащены кабинетами физики новой модификации лишь                                 41,7% основных и средних школ республики, кабинетами химии – 13,2%, кабинетами биологии – 16,3%, ЛМК –  46,7%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждая пятая школа не имеет столовой и буфета. Износ оборудования и инвентаря школьных столовых составляет 80%. 26,4% школ не имеют спортзалов. Отсутствует программа подвоза детей к школе специальными автобусами, финансируемыми государством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все это послужило причиной переноса сроков введения 12-летней модели среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характерной чертой казахстанской системы образования является наличие МКШ, которые составляют 56,5% от общего числа школ (в 2005 году – 52%). В том числе, в сельской местности – 68,6%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Практически каждый четвёртый учитель </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BF380F">
-[...8 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>работает</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BF380F">
-[...26 lines deleted...]
-        <w:t>Инклюзивті бі</w:t>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и каждый шестой казахстанский  школьник  учится в МКШ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Увеличивается число детей с ограниченными возможностями. Если в 2005 году их количество составляло 124 тысяч, то в 2010 году – свыше 149 тысяч. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BF380F">
-[...6 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Только 41,4% из них охвачены специальными образовательными программами.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BF380F">
-[...187 lines deleted...]
-      <w:r w:rsidRPr="00BF380F">
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қазіргі уақытта Қазақстанда мемлекеттік тілдің дамуына зор көңі</w:t>
-[...1361 lines deleted...]
-    <w:sectPr w:rsidR="001812E3" w:rsidRPr="00BF380F">
+        <w:t>Современная система образования, внедрение инновационных форм и методов обучения предъявляют все более высокие требования к личности и профессиональной компетентности педагогических работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не созданы адекватная законодательная база и система материального и морального стимулирования труда педагога и повышения его социального статуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002047C8" w:rsidRPr="002047C8" w:rsidRDefault="002047C8" w:rsidP="002047C8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002047C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый пятый работающий учитель </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001812E3" w:rsidRPr="002047C8" w:rsidRDefault="001812E3"/>
+    <w:sectPr w:rsidR="001812E3" w:rsidRPr="002047C8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BF380F"/>
+    <w:rsidRoot w:val="002047C8"/>
     <w:rsid w:val="00011F26"/>
     <w:rsid w:val="00016D13"/>
     <w:rsid w:val="00017596"/>
     <w:rsid w:val="0002408C"/>
     <w:rsid w:val="00030C46"/>
     <w:rsid w:val="00032E87"/>
     <w:rsid w:val="00042F0D"/>
     <w:rsid w:val="00061DE4"/>
     <w:rsid w:val="000658BA"/>
     <w:rsid w:val="0007099D"/>
     <w:rsid w:val="0007161F"/>
     <w:rsid w:val="000804F3"/>
     <w:rsid w:val="000952D8"/>
     <w:rsid w:val="0009539B"/>
     <w:rsid w:val="00096920"/>
     <w:rsid w:val="00097EC2"/>
     <w:rsid w:val="000A4CD6"/>
     <w:rsid w:val="000A5445"/>
     <w:rsid w:val="000E184B"/>
     <w:rsid w:val="000E7798"/>
     <w:rsid w:val="00102451"/>
     <w:rsid w:val="00105597"/>
     <w:rsid w:val="00111D71"/>
     <w:rsid w:val="00115F76"/>
     <w:rsid w:val="0011776F"/>
     <w:rsid w:val="001224E3"/>
     <w:rsid w:val="001228F7"/>
     <w:rsid w:val="00130010"/>
     <w:rsid w:val="00141C2A"/>
     <w:rsid w:val="00142BB8"/>
     <w:rsid w:val="001627E9"/>
     <w:rsid w:val="001639A5"/>
     <w:rsid w:val="00170CF2"/>
     <w:rsid w:val="001745CC"/>
     <w:rsid w:val="00175932"/>
     <w:rsid w:val="001812E3"/>
     <w:rsid w:val="001939EB"/>
     <w:rsid w:val="001A6239"/>
     <w:rsid w:val="001B5C43"/>
     <w:rsid w:val="001C28EE"/>
     <w:rsid w:val="001D0FDD"/>
     <w:rsid w:val="001D66DE"/>
     <w:rsid w:val="001E01AE"/>
     <w:rsid w:val="001E6F93"/>
     <w:rsid w:val="001F09DC"/>
     <w:rsid w:val="001F1FC0"/>
     <w:rsid w:val="00200FA5"/>
     <w:rsid w:val="00202ED3"/>
+    <w:rsid w:val="002047C8"/>
     <w:rsid w:val="00207F50"/>
     <w:rsid w:val="00233136"/>
     <w:rsid w:val="00246E43"/>
     <w:rsid w:val="00246F15"/>
     <w:rsid w:val="00250A55"/>
     <w:rsid w:val="002510F7"/>
     <w:rsid w:val="002619F8"/>
     <w:rsid w:val="00272D78"/>
     <w:rsid w:val="00282C6F"/>
     <w:rsid w:val="002B4486"/>
     <w:rsid w:val="002C1DE0"/>
     <w:rsid w:val="002C43E9"/>
     <w:rsid w:val="002C6E10"/>
     <w:rsid w:val="002D295A"/>
     <w:rsid w:val="002D5285"/>
     <w:rsid w:val="002E17E7"/>
     <w:rsid w:val="002E3528"/>
     <w:rsid w:val="002F4DE9"/>
     <w:rsid w:val="002F77C6"/>
     <w:rsid w:val="00317242"/>
     <w:rsid w:val="003212E9"/>
     <w:rsid w:val="003253B8"/>
     <w:rsid w:val="003523B4"/>
     <w:rsid w:val="00364532"/>
     <w:rsid w:val="00364C17"/>
@@ -6089,51 +3923,50 @@
     <w:rsid w:val="009F30AD"/>
     <w:rsid w:val="00A0456A"/>
     <w:rsid w:val="00A05702"/>
     <w:rsid w:val="00A13DF3"/>
     <w:rsid w:val="00A1634E"/>
     <w:rsid w:val="00A17357"/>
     <w:rsid w:val="00A343C7"/>
     <w:rsid w:val="00A803E6"/>
     <w:rsid w:val="00A80452"/>
     <w:rsid w:val="00A93B05"/>
     <w:rsid w:val="00A961F9"/>
     <w:rsid w:val="00A9662C"/>
     <w:rsid w:val="00A97751"/>
     <w:rsid w:val="00AA3675"/>
     <w:rsid w:val="00AB3E9F"/>
     <w:rsid w:val="00AB5295"/>
     <w:rsid w:val="00AD0875"/>
     <w:rsid w:val="00AF0852"/>
     <w:rsid w:val="00B20CA6"/>
     <w:rsid w:val="00B51C10"/>
     <w:rsid w:val="00B62485"/>
     <w:rsid w:val="00B7509D"/>
     <w:rsid w:val="00BA146F"/>
     <w:rsid w:val="00BA4A9B"/>
     <w:rsid w:val="00BC0EC2"/>
-    <w:rsid w:val="00BF380F"/>
     <w:rsid w:val="00BF38F0"/>
     <w:rsid w:val="00BF6F0B"/>
     <w:rsid w:val="00C05EAA"/>
     <w:rsid w:val="00C2314E"/>
     <w:rsid w:val="00C3139C"/>
     <w:rsid w:val="00C46561"/>
     <w:rsid w:val="00C474F9"/>
     <w:rsid w:val="00C503CA"/>
     <w:rsid w:val="00C530A9"/>
     <w:rsid w:val="00C56BA8"/>
     <w:rsid w:val="00C618FF"/>
     <w:rsid w:val="00C70AF1"/>
     <w:rsid w:val="00C70D90"/>
     <w:rsid w:val="00C715F2"/>
     <w:rsid w:val="00C73E05"/>
     <w:rsid w:val="00C76BF8"/>
     <w:rsid w:val="00C771AC"/>
     <w:rsid w:val="00CB1E60"/>
     <w:rsid w:val="00CB2997"/>
     <w:rsid w:val="00CB3D3A"/>
     <w:rsid w:val="00CC66B6"/>
     <w:rsid w:val="00CC6BB8"/>
     <w:rsid w:val="00CF56B1"/>
     <w:rsid w:val="00D20E91"/>
     <w:rsid w:val="00D225ED"/>
@@ -6926,51 +4759,51 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BF380F"/>
+    <w:rsid w:val="002047C8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -7686,89 +5519,131 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A343C7"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BF380F"/>
+    <w:rsid w:val="002047C8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1102724178">
+    <w:div w:id="1093670306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="791629761">
+        <w:div w:id="251937395">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1181628884">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1591770606">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="824055572">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -8026,65 +5901,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3153</Words>
-  <Characters>17975</Characters>
+  <Words>3160</Words>
+  <Characters>18013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
+  <Lines>150</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21086</CharactersWithSpaces>
+  <CharactersWithSpaces>21131</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>АДМИН 19</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>