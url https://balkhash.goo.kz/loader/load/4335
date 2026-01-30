--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac3b61d" w14:textId="ac3b61d">
+    <w:p w14:paraId="221e8ef" w14:textId="221e8ef">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,387 +76,387 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру, сондай-ақ мектепке дейінгі ұйымдарда, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін және білім алатын балаларды тамақтандыруды қамтамасыз етумен байланысты тауарларды сатып алу қағидаларын бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении Правил организации питания обучающихся в организациях среднего образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 31 октября 2018 года № 598. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 декабря 2018 года № 17948.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2-5) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2-5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру, сондай-ақ мектепке дейінгі ұйымдарда, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін және білім алатын балаларды тамақтандыруды қамтамасыз етумен байланысты тауарларды сатып алу </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации питания обучающихся в организациях среднего образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      2. Мыналардың күші жойылды деп танылсын:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Признать утратившим силу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Орта білім беру ұйымдарында оқитындарды тамақтандыруды ұйымдастыру және мектепке дейінгі білім беру ұйымдарында, жетім балалар мен ата-аналарының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбие алатын және оқитын балаларды тамақтандыруды қамтамасыз етуге байланысты тауарлар сатып алу қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2015 жылғы 31 желтоқсандағы № 717 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тіркеу тізілімінде № 12788 болып тіркелген, 2016 жылғы 25 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 31 декабря 2015 года № 717 "Об утверждении Правил организации питания обучающихся в организациях среднего образования и приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12788, опубликован 25 января 2016 года в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет");</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) "Орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру және мектепке дейінгі білім беру ұйымдарында, жетім балалар мен ата-аналарының қамқорлығынсыз қалған балаларға білім беру ұйымдарында тәрбиеленуші және білім алушы балаларды тамақтандыруды қамтамасыз етуге байланысты тауарлар сатып алу қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2015 жылғы 31 желтоқсандағы № 717 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің міндетін атқарушының 2017 жылғы 22 ақпандағы № 76 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14956 болып тіркелген, 2017 жылғы 21 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 22 февраля 2017 года № 76 "О внесении изменений в приказ исполняющего обязанности Министра образования и науки Республики Казахстан от 31 декабря 2015 года № 717 "Об утверждении Правил организации питания обучающихся в организациях среднего образования и приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14956, опубликован 21 апреля 2017 года в информационно-правовой системе "Әділет").</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Білім және ғылым министрлігінің Балалардың құқықтарын қорғау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитету по охране прав детей Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      2) осы бұйрық мемлекеттік тіркелген күннен бастап күнтізбелік он күн ішінде оның қазақ және орыс тілдеріндегі электронды түрдегі көшірмесін ресми жариялау және Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды;</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копий в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-      3) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      4) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министрі Б.А. Асыловаға жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Асылову Б.А.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...15 lines deleted...]
-      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -474,64 +474,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -539,337 +549,283 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...268 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр здравоохранения </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"______" ___________ 2018 года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр финансов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"______" ___________2018 года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"______" ___________2018 года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -903,6539 +859,6635 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 31 қазандағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 598 бұйрығымен бекітілген</w:t>
+              <w:t>от 31 октября 2018 года № 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру, сондай-ақ мектепке дейінгі ұйымдарда, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін және білім алатын балаларды тамақтандыруды қамтамасыз етумен байланысты тауарларды сатып алу қағидалары </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="13"/>
+        <w:t xml:space="preserve"> Правила организации питания обучающихся в организациях среднего образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...59 lines deleted...]
-      1) әлеуетті өнім беруші - қызмет көрсету немесе тауарларды жеткізу туралы шарт жасасуға үмiткер, кәсiпкерлiк қызметтi жүзеге асыратын жеке тұлға, заңды тұлға (егер Қазақстан Республикасының заңдарында олар үшiн өзгеше белгiленбесе, мемлекеттiк мекемелердi қоспағанда), заңды тұлғалардың уақытша бiрлестiгi (консорциум);</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
-[...15 lines deleted...]
-      2) білім алушыларды тамақтандыруды ұйымдастыру - білім алушыларға, олардың білім беру ұйымдарында болу кезеңінде тамақтандыруды ұсыну бойынша қызмет көрсету немесе тамақтандыруды ұйымдастыру бойынша тауарларды сатып алу үшін қажетті жағдай жасау;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила организации питания обучающихся в организациях среднего образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей (далее - Правила) устанавливают порядок организации питания обучающихся в организациях среднего образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z32" w:id="18"/>
-[...15 lines deleted...]
-      3) интернет-ресурс - аппараттық-бағдарламалық кешенде орналастырылатын, бірегей желілік адресі және (немесе) домендік аты бар және Интернетте жұмыс істейтін, мәтіндік, графикалық, аудиовизуалды немесе өзге де түрде бейнеленетін электрондық ақпараттық ресурс;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z33" w:id="19"/>
-[...15 lines deleted...]
-      4) конкурсқа қатысуға өтінім - конкурстық құжаттамаға сәйкес жасалған, қызметтер көрсету немесе тауарларды жеткізу үшін материалдық, қаржылық және еңбек ресурстарына ие екенін растайтын, әлеуетті өнім беруші ұсынатын құжаттар;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) потенциальный поставщик – физическое лицо, осуществляющее предпринимательскую деятельность, юридическое лицо (за исключением государственных учреждений, если иное не установлено для них законами Республики Казахстан), временное объединение юридических лиц (консорциум), претендующие на заключение договора об оказании услуги или договора поставки товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
-[...15 lines deleted...]
-      5) конкурстық комиссия - конкурс өткізу үшін конкурсты ұйымдастырушы құратын алқалы орган;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация питания обучающихся – создание необходимых условий для оказания обучающимся услуги по предоставлению питания или приобретение товаров по организации питания в период их пребывания в организации образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
-[...15 lines deleted...]
-      6) конкурстық құжаттама - әлеуетті өнім берушіге конкурсқа қатысуға өтінім дайындау үшін және конкурс өткізу шарттары мен тәртібі қамтылған конкурсты ұйымдастырушы ұсынатын құжаттар;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) интернет-ресурс – электронный информационный ресурс, отображаемый в текстовом, графическом, аудиовизуальном или ином виде, размещаемый на аппаратно-программном комплексе, имеющий уникальный сетевой адрес и (или) доменное имя и функционирующий в Интернете;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
-[...15 lines deleted...]
-      7) конкурсты ұйымдастыру және өткізу рәсімі - әлеуетті өнім берушімен көрсетілетін қызметтерді көрсету немесе тауарларды жеткізу туралы шарт жасасу мақсатында конкурсты ұйымдастырушы осы Қағидаларға сәйкес жүзеге асырылатын өзара байланысты, жүйелі іс-шаралар кешені;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заявка на участие в конкурсе – документы, представляемые потенциальным поставщиком, составленные в соответствии с конкурсной документацией, подтверждающие обладание материальными, финансовыми и трудовыми ресурсами для оказания услуги или поставки товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
-[...15 lines deleted...]
-      8) конкурсты ұйымдастырушы (тапсырыс беруші):</w:t>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) конкурсная комиссия – коллегиальный орган, создаваемый организатором конкурса для проведения конкурса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) конкурсная документация – документы, представляемые организатором конкурса потенциальному поставщику для подготовки заявки на участие в конкурсе, и содержащие условия и порядок проведения конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) процедура организации и проведения конкурса – комплекс взаимосвязанных, последовательных мероприятий, осуществляемых организатором конкурса в соответствии с настоящими Правилами, в целях заключения с потенциальным поставщиком договора об оказании услуги или поставки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организатор конкурса (заказчик):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в организациях среднего образования - организация среднего образования, орган управления образованием, в случае, когда организация среднего образования не ведет самостоятельно бухгалтерский учет или местный исполнительный орган области, города республиканского значения и столицы, в случае, когда организация питания обучающихся в организациях среднего образования осуществляется посредством заключения договора государственно-частного партнерстве в соответствии с Законом Республики Казахстан от 31 октября 2015 года "О государственно-частном партнерстве" (далее – Закон о государственно-частном партнерстве) либо другой орган по решению местного исполнительного органа области, города республиканского значения и столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в дошкольных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей – дошкольная организация образования, организация образования для детей-сирот и детей, оставшихся без попечения родителей или орган управления образованием, в случае, когда дошкольная организация образования, организация образования для детей-сирот и детей, оставшихся без попечения родителей не ведет самостоятельно бухгалтерский учет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) критерии выбора поставщика услуги – признаки, на основании которых производится оценка возможностей и условий по оказанию услуги потенциальным поставщиком;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) финансовый год – промежуток времени, начинающийся 1 января и заканчивающийся 31 декабря текущего года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) государственно-частное партнерство – форма сотрудничества между государственным партнером и частным партнером, соответствующая признакам, определенным Законом о государственно-частном партнерстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) договор государственно-частного партнерства – письменное соглашение, определяющее права, обязанности и ответственность сторон договора государственно-частного партнерства, иные условия договора государственно-частного партнерства в рамках реализации проекта государственно-частного партнерства в соответствии с Законом о государственно-частном партнерстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      орта білім беру ұйымдарында - орта білім беру ұйымы, білім беру органы орта білім беру ұйымы бухгалтерлік есепті өз бетінше жүргізбеген жағдайда немесе "Мемлекеттік-жекешелік әріптестік туралы" 2015 жылғы 31 қазандағы Қазақстан Республикасының </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="30"/>
+      13) поддержка отечественных производителей услуг, товаров – меры по созданию благоприятных условий для стимулирования развития отечественного производства услуг, товаров в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 17 Предпринимательского кодекса Республики Казахстан от 29 октября 2015 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) квалификационные требования потенциального поставщика – перечень документов, подтверждающих обладание материальными, финансовыми и трудовыми ресурсами, достаточными для исполнения обязательств по договору об оказании услуги или поставки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) организация среднего образования – организация образования, реализующая общеобразовательные учебные программы начального, основного среднего, общего среднего образования, специализированные общеобразовательные и специальные учебные программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) поставщик – физическое лицо, осуществляющее предпринимательскую деятельность или юридическое лицо, заключившее договор об оказании услуги или поставки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) критерии выбора поставщика товаров - признаки, на основании которых производится оценка возможностей и условий поставки товаров потенциальным поставщиком;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) приобретение товаров – приобретение заказчиком товаров в порядке, установленном настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) рациональное питание – сбалансированное питание, с учетом физиологических и возрастных норм питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) договор – гражданско-правовой договор об оказании услуг или поставки товаров, заключенный между заказчиком и поставщиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации питания в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Способы организации питания в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Организация питания в организациях среднего образования осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приобретения услуг по организации питания обучающихся на конкурсной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) приобретения товаров, связанных с обеспечением питания обучающихся на конкурсной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13) отандық қызмет көрсетушілерді, тауар өндірушілерді қолдау - 2015 жылғы 29 қазандағы Қазақстан Республикасының Кәсіпкерлік Кодексінің 17-бабының </w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+      3) в случае необходимости закупа отсутствующего оборудования и/или замены изношенного оборудования школьной столовой на новое энергосберегающее оборудование путем приобретения услуг по организации питания обучающихся в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о государственно-частном партнерстве и настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Орта білім беру ұйымдарында тамақтандыруды ұйымдастыру тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+        <w:t xml:space="preserve"> Параграф 2. Процедура организации питания в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Процедура выбора поставщика услуги по организации питания обучающихся на конкурсной основе или товаров, связанных с обеспечением питания обучающихся на конкурсной основе предусматривает выполнение организатором конкурса следующих последовательных мероприятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утверждение конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) извещение организатором конкурса потенциальных поставщиков об осуществлении процедуры выбора поставщика путем подачи объявления, которое размещается на интернет-ресурсе организатора конкурса и (или) органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование и утверждение состава конкурсной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) прием документов на участие в конкурсе у потенциальных поставщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение комиссией документов для определения потенциальных поставщиков, соответствующих и (или) не соответствующих требованиям, предъявляемым к поставщику услуги или товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключение договора об оказании услуги или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В случае если организатором конкурса по выбору поставщика услуги является орган управления образованием, либо другой орган, по решению местного исполнительного органа области, городов республиканского значения и столицы конкурс проводится с разбивкой на лоты по организациям образования. При приобретении товаров - допускается проведение конкурса с разбивкой на лоты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Приобретение услуги или товаров осуществляется организатором конкурса на основании утвержденного плана приобретения услуги или товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. На основании соответствующего бюджета организатор конкурса в течение десяти рабочих дней со дня утверждения соответствующего бюджета разрабатывает и утверждает план приобретения услуги или товаров на финансовый год на основе потребности в услугах или товарах по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии обучающихся, имеющих право на получение бесплатного питания в плане приобретения услуг или товаров по организации питания не указываются бюджетные средства и не требуется внесение обеспечения заявки, исполнения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Организатор конкурса в течение пяти рабочих дней со дня утверждения плана приобретения услуги или товаров размещает его на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Внесение изменений и (или) дополнений в план приобретения услуг или товаров осуществляется в случаях внесения изменений и (или) дополнений в бюджет заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организатор конкурса в течение пяти рабочих дней со дня принятия решения о внесении изменений и (или) дополнений в план приобретения услуг или товаров размещает внесенные изменения и (или) дополнения на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Конкурсная комиссия создается приказом организатора конкурса и состоит из нечетного количества членов комиссии, но не менее семи человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав конкурсной комиссии по согласованию включаются представители попечительских советов школ, местных исполнительных органов, осуществляющих в пределах своей компетенции руководство в сфере управления государственным имуществом, территориальных подразделений ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения, неправительственных организаций в области защиты прав детей и родительской общественности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Из числа членов конкурсной комиссии большинством голосов избирается председатель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время отсутствия председателя его функции выполняет один из членов комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Организационная деятельность комиссии обеспечивается секретарем комиссии, который не является членом комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Заседание конкурсной комиссии является правомочным, если на нем присутствует не менее двух третей членов конкурсной комиссии. В случае отсутствия одного из членов конкурсной комиссии, в протоколе заседания конкурсной комиссии указывается причина его отсутствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Решение конкурсной комиссии принимается открытым голосованием и считается принятым, если за него подано большинство голосов от общего количества присутствующих на заседании членов комиссии. В случае равенства голосов, принятым считается решение членов комиссии, за которое проголосовал председатель комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Решение комиссии оформляется секретарем комиссии в виде протокола, подписывается и полистно парафируется всеми присутствующими членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По запросу потенциального поставщика или его представителя выдается выписка из протокола заседания комиссии относительно принятого решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Организатор конкурса разрабатывает и утверждает конкурсную документацию в соответствии с Типовой конкурсной документацией по выбору поставщика (далее – Типовая конкурсная документация) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, включающую в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) перечень категорий получателей услуги по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации, при выборе поставщика товаров перечень приобретаемых товаров по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) техническое задание к конкурсной документации по выбору поставщика согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выборе поставщика услуги к техническому заданию к конкурсной документации по выбору поставщика прилагается перспективное меню, требуемое для обеспечения обучающихся, имеющих право на получение бесплатного питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) заявку на участие в конкурсе для юридических и физических лиц по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) сведения о квалификации работников потенциального поставщика по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) критерии выбора поставщика услуги или товаров согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) Типовой договор согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Для поддержки отечественных производителей услуг, товаров организатор конкурса (заказчик) предусматривает в техническом задании, договоре требования к потенциальным поставщикам о приобретении не менее 80% (восьмидесяти процентов) продуктов питания в рамках организации питания, у отечественных производителей услуг, товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Конкурсная документация размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы и представляются по требованию потенциальных поставщиков в бумажном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Секретарь конкурсной комиссии представляет потенциальным поставщикам копии конкурсной документации под роспись и вносит данные в журнал регистрации лиц, получивших копию конкурсной документации по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Журнал регистрации лиц прошивается, пронумеровываются, последняя страница скрепляется печатью организатора конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Организатор конкурса в течение пяти календарных дней со дня утверждения конкурсной документации, но не менее чем за двадцать календарных дней до окончательной даты представления потенциальными поставщиками конкурсной документации, информирует потенциальных поставщиков путем размещения на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы объявления о конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В объявлении указываются полный почтовый адрес организатора конкурса, номер кабинета, фамилия, имя, отчество (при его наличии) ответственного за прием и регистрацию конкурсной документации, дата и время окончания приема заявок, а также дата, время и место вскрытия конвертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. На участие в конкурсе претендует потенциальный поставщик, обладающий правоспособностью, являющийся платежеспособным и обладающий материальными и трудовыми ресурсами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Потенциальный поставщик или его представитель по доверенности направляет на почтовый адрес организатора конкурса, либо нарочно пакет документов в прошитом и пронумерованном виде, заверенном подписью и печатью потенциального поставщика до истечения окончательного срока их представления, содержащий следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявку на участие в конкурсе, составленную на государственном и русском языках, подписанную и заверенную печатью (при наличии) потенциального поставщика согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации с указанием срока действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документы, подтверждающие правоспособность и дееспособность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для юридических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию справки о государственной регистрации (перерегистрации) юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию устава, утвержденного в установленном законодательством порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию свидетельства о государственной регистрации индивидуального предпринимателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доверенность лицу, представляющему его интересы на право подачи, подписания заявки на участие в конкурсе и в заседаниях комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об отсутствии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наличии) налоговой задолженности налогоплательщика, задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям, полученные не ранее одного месяца, предшествующего дате вскрытия конвертов с конкурсными заявками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оригинал документа, подтверждающего обеспечение заявки на участие в конкурсе в виде банковской гарантии или гарантийного денежного взноса при наличии обучающихся, имеющих право на получение бесплатного питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) техническое задание к конкурсной документации по выбору поставщика согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выборе поставщика услуги к техническому заданию к конкурсной документации по выбору поставщика прилагается перспективное меню, требуемое для обеспечения обучающихся, имеющих право на получение бесплатного питания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сведения о квалификации работников потенциального поставщика по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Заявка на участие и соответствующие документы представляются потенциальным поставщиком организатору конкурса в прошитом, пронумерованном виде без исправлений и помарок. Последняя страница заявки заверяется подписью первого руководителя и скрепляется печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае разбивки конкурса по лотам, потенциальный поставщик предоставляет документы на участие в конкурсе отдельно на каждый лот.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Потенциальный поставщик вносит обеспечение заявки в виде банковской гарантии или гарантийного денежного взноса на банковский счет организатора конкурса в размере не менее одного процента от суммы, выделенной на конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Секретарь конкурсной комиссии принимает конверты с конкурсной документацией потенциального поставщика и вносит в журнал регистрации заявок сведения о потенциальных поставщиках, представивших заявки на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Журнал регистрации заявок на участие в конкурсе оформляется по аналогии с журналом регистрации лиц, получивших копии конкурсной документации в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил с учетом внесения сведений о дате и времени регистрации заявки или отказа в регистрации заявки с указанием причины отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Документы, представленные после истечения установленного организатором конкурса срока, не подлежат регистрации и возвращаются потенциальным поставщикам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Вскрытие конвертов с документами потенциальных поставщиков проводится конкурсной комиссией в день окончания приема документов и время, указанное в объявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Председатель комиссии информирует присутствующих о составе конкурсной комиссии, количестве потенциальных поставщиков, представивших в установленный срок документов на участие в конкурсе, и осуществляет вскрытие конвертов потенциальных поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вскрытию подлежат конверты потенциальных поставщиков, представленные в сроки, установленные в объявлении организатора конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Протокол вскрытия конвертов оформляется по форме согласно приложению 5 к настоящим Правилам, подписывается, полистно парафируется председателем и членами конкурсной комиссии и размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Конкурсная комиссия в течение пяти рабочих дней со дня вскрытия конвертов с заявками рассматривает заявку на предмет полноты и соответствия конкурсной документации для допуска к участию в конкурсе. Документы, несоответствующие требованиям конкурсной документации отклоняются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае необходимости установления достоверности представленных потенциальным поставщиком документов, комиссия в письменном виде запрашивает необходимую информацию у соответствующих государственных органов и юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Не допускаются запросы и действия конкурсной комиссии, связанные с приведением документов потенциального поставщика в соответствие с требованиями конкурсной документации, дополнением недостающими документами, заменой документов, исправлением ненадлежащим образом оформленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Потенциальные поставщики и (или) их представители по желанию присутствуют при вскрытии заявок комиссией, не вмешиваясь в деятельность комиссии с правом ведения аудиозаписи и видеосъемки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Конкурсная комиссия определяет потенциальных поставщиков, соответствующих требованиям конкурсной документации и признает их участниками конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      34. Решение конкурсной комиссии оформляется протоколом о допуске к участию в конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, который подписывается и полистно парафируется председателем, заместителем председателя и членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол о допуске к участию в конкурсе не позднее одного рабочего дня со дня заседания комиссии размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Конкурсная комиссия в течение двух рабочих дней со дня опубликования протокола о допуске к участию в конкурсе рассматривает документацию допущенных потенциальных поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Допускается несоответствие технического задания потенциального поставщика техническому заданию, составленному организатором конкурса, если предлагается услуга с лучшими характеристиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Победителем конкурса признается потенциальный поставщик, соответствующий требованиям конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. В случае допуска к конкурсу двух и более потенциальных поставщиков применяются критерии выбора поставщика услуги или товаров согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации. В этом случае, победителем конкурса признается потенциальный поставщик, набравший наибольшее количество баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если в конкурсе участвовал один потенциальный поставщик, представивший заявку в соответствии с требованиями конкурсной документации и отвечающий требованиям настоящих Правил, то он признается победителем конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае, если два и более потенциальных поставщика набрали одинаковое количество баллов победителем признается участник конкурса, имеющий наибольший опыт работы на рынке услуги по критериям выбора поставщика услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации, имеющий наибольший опыт работы на рынке товаров по критериям выбора поставщика товаров согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации. При равенстве опыта работы нескольких потенциальных поставщиков, победителем признается потенциальный поставщик заявка на участие в конкурсе которого поступила ранее заявок на участие в конкурсе других потенциальных поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Председатель оглашает лицам, присутствующим на заседании конкурсной комиссии, результаты конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z131" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40. Протокол об итогах конкурса оформляется по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, подписывается, полистно парафируется председателеми членами конкурсной комиссии и размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы в течение одного рабочего дня со дня подписания протокола об итогах конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z132" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол об итогах конкурса является основанием для заключения договора об оказании услуги или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z133" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Потенциальный поставщик, признанный победителем конкурса в течение десяти календарных дней со дня подписания протокола об итогах конкурса и их официального опубликования на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы, вносит обеспечение исполнения договора в размере не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия обучающихся, имеющих право на получение бесплатного питания потенциальный поставщик услуги не вносит обеспечение исполнения договора в размере не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Организатор конкурса в течение двух рабочих дней после внесения потенциальным поставщиком обеспечения исполнения договора, направляет потенциальному поставщику подписанный договор об оказании услуги или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Поставщик в течение пяти рабочих дней со дня получения договора подписывает и возвращает организатору конкурса подписанный договор об оказании услуги или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Потенциальный поставщик, не подписавший договор в течение указанного срока, считается уклонившимся от заключения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Обеспечение заявки на участие в конкурсе не возвращается организатором конкурса потенциальному поставщику при наступлении одного из следующих случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) потенциальный поставщик, определенный победителем конкурса или занявший второе место, уклонился от заключения договора о поставке товаров и услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) победитель конкурса либо потенциальный поставщик, занявший второе место, заключив договор о поставке товаров и услуг, не исполнил или ненадлежащим образом исполнил, в том числе несвоевременно исполнил требования, установленные конкурсной документацией, о внесении и (или) сроках внесения обеспечения исполнения договора о поставке товара или услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. При наступлении одного из случаев, предусмотренных пунктом 45 настоящих Правил, сумма обеспечения заявки на участие в конкурсе зачисляется в доход соответствующего бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Договор заключается согласно утвержденному индивидуальному плану финансирования по обязательствам на соответствующий финансовый год в пределах выделенных средств и продлевается не более двух раз по истечении срока действия договора при отсутствии нарушений со стороны поставщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При изменении количества обучающихся, имеющих право на бесплатное питание составляется дополнительное соглашение к действующему договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Потенциальный поставщик, признанный победителем в конкурсе по выбору поставщика услуги, в течение пятнадцати календарных дней заключает договор аренды помещения и оборудования школьной столовой в соответствии с законодательством Республики Казахстан о государственном имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Поставщик услуги после получения договора аренды получает санитарно-эпидемиологическое заключение о соответствии (несоответствии) объекта нормативным правовым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере санитарно-эпидемиологического благополучия населения и гигиеническим нормативам по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к приказу Министра национальной экономики Республики Казахстан от 30 мая 2015 года № 415 "Об утверждении форм учетной и отчетной документации в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11626) до оказания услуги по организации питания обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Все споры, возникающие в процессе исполнения договорных обязательств, разрешаются в соответствии с гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. В случае, если имеется необходимость в оказании услуг по организации питания обучающихся или поставке товаров, в соответствии с потребностью на период до подведения итогов конкурса, но не более трех месяцев финансового года организатор конкурса принимает решение о привлечении поставщика, оказывающего услуги по организации питания или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае принятия данного решения, организатор конкурса направляет запрос поставщику, оказывающему услуги по организации питания или поставки товаров, на оказание услуг или поставки товаров по организации питания обучающихся в организациях среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Поставщик, оказывающий услуги по организации питания или поставку товаров, в случае согласия в течение трех рабочих дней со дня получения письма от организатора конкурса направляет ответ с приложением копии справки о государственной регистрации юридического лица, устава (для юридических лиц) или свидетельства о государственной регистрации индивидуального предпринимателя, документа, удостоверяющего личность (для физических лиц), техническое задание и сведения о квалификации работников потенциального поставщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Организатор конкурса в течение одного рабочего дня после получения письма от поставщика услуги или товаров направляет ему подписанный договор об оказании услуги или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Поставщик в течение одного рабочего дня со дня получения договора возвращает организатору конкурса подписанный договор об оказании услуги или поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Секретарь конкурсной комиссии в течение двух рабочих дней размещает на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы, информацию о поставщике услуги или товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Конкурс признается организатором конкурса несостоявшимся в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствия представленных заявок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) если к участию в конкурсе не допущен ни один потенциальный поставщик;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) победитель конкурса уклонился от заключения договора, в случае если данный поставщик является единственным участником конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. В случае признания конкурса несостоявшимся, организатор конкурса объявляет о повторном проведении конкурса не позднее одного рабочего дня со дня признания конкурса несостоявшимся, но не менее чем за десять календарных дней до окончательной даты представления потенциальными поставщиками заявок на участие в конкурсе путем размещения на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы объявления о конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае уклонения победителя конкурса от заключения договора, при участии в конкурсе двух и более потенциальных поставщиков, конкурсная комиссия принимает решение о заключении договора с потенциальным поставщиком, следующим по количеству набранных баллов за победителем конкурса в соответствии с критериями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поставщиков услуг или товаров и в течение двух рабочих дней направляет ему договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потенциальный поставщик в течение трех рабочих дней со дня получения договора подписывает и возвращает организатору конкурса подписанный договор об оказании услуги или поставке товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. При признании повторного конкурса несостоявшимся в соответствии с пунктом 56 по решению конкурсной комиссии, организатор конкурса принимает решение о привлечении поставщика, оказывающего услуги, поставку товаров по организации питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z161" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Привлечение поставщика осуществляется по аналогии с пунктами 52, 53, 54, 55 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 - параграф. Орта білім беру ұйымдарында тамақтандыруды ұйымдастыру тәсілдері</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+        <w:t xml:space="preserve"> Параграф 3. Порядок приобретения услуг по организации питания обучающихся в организациях среднего образования в соответствии с Законом о государственно-частном партнерстве</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z163" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      59. Определение частного партнера осуществляется способами, установленными в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о государственно-частном парнерстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      60. Определение соответствия потенциального частного партнера квалификационным требованиям осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 34</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о государственно-частном парнерстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. Приобретения услуг по организации питания обучающихся в организациях среднего образования в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о государственно-частном партнерстве осуществляется на основании заявки согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z166" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае отклонения заявки конкурс проводится в соответствии с Порядком организации питания в организациях среднего образования, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>параграфом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главы 2 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z167" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      62. В случае, если имеется необходимость в оказании услуг по организации питания обучающихся, в соответствии с потребностью на период до заключения договора о государственно-частном партнерстве организация среднего образования или орган управления образованием, в случае, когда организация среднего образования не ведет самостоятельно бухгалтерский учет принимает решение о привлечении поставщика, оказывающего услуги по организации питания в соответствии в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z168" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае принятия данного решения, организатор конкурса направляет запрос поставщику, оказывающему услуги по организации питания, на оказание услуг по организации питания обучающихся в организациях среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z169" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      63. Обеспечение условий для организации питания обучающихся в организациях среднего образования осуществляется в соответствии с Порядком обеспечения условий для организации питания обучающихся в организациях среднего образования, предусмотренными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>параграфом 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главы 2 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z170" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 - параграф. Орта білім беру ұйымдарында тамақтандыруды ұйымдастыру рәсімі</w:t>
-[...183 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="54"/>
+        <w:t xml:space="preserve"> Параграф 3. Порядок обеспечения условий для организации питания обучающихся в организациях среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z171" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Тиісті бюджет негізінде конкурсты ұйымдастырушы тиісті бюджет бекітілген күннен бастап он жұмыс күні ішінде осы Қағидаларға </w:t>
-[...283 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="68"/>
+      64. Организация питания осуществляется согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункту 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 144 Кодекса Республики Казахстан от 18 сентября 2009 года "О здоровье народа и системе здравоохранения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z172" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Время работы столовой и (или) буфета и завершатся не позднее, чем за час до окончания учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z173" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Органы управления образованием и организации среднего образования создают на интернет-ресурсе рубрику "Школьное питание" и обеспечивают систематическое размещение информации по организации питания обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z174" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Руководитель организации среднего образования в соответствии с перспективным меню ежедневно утверждает меню на предстоящий день и размещает его в столовой, и в месте, доступном для родителей или законных представителей обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z175" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Поставщик услуги ежемесячно предоставляет руководителю организации среднего образования сведения об используемом перечне продуктов питания для обучающихся с приложением документов, удостоверяющих качество и безопасность продукции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z176" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. В организации среднего образования создается комиссия по мониторингу за качеством питания с участием представителей попечительского совета, родительского комитета, администрации школы, медицинского работника медицинского пункта организации образования. Председателем комиссии является руководитель организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z177" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. В задачи комиссии входит осуществление мониторинга за качеством поступающих продуктов питания, технологией приготовления блюд, исправностью холодильно–технологического оборудования, соблюдением сроков и условий хранения продуктов и готовых блюд.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Итоги работы комиссии ежеквартально оформляются в виде информации с последующим их рассмотрением на педагогическом совете организации образования и размещением на интернет-ресурсе организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z179" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Межведомственные экспертные группы по контролю за качеством питания, действующие при органах управления образованием ведут систематический мониторинг деятельности комиссий по мониторингу за качеством питания и принимают меры по эффективной организации питания школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z180" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Процедура приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, в организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z181" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Процедура выбора поставщика товаров предусматривает выполнение организатором конкурса следующих последовательных мероприятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z182" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) утверждение конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z183" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) извещение организатором конкурса потенциальных поставщиков об осуществлении процедуры выбора поставщика путем подачи объявления, которое размещается на интернет-ресурсе организатора конкурса и (или) органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) формирование и утверждение состава конкурсной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) прием документов на участие в конкурсе у потенциальных поставщиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение комиссией документов для определения потенциальных поставщиков, соответствующих и (или) не соответствующих требованиям, предъявляемым к поставщику товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z187" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключение договора поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Приобретение товаров осуществляется организатором конкурса на основании утвержденного плана приобретения товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z189" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. На основании соответствующего бюджета организатор конкурса в течение десяти рабочих дней со дня утверждения соответствующего бюджета разрабатывает и утверждает план приобретения товаров на финансовый год на основе потребности в товарах по форме согласно приложению 1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z190" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. В дошкольных организациях, в которых 100 процентов затрат на питание взимается с родителей или законных представителей план приобретения товаров утверждается в декабре месяце финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z191" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Организатор конкурса или руководитель дошкольной организации, в которой 100 процентов затрат за питание взимается с родителей или законных представителей в течение пяти рабочих дней со дня утверждения плана приобретения товаров размещает его на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z192" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Внесение изменений и (или) дополнений в план приобретения товаров осуществляется в случаях внесения изменений и (или) дополнений в бюджет заказчика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z193" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организатор конкурса или руководитель дошкольной организации, в которой 100 процентов затрат за питание взимается с родителей или законных представителей в течение пяти рабочих дней со дня принятия решения о внесении изменений и (или) дополнений в план приобретения товаров размещает внесенные изменения и (или) дополнения на интернет-ресурсе организатора конкурса, дошкольной организации, в которой 100 процентов затрат за питание взимается с родителей или законных представителей, или органа управления образованием в случае отсутствия у организатора конкурса, дошкольной организации собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z194" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Конкурсная комиссия создается приказом организатора конкурса и состоит из нечетного количества членов комиссии, но не менее семи человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z195" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав конкурсной комиссии по согласованию включаются представители попечительских советов школ, местных исполнительных органов, осуществляющих в пределах своей компетенции руководство в сфере управления государственным имуществом, территориальных подразделений ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения, неправительственных организаций в области защиты прав детей и родительской общественности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z196" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Из числа членов конкурсной комиссии большинством голосов избирается председатель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z197" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время отсутствия председателя его функции выполняет один из членов комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z198" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Организационная деятельность комиссии обеспечивается секретарем комиссии, который не является членом комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z199" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Заседание конкурсной комиссии является правомочным, если на нем присутствует не менее двух третей членов конкурсной комиссии. В случае отсутствия одного из членов конкурсной комиссии, в протоколе заседания конкурсной комиссии указывается причина его отсутствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z200" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Решение конкурсной комиссии принимается открытым голосованием и считается принятым, если за него подано большинство голосов от общего количества присутствующих на заседании членов комиссии. В случае равенства голосов, принятым считается решение членов комиссии, за которое проголосовал председатель комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z201" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Решение комиссии оформляется секретарем комиссии в виде протокола, подписывается и полистно парафируется всеми присутствующими членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z202" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По запросу потенциального поставщика или его представителя выдается выписка из протокола заседания комиссии относительно принятого решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z203" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Осы Қағидаларға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="69"/>
+      85. Организатор конкурса разрабатывает и утверждает конкурсную документацию в соответствии с Типовой конкурсной документацией по выбору поставщика (далее – Типовая конкурсная документация) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, включающую в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z204" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Үлгілік конкурстық құжаттамаға </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="70"/>
+      1) перечень приобретаемых товаров по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z205" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Үлгілік конкурстық құжаттамаға </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="72"/>
+      2) техническое задание к конкурсной документации по выбору поставщика согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z206" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) Үлгілік конкурстық құжаттамаға </w:t>
-[...9 lines deleted...]
-        <w:t>4</w:t>
+      3) заявку на участие в конкурсе для юридических и физических лиц по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-қосымшаларға</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="73"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z207" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) Үлгілік конкурстық құжаттамаға </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="74"/>
+      4) сведения о квалификации работников потенциального поставщика по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z208" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) Үлгілік конкурстық құжаттамаға </w:t>
-[...9 lines deleted...]
-        <w:t>7</w:t>
+      5) критерии выбора поставщика товаров согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z209" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) Типовой договор согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z210" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Для поддержки отечественных производителей услуг, товаров организатор конкурса (заказчик) предусматривает в техническом задании, договоре требования к потенциальным поставщикам о приобретении не менее 80% (восьмидесяти процентов) продуктов питания в рамках организации питания, у отечественных производителей услуг, товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z211" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Конкурсная документация размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы и представляются по требованию потенциальных поставщиков в бумажном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z212" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Секретарь конкурсной комиссии представляет потенциальным поставщикам копии конкурсной документации под роспись и вносит данные в журнал регистрации лиц, получивших копию конкурсной документации по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z213" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Журнал регистрации лиц прошивается, пронумеровываются, последняя страница скрепляется печатью организатора конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z214" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      89. Организатор конкурса в течение пяти календарных дней со дня утверждения конкурсной документации, но не менее чем за двадцать календарных дней до окончательной даты представления потенциальными поставщиками конкурсной документации, информирует потенциальных поставщиков путем размещения на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы объявления о конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z215" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В объявлении указываются полный почтовый адрес организатора конкурса, номер кабинета, фамилия, имя, отчество (при его наличии) ответственного за прием и регистрацию конкурсной документации, дата и время окончания приема заявок, а также дата, время и место вскрытия конвертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z216" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. На участие в конкурсе претендует потенциальный поставщик, обладающий правоспособностью, являющийся платежеспособным и обладающий материальными и трудовыми ресурсами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z217" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Потенциальный поставщик или его представитель по доверенности направляет на почтовый адрес организатора конкурса, либо нарочно пакет документов в прошитом и пронумерованном виде, заверенном подписью и печатью потенциального поставщика до истечения окончательного срока их представления, содержащий следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявку на участие в конкурсе, составленную на государственном и русском языках, подписанную и заверенную печатью (при наличии) потенциального поставщика согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8-қосымшаларға</w:t>
-[...73 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="78"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации с указанием срока действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z219" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документы, подтверждающие правоспособность и дееспособность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для юридических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z221" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию справки о государственной регистрации (перерегистрации) юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z222" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию устава, утвержденного в установленном законодательством порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z223" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию свидетельства о государственной регистрации индивидуального предпринимателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z225" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копию документа, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z226" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доверенность лицу, представляющему его интересы на право подачи, подписания заявки на участие в конкурсе и в заседаниях комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z227" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об отсутствии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наличии) налоговой задолженности налогоплательщика, задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям, полученные не ранее одного месяца, предшествующего дате вскрытия конвертов с конкурсными заявками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z228" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оригинал документа, подтверждающего обеспечение заявки на участие в конкурсе в виде банковской гарантии или гарантийного денежного взноса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z229" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Конкурстық комиссияның хатшысы конкурс қатысушыларына конкурстық құжаттаманың қағаз түріндегі көшірмелерін қол қойғызып береді және деректерді осы Қағидаларға </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+      5) техническое задание к конкурсной документации по выбору поставщика согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z230" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Үлгілік конкурстық құжаттамаға </w:t>
-[...243 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="95"/>
+      6) о квалификации работников потенциального поставщика по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z231" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Заявка на участие и соответствующие документы представляются потенциальным поставщиком организатору конкурса в прошитом, пронумерованном виде без исправлений и помарок. Последняя страница заявки заверяется подписью первого руководителя и скрепляется печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z232" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае разбивки конкурса по лотам, потенциальный поставщик предоставляет документы на участие в конкурсе отдельно на каждый лот.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z233" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Потенциальный поставщик вносит обеспечение заявки в виде банковской гарантии или гарантийного денежного взноса на банковский счет организатора конкурса в размере не менее одного процента от суммы, выделенной на конкурс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z234" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Секретарь конкурсной комиссии принимает конверты с конкурсной документацией потенциального поставщика и вносит в журнал регистрации заявок сведения о потенциальных поставщиках, представивших заявки на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z235" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Журнал регистрации заявок на участие в конкурсе оформляется по аналогии с журналом регистрации лиц, получивших копии конкурсной документации в соответствии с пунктом 86 настоящих Правил с учетом внесения сведений о дате и времени регистрации заявки или отказа в регистрации заявки с указанием причины отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z236" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Документы, представленные после истечения установленного организатором конкурса срока, не подлежат регистрации и возвращаются потенциальным поставщикам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z237" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Вскрытие конвертов с документами потенциальных поставщиков проводится конкурсной комиссией в день окончания приема документов и время, указанное в объявлении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z238" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Председатель комиссии информирует присутствующих о составе конкурсной комиссии, количестве потенциальных поставщиков, представивших в установленный срок документов на участие в конкурсе, и осуществляет вскрытие конвертов потенциальных поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z239" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вскрытию подлежат конверты потенциальных поставщиков, представленные в сроки, установленные в объявлении организатора конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z240" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) Үлгілік конкурстық құжаттамаға </w:t>
-[...243 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="107"/>
+      98. Протокол вскрытия конвертов оформляется по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, подписывается, полистно парафируется председателем и членами конкурсной комиссии и размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z241" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Конкурсная комиссия в течение пяти рабочих дней со дня вскрытия конвертов с заявками рассматривает заявку на предмет полноты и соответствия конкурсной документации для допуска к участию в конкурсе. Документы, несоответствующие требованиям конкурсной документации отклоняются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z242" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае необходимости установления достоверности представленных потенциальным поставщиком документов, комиссия в письменном виде запрашивает необходимую информацию у соответствующих государственных органов и юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z243" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Не допускаются запросы и действия конкурсной комиссии, связанные с приведением документов потенциального поставщика в соответствие с требованиями конкурсной документации, дополнением недостающими документами, заменой документов, исправлением ненадлежащим образом оформленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z244" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Потенциальные поставщики и (или) их представители по желанию присутствуют при вскрытии заявок комиссией, не вмешиваясь в деятельность комиссии с правом ведения аудиозаписи и видеосъемки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z245" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Конкурсная комиссия определяет потенциальных поставщиков, соответствующих требованиям конкурсной документации и признает их участниками конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z246" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. Конверттерді ашу хаттамасы осы Қағидаларға </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z127" w:id="113"/>
+      103. Решение конкурсной комиссии оформляется протоколом о допуске к участию в конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, который подписывается и полистно парафируется председателем, заместителем председателя и членами комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z247" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол о допуске к участию в конкурсе не позднее одного рабочего дня со дня заседания комиссии размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z248" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Конкурсная комиссия в течение двух рабочих дней со дня опубликования протокола о допуске к участию в конкурсе рассматривает документацию допущенных потенциальных поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z249" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Допускается несоответствие технического задания потенциального поставщика техническому заданию, составленному организатором конкурса, если предлагается услуга с лучшими характеристиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z250" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Победителем конкурса признается потенциальный поставщик, соответствующий требованиям конкурсной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z251" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      34. Осы Қағидаларға </w:t>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z132" w:id="118"/>
+      107. В случае допуска к конкурсу двух и более потенциальных поставщиков применяются критерии выбора поставщика товаров согласно критериям выбора поставщика товаров </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Типовой конкурсной документации. В этом случае, победителем конкурса признается потенциальный поставщик, набравший наибольшее количество баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z252" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если в конкурсе участвовал один потенциальный поставщик, представивший заявку в соответствии с требованиями конкурсной документации и отвечающий требованиям настоящих Правил, то он признается победителем конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z253" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если два и более потенциальных поставщика набрали одинаковое количество баллов победителем признается участник конкурса, имеющий наибольший опыт работы на рынке товаров по критериям выбора поставщика товаров согласно приложению 8 к Типовой конкурсной документации. При равенстве опыта работы нескольких потенциальных поставщиков, победителем признается потенциальный поставщик заявка на участие в конкурсе которого поступила ранее заявок на участие в конкурсе других потенциальных поставщиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z254" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Председатель оглашает лицам, присутствующим на заседании конкурсной комиссии, результаты конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z255" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      38. Егер конкурсқа екі және одан да көп әлеуетті өнім берушілерге рұқсат берілген жағдайда Үлгілік конкурстық құжаттамаға </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="120"/>
+      109. Протокол об итогах конкурса оформляется по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, подписывается, полистно парафируется председателем и членами конкурсной комиссии и размещается на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы в течение одного рабочего дня со дня подписания протокола об итогах конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z256" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол об итогах конкурса является основанием для заключения договора поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z257" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Потенциальный поставщик, признанный победителем конкурса в течение десяти календарных дней со дня подписания протокола об итогах конкурса и их официального опубликования на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы, вносит обеспечение исполнения договора в размере не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z258" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Организатор конкурса в течение двух рабочих дней после внесения потенциальным поставщиком обеспечения исполнения договора, направляет потенциальному поставщику подписанный договор поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z259" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Поставщик в течение пяти рабочих дней со дня получения договора подписывает и возвращает организатору конкурса подписанный договор поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z260" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Потенциальный поставщик, не подписавший договор в течение указанного срока, считается уклонившимся от заключения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z261" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Обеспечение заявки на участие в конкурсе не возвращается организатором конкурса потенциальному поставщику при наступлении одного из следующих случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z262" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) потенциальный поставщик, определенный победителем конкурса или занявший второе место, уклонился от заключения договора о поставке товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z263" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) победитель конкурса либо потенциальный поставщик, занявший второе место, заключив договор о поставке товаров, не исполнил или ненадлежащим образом исполнил, в том числе несвоевременно исполнил требования, установленные конкурсной документацией, о внесении и (или) сроках внесения обеспечения исполнения договора о поставке товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z264" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. При наступлении одного из случаев, предусмотренных пунктом 114 настоящих Правил, сумма обеспечения заявки на участие в конкурсе зачисляется в доход соответствующего бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z265" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Договор заключается согласно утвержденному индивидуальному плану финансирования по обязательствам на соответствующий финансовый год в пределах выделенных средств и продлевается не более двух раз по истечении срока действия договора при отсутствии нарушений со стороны поставщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z266" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор вступает в силу после его обязательной регистрации в территориальном подразделении центрального уполномоченного органа по исполнению бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z267" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Все споры, возникающие в процессе исполнения договорных обязательств, разрешаются в соответствии с гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z268" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. В случае, если имеется необходимость в поставке товаров, в соответствии с потребностью на период до подведения итогов конкурса, но не более трех месяцев финансового года организатор конкурса принимает решение о привлечении поставщика товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z269" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае принятия данного решения, организатор конкурса направляет запрос поставщику товаров на поставку товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z270" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Поставщик товаров, в случае согласия в течение трех рабочих дней со дня получения письма от организатора конкурса направляет ответ с приложением копии справки о государственной регистрации юридического лица, устава (для юридических лиц) или свидетельства о государственной регистрации индивидуального предпринимателя, документа, удостоверяющего личность (для физических лиц), техническое задание и сведения о потенциальном поставщике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z271" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Организатор конкурса в течение одного рабочего дня после получения письма от поставщика товаров направляет ему подписанный договор поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z272" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Поставщик в течение одного рабочего дня со дня получения договора возвращает организатору конкурса подписанный договор поставки товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z273" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Секретарь конкурсной комиссии в течение двух рабочих дней размещает на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы, информацию о поставщике товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z274" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Конкурс признается организатором конкурса несостоявшимся в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z275" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствия представленных заявок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z276" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) если к участию в конкурсе не допущен ни один потенциальный поставщик;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z277" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) победитель конкурса уклонился от заключения договора, в случае если данный поставщик является единственным участником конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z278" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Егер екі және одан да көп әлеуетті өнім беруші бірдей балл санын жинаған жағдайда, Үлгілік конкурстық құжаттамаға </w:t>
-[...3713 lines deleted...]
-      Әлеуетті өнім беруші шартты алған күнінен бастап үш жұмыс күні ішінде қол қояды және қол қойылған тауарларды жеткізу туралы шартты конкурс ұйымдастырушысына қайтарады.</w:t>
+      124. В случае признания конкурса несостоявшимся, организатор конкурса объявляет о повторном проведении конкурса не позднее одного рабочего дня со дня признания конкурса несостоявшимся, но не менее чем за десять календарных дней до окончательной даты представления потенциальными поставщиками заявок на участие в конкурсе путем размещения на интернет-ресурсе организатора конкурса или органа управления образованием в случае отсутствия у организатора конкурса собственного интернет-ресурса и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы объявления о конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z286" w:id="272"/>
-[...15 lines deleted...]
-      125. Осы Қағидалардың 122-тармағына сәйкес қайта өткізілген конкурс өткізілмеген болып танылған жағдайда конкурстық комиссияның шешімі бойынша конкурсты ұйымдастырушы тауарларды жеткізетін өнім берушіні тарту туралы шешім қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z279" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае уклонения победителя конкурса от заключения договора, при участии в конкурсе двух и более потенциальных поставщиков, конкурсная комиссия принимает решение о заключении договора с потенциальным поставщиком, следующим по количеству набранных баллов за победителем конкурса в соответствии с критериями выбора поставщиков товаров и в течение двух рабочих дней направляет ему договор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z287" w:id="273"/>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> ұқсас жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z280" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потенциальный поставщик в течение трех рабочих дней со дня получения договора подписывает и возвращает организатору конкурса подписанный договор поставки товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z288" w:id="274"/>
-[...15 lines deleted...]
-      126. Тамақтану шығындарының 100 пайызы ата-аналардан немесе заңды өкілдерден алынатын мектепке дейінгі ұйымдарда тауарларды сатып алу Қазақстан Республикасының азаматтық заңнамасына сәйкес тауарларды жеткізушімен тауарларды жеткізу шартын тікелей жасасу жолымен жүзеге асырылады. Шартқа қол қойылған күннен бастап екі жұмыс күні ішінде мектепке дейінгі ұйымның басшысы мектепке дейінгі ұйымның немесе мектепке дейінгі ұйымда өзінің интернет-ресурсы болмаған жағдайда білім беруді басқару органының интернет-ресурсында және (немесе) тиісті әкімшілік-аумақтық бірліктің аумағында таратылатын мерзімді баспа басылымында тауарларды жеткізуші туралы ақпаратты орналастырады.</w:t>
+    <w:bookmarkStart w:name="z281" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. При признании повторного конкурса несостоявшимся в соответствии с пунктом 123 по решению конкурсной комиссии, организатор конкурса принимает решение о привлечении поставщика товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z289" w:id="275"/>
-[...15 lines deleted...]
-      127. Осы Қағидалардың сақталуын бақылауды балалардың құқықтарын қорғау саласындағы уәкілетті орган және мемлекеттік аудит және қаржылық бақылау органдары жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z282" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Привлечение поставщика осуществляется по аналогии с пунктами 119, 120, 121, 122 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z283" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. В дошкольных организациях, в которых 100 процентов затрат на питание взимается с родителей или законных представителей приобретение товаров осуществляется путем прямого заключения договора поставки товаров с поставщиком товаров в соответствии с гражданским законодательством Республики Казахстан. В течение двух рабочих дней со дня подписания договора руководитель дошкольной организации размещает на интернет-ресурсе дошкольной организации или органа образования в случае отсутствия у дошкольной организации собственного интернет-ресурса, и (или) в периодическом печатном издании, распространяемом на территории соответствующей административно-территориальной единицы, информацию о поставщике товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z284" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Контроль за соблюдением настоящих правил осуществляют уполномоченный орган в области защиты прав детей и органы государственного аудита и финансового контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7469,262 +7521,185 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Правилам организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>обучающихся в организациях среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке дейінгі</w:t>
+              <w:t>образования, а также приобретения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарда, жетім балалар</w:t>
+              <w:t>товаров, связанных с обеспечением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-анасының</w:t>
+              <w:t>питания детей, воспитывающихся и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>организациях, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
-[...38 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...36 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7741,1221 +7716,1272 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бекітемін:</w:t>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждаю:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Тапсырыс берушінің толық</w:t>
+              <w:t>(указать полное наименование</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>атауын және оның лауазымды</w:t>
+              <w:t>Заказчика и фамилия, имя,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>адамының тегін, атын, әкесінің</w:t>
+              <w:t>отчество (при его наличии)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>атын (бар болса) көрсету)</w:t>
+              <w:t>его должностного лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z288" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Көрсетілетін қызметтерді немесе тауарларды сатып алу жоспары</w:t>
-[...73 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> План приобретения услуг или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z289" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИН заказчика_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z290" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование заказчика (на государственном языке) ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z291" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование заказчика (на русском языке) ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z292" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовый год ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="904"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="972"/>
+        <w:gridCol w:w="941"/>
+        <w:gridCol w:w="2249"/>
+        <w:gridCol w:w="2249"/>
+        <w:gridCol w:w="2944"/>
+        <w:gridCol w:w="2945"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1156" w:type="dxa"/>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="941" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алу мәнінің түрі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2162" w:type="dxa"/>
+Вид предмета приобретения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алынатын қызметтердің немесе тауарлардың мемлекеттік тілдегі атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2163" w:type="dxa"/>
+Наименование приобретаемых услуг или товаров на государственном языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алынатын қызметтердің немесе тауарлардың орыс тіліндегі атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3083" w:type="dxa"/>
+Наименование приобретаемых услуг или товаров на русском языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметтердің немесе тауарлардың, мемлекеттік тілдегі сипаттамасы (сипаты)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2832" w:type="dxa"/>
+Характеристика (описание) услуг или товаров на государственном языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметтердің немесе тауарлардың орыс тіліндегі сипаттамасы (сипаты)</w:t>
+Характеристика (описание) услуг или товаров на русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1156" w:type="dxa"/>
+            <w:tcW w:w="941" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:tcW w:w="2249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2163" w:type="dxa"/>
+            <w:tcW w:w="2249" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:tcW w:w="2944" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2832" w:type="dxa"/>
+            <w:tcW w:w="2945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z297" w:id="277"/>
-[...28 lines deleted...]
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z293" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="994"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2468"/>
+        <w:gridCol w:w="1016"/>
+        <w:gridCol w:w="1016"/>
+        <w:gridCol w:w="1582"/>
+        <w:gridCol w:w="2431"/>
+        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="2525"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="994" w:type="dxa"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="994" w:type="dxa"/>
+Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны, көлемі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1823" w:type="dxa"/>
+Количество, объем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бір бірлігі үшін баға, теңге</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2375" w:type="dxa"/>
+Цена за единицу, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алу үшін бекітілген жалпы сома, теңге</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1823" w:type="dxa"/>
+Общая сумма, утвержденная для приобретения, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметтерді көрсету немесе тауарды жеткізу мерзімі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1823" w:type="dxa"/>
+Срок оказания услуг или поставки товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметтерді көрсету немесе тауарды жеткізудің орны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2468" w:type="dxa"/>
+Место оказания услуг или поставки товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аванстық төлемнің мөлшері, %</w:t>
+Размер авансового платежа, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="994" w:type="dxa"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="994" w:type="dxa"/>
+            <w:tcW w:w="1016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcW w:w="1582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcW w:w="2431" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcW w:w="1865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1823" w:type="dxa"/>
+            <w:tcW w:w="1865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2468" w:type="dxa"/>
+            <w:tcW w:w="2525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9024,643 +9050,773 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Правилам организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>обучающихся в организациях среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке дейінгі</w:t>
+              <w:t>образования, а также приобретения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарда, жетім балалар</w:t>
+              <w:t>товаров, связанных с обеспечением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-анасының</w:t>
+              <w:t>питания детей, воспитывающихся и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>организациях, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
-[...38 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z299" w:id="278"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z300" w:id="279"/>
+    <w:bookmarkStart w:name="z296" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жеткізушіні таңдау жөніндегі үлгілік конкурстық құжаттама</w:t>
-[...99 lines deleted...]
-      1. Конкурс өнім берушіні таңдау мақсатында өткізіледі (көрсетілетін қызметтер немесе тауарлар атауын көрсету).</w:t>
+        <w:t xml:space="preserve"> Типовая конкурсная документация по выбору поставщика</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(указать наименование конкурса)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z306" w:id="285"/>
-[...15 lines deleted...]
-      2. Көрсетілетін қызметті немесе тауарды сатып алу жөніндегі осы конкурс (лот) үшін бөлінген сома ____ теңгені құрайды (көрсетілетін қызметтерді немесе тауарларды) лоттарға бөлген жағдайда, әрбір лот үшін сома жеке көрсетіледі).</w:t>
+    <w:bookmarkStart w:name="z297" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организатор конкурса __________________________ (указать полное наименование, местонахождение заказчика, БИН, банковские реквизиты, контактные телефоны, электронный и почтовый адрес)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z307" w:id="286"/>
-[...15 lines deleted...]
-      3. Осы конкурстық құжаттама мыналарды:</w:t>
+    <w:bookmarkStart w:name="z298" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z308" w:id="287"/>
-[...15 lines deleted...]
-      1) осы Үлгілік конкурстық құжаттамаға 1-қосымшаға сәйкес нысан бойынша көрсетілетін қызметтерді алушылар санаттарының тізбесін, тауарды берушіні таңдау кезінде 2-қосымшаға сәйкес нысан бойынша сатып алынатын тауарлардың тізбесін;</w:t>
+    <w:bookmarkStart w:name="z299" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Конкурс проводится с целью выбора поставщика (указать наименование услуг или товаров).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z309" w:id="288"/>
-[...15 lines deleted...]
-      2) осы Үлгілік конкурстық құжаттамаға 3-қосымшаға сәйкес Орта білім беру ұйымдарында білім алушыларды тамақтандыруды ұйымдастыру бойынша қызметті (оқушыларды тиімді тамақтандыруды қамтамасыз ету үшін талап етілетін перспективалы мәзір қоса беріле отырып) немесе тауарларды, сондай-ақ мектепке дейінгі, жетім балалар мен ата-аналарының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін және білім алатын балаларды тамақтандыруды қамтамасыз етумен байланысты тауарларды берушіні таңдау жөніндегі конкурстық құжаттаманың техникалық тапсырмалары;</w:t>
+    <w:bookmarkStart w:name="z300" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сумма, выделенная для данного конкурса (лота) по приобретению услуг или товаров____________________ тенге (в случае разделения услуг или товаров на лоты сумма указывается для каждого лота отдельно), в том числе НДС (указать сумму НДС цифрами и прописью)/без учета НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z310" w:id="289"/>
-[...15 lines deleted...]
-      3) осы Үлгілік конкурстық құжаттамаға 4, 5-қосымшаларға сәйкес нысандар бойынша заңды және жеке тұлғалар үшін конкурсқа қатысуға арналған өтінімді;</w:t>
+    <w:bookmarkStart w:name="z301" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая конкурсная документация включает в себя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z311" w:id="290"/>
-[...15 lines deleted...]
-      4) осы Үлгілік конкурстық құжаттамаға 6-қосымшаға сәйкес нысан бойынша әлеуетті өнім берушінің біліктілігі туралы мәліметтерді;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перечень категорий получателей услуг по форме согласно приложению 1, при выборе поставщика товаров перечень приобретаемых товаров по форме согласно приложению 2 к настоящей Типовой конкурсной документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z312" w:id="291"/>
-[...15 lines deleted...]
-      5) осы Үлгілік конкурстық құжаттамаға 7, 8-қосымшаларға сәйкес таңдау өлшемшарттарын;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) техническое задание к конкурсной документации по выбору поставщика услуги (с приложением перспективного меню, требуемого для обеспечения обучающихся, имеющих право на получение бесплатного питания)или товаров по организации питания обучающихся в организациях среднего образования, а также поставщика товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z313" w:id="292"/>
-[...15 lines deleted...]
-      6) осы Үлгілік конкурстық құжаттамаға 9-қосымшаға сәйкес үлгілік шартты қамтиды.</w:t>
+    <w:bookmarkStart w:name="z304" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) заявку на участие в конкурсе для физических и юридических лиц по формам согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z314" w:id="293"/>
-[...15 lines deleted...]
-      4. Конкурсқа қатысуға ниет білдірген әлеуетті өнім берушіні конкурсқа қатысуға өтінімімен қоса көрсетілетін қызметтерді немесе тауарларды сатып алу үшін бөлінген соманың бір пайызынан кем емес мөлшерде конкурсқа қатысуға арналған өтінімнің қамтамасыз етуін төменде аталған нысандардың біреуімен енгізеді:</w:t>
+    <w:bookmarkStart w:name="z305" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) сведения о квалификации потенциального поставщика по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z315" w:id="294"/>
-[...15 lines deleted...]
-      1) мынадай банк шотында ________ орналастырылатын ақшаның кепілдік берілген ақшалай жарнасы (тапсырыс берушінің не сатып алуды ұйымдастырушының банк шотының толық деректемелері көрсетілсін);</w:t>
+    <w:bookmarkStart w:name="z306" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) критерии выбора поставщика услуги или товаров согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной документации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z316" w:id="295"/>
-[...15 lines deleted...]
-      2) банктік кепілдік.</w:t>
+    <w:bookmarkStart w:name="z307" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) Типовой договор согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой конкурсной документации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z317" w:id="296"/>
-[...15 lines deleted...]
-      Қағидалардың 22 (90)-тармағына сәйкес құжаттар пакетін әлеуетті өнім беруші немесе оның сенімхат бойынша өкілі ________ мерзімге дейін конкурсты ұйымдастырушының ____________________ (конкурсты ұйымдастырушының атауы және мекенжайын көрсету) мекенжайында орналасқан пошталық мекенжайына жібереді немесе комиссияның хатшысына (кабинет №___) қолма-қол береді.</w:t>
+    <w:bookmarkStart w:name="z308" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Потенциальный поставщик, изъявивший желание участвовать в конкурсе, вносит с заявкой на участие в конкурсе обеспечение заявки на участие в конкурсе в размере не менее одного процента от суммы, выделенной для приобретения услуг или товаров, в одной из нижеперечисленных форм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z318" w:id="297"/>
-[...15 lines deleted...]
-      Құжаттарды әлеуетті өнім беруші конкурсты ұйымдастырушыға тігілген, нөмірленген түзетусіз түрінде ұсынады. Өтінімнің соңғы парағына бірінші басшының қолы қойылады және мөрімен бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z309" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гарантийного денежного взноса, размещаемых на следующем банковском счете __________ (указать полные реквизиты банковского счета заказчика или организатора конкурса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z319" w:id="298"/>
-[...15 lines deleted...]
-      Конкурсты ұйымдастырушы белгіленген мерзім өткеннен кейін ұсынылған құжаттар тіркелуге жатпайды және әлеуетті өнім берушілерге қайтарылады.</w:t>
+    <w:bookmarkStart w:name="z310" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) банковской гарантии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z311" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потенциальный поставщик или его представитель по доверенности направляет на почтовый адрес организатора конкурса, находящегося по адресу: _____ (указать наименование и адрес организатора конкурса) либо нарочно сдает секретарю комиссии (кабинет №__) пакет документов согласно пункту 22 (91) Правил в срок до _____ (указать срок окончательного представления документов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z312" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы представляются потенциальным поставщиком организатору конкурса в прошитом, пронумерованном виде без исправлений и помарок. Последняя страница заявки заверяется подписью первого руководителя и скрепляется печатью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z313" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, представленные после истечения установленного организатором конкурса срока, не подлежат регистрации и возвращаются потенциальным поставщикам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9694,959 +9850,965 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>организациях образования,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>организациях образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>для детей-сирот и детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
+              <w:t>оставшихся без попечения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үлгілік конкурстық</w:t>
-[...25 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">родителей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="299"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z316" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Көрсетілетін қызметті алушылар санатының тізбесі</w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Перечень категорий получателей услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z317" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурс по _______________________________________________________________  (указать полное наименование организатора конкурса)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="937"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="3025"/>
+        <w:gridCol w:w="918"/>
+        <w:gridCol w:w="918"/>
+        <w:gridCol w:w="1939"/>
+        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="918"/>
+        <w:gridCol w:w="918"/>
+        <w:gridCol w:w="3728"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="937" w:type="dxa"/>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="937" w:type="dxa"/>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Конкурсты ұйымдастырушының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2241" w:type="dxa"/>
+Наименование организатора конкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру ұйымындағы көрсетілетін қызметті алушылардың жалпы саны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3284" w:type="dxa"/>
+Общее количество получателей услуги в организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде бюджет қаражаты есебінен тегін тамақтандыру мен қамтамасыз етілетін білім алушылар</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+Из них обучающихся, обеспечивающихся бесплатным питанием за счет бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметті көрсету мерзімдері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="938" w:type="dxa"/>
+Сроки оказания услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметті көрсету орны</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3025" w:type="dxa"/>
+Место оказания услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3728" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім алушыларды тегін тамақтандыруды қамтамасыз етуге бюджет қаражаты есебінен бөлінген сома</w:t>
+Сумма, выделенная для обеспечения бесплатным питанием обучающихся за счет бюджетных средств, тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="937" w:type="dxa"/>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="937" w:type="dxa"/>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2241" w:type="dxa"/>
+            <w:tcW w:w="1939" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3284" w:type="dxa"/>
+            <w:tcW w:w="2961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="938" w:type="dxa"/>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="938" w:type="dxa"/>
+            <w:tcW w:w="918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3025" w:type="dxa"/>
+            <w:tcW w:w="3728" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z318" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z319" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись организатора конкурса ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z320" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10680,972 +10842,963 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z329" w:id="300"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z323" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сатып алынатын тауарлардың тізбесі</w:t>
-[...37 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Перечень приобретаемых товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z324" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурс по ______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (указать полное наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1144"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="8423"/>
+        <w:gridCol w:w="969"/>
+        <w:gridCol w:w="970"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лот</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="1145" w:type="dxa"/>
+№ лота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тапсырыс берушінің атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7720" w:type="dxa"/>
+Наименование заказчика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарлардың атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1145" w:type="dxa"/>
+Наименование товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1146" w:type="dxa"/>
+Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Саны, көлемі</w:t>
+Количество, объем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7720" w:type="dxa"/>
+            <w:tcW w:w="8423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1145" w:type="dxa"/>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7720" w:type="dxa"/>
+            <w:tcW w:w="8423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(Тауарлардың сипаттамалары техникалық тапсырмада көрсетілетін жағдайда бұл бағанда тауардың қысқаша атауы және әрбір ұстаным бойынша техникалық тапсырманың нақты бөліміне сілтеме көрсетіледі)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1145" w:type="dxa"/>
+(В случае, когда характеристики товаров описываются в техническом задании, в этой графе указывается краткое наименование товара и ссылка на конкретный раздел технического задания по каждой позиции)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z332" w:id="301"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z325" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1341"/>
         <w:gridCol w:w="1342"/>
         <w:gridCol w:w="1342"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="4945"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11659,195 +11812,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеткізу шарттары</w:t>
+Условия поставки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларды жеткізу мерзімі</w:t>
+Срок поставки товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларды жеткізу орны</w:t>
+Место поставки товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аванстық төлем мөлшері, %</w:t>
+Размер авансового платежа, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алу үшін бөлінген сома (№ лот бойынша), теңге</w:t>
+Сумма, выделенная для приобретения (по лоту №), тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1341" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11994,261 +12147,455 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="302"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z326" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Полное описание и характеристика товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z327" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      указывается в техническом задании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6492"/>
-        <w:gridCol w:w="5808"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6492" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z328" w:id="312"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Должность, фамилия, имя, отчество </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Конкурсты ұйымдастырушы басшысының лауазымы, тегі, аты, әкесінің аты (бар болса) және қолы ___________________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) и подпись</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-/____________ /________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя организатора конкурса</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күні _________________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М.О.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5808" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/_________/__________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="312"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z334" w:id="313"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тапсырыс беруші басшысының лауазымы, тегі, аты, әкесінің аты (бар болса) және қолы</w:t>
+Должность фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-________________________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) и подпись</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-/____________ /_________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>руководителя Заказчика</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күні ___________________________</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М.О.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/_________/__________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата ________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="313"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12285,1195 +12632,1169 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z335" w:id="303"/>
+    <w:bookmarkStart w:name="z341" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жеткізушіні таңдау жөніндегі конкурстық құжаттамаға техникалық тапсырма</w:t>
-[...219 lines deleted...]
-      Санитариялық-эпидемиологиялық талаптарға сәйкес буфет өнімдерін тарату үшін жағдайлар жасалады.</w:t>
+        <w:t xml:space="preserve"> Техническое задание к конкурсной документации по выбору поставщика</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z347" w:id="315"/>
-[...15 lines deleted...]
-      Дайын аспаздық өнімдер мен тамақ өнімдерін тарату сағат ______ (асхананың және (немесе) буфеттің жұмыс уақытын көрсету) жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z342" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услуга по организации питания. В данном техническом задании описываются качественные и количественные характеристики, которым должна соответствовать услуга по организации питания обучающихся в _________ (указать наименование организации среднего образования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z348" w:id="316"/>
-[...15 lines deleted...]
-      Көрсетілетін қызмет беруші ай сайын _____________ (орта білім беру ұйымы басшысының тегін, атын, әкесінің атын (бар болса) көрсету) тамақ өнімдерінің сапасы мен қауіпсіздігін растайтын құжаттарды қоса бере отырып, білім алушылар үшін пайдаланатын тамақ өнімдерінің тізбесі туралы мәлімет ұсынады.</w:t>
+    <w:bookmarkStart w:name="z343" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Питание предоставляется ______ (указать количество) обучающимся, в том числе ______ обучающимся (указать количество) за счет средств местного бюджета на сумму ______ тенге (указать сумму), в том числе НДС (указать сумму НДС цифрами и прописью)/без учета НДС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z349" w:id="317"/>
-[...15 lines deleted...]
-      Әлеуетті өнім беруші шығарылатын өнімнің ассортименттік тізбесін халықтың санитариялық-эпидемиологиялық салауаттылығы саласындағы нормативтік құқықтық актілердің талаптарына сәйкес бекітеді.</w:t>
+    <w:bookmarkStart w:name="z344" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основными целями и задачами при организации питания учащихся в ______ (указать наименование организации образования) являются обеспечение учащихся рациональным питанием, соответствующим возрастным физиологическим потребностям в пищевых веществах и энергии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z350" w:id="318"/>
-[...15 lines deleted...]
-      Тамақтанудың іс жүзіндегі рационы бекітілген перспективалы мәзірге сәйкес келуі тиіс. Санитариялық-эпидемиологиялық заңнама талаптарына сәйкес, ерекше жағдайларда бір өнімді, тағамды және аспаздық бұйымдарды басқаларымен ауыстыруға жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z345" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Питание обучающихся осуществляется в _______ (указать место, где будет организовано питание обучающихся, в столовой и (или) в буфете).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z351" w:id="319"/>
-[...15 lines deleted...]
-      Жекелеген оқушыларға жеңіл (емдәм) тамақтандыру ұйымдастырылады.</w:t>
+    <w:bookmarkStart w:name="z346" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик услуги осуществляет руководство работой пищеблока и его персонала, а также обеспечивает соблюдение технологии приготовления пищи, закладки продуктов, норм выхода порций, отпуск продуктов и блюд обучающимся и контроль качества доставляемых продуктов, соблюдение правил их хранения и реализации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z352" w:id="320"/>
-[...15 lines deleted...]
-      Көрсетілетін қызметті беруші тағамды дайындау технологиясын және дайын тағамдарды каллориялығына сәйкестігін сақтау үшін ас әзірлейтін бөліктерде бірыңғай тағамды дайындау картотекасының бар болуын қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z347" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик услуги обеспечивает соблюдение санитарно- эпидемиологических и гигиенических правил на пищеблоке, в производственных и складских помещениях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z353" w:id="321"/>
-[...15 lines deleted...]
-      Тағамдар картотекасын пайдалану арқылы тамақты дайындау жүзеге асырылады, онда өнімдердің таратылуы, тағамдардың түсімі, әр тағамның құрамы туралы және оның тағамдық құндылығы (ақуыздың, майлардың, көмірсулардың, витаминдердің болуы) және әр тағамның (аспаздық бұйымның) энергетикалық құндылығы (калориялығы) мен әр тамақты қабылдау жиынтығы туралы толық ақпарат көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z348" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик обеспечивает условия для ведения журнала контроля качества готовой пищи (бракеражный) организацией образования, по форме утвержденной Санитарными правилами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z354" w:id="322"/>
-[...15 lines deleted...]
-      Асхананың ас әзірлейтін бөлігінде тағамдарды және аспаздық өнімдерді дайындаудың технологиялық процесін қамтамасыз ету бойынша жұмысты ұйымдастыруды өндіріс меңгерушісі қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z349" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потребительские свойства блюд, пищевых продуктов и кулинарных изделий, их органолептические свойства, технологии и условия изготовления должны соответствовать техническим регламентам Евразийского экономического союза в части безопасности пищевой продукции для детей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z355" w:id="323"/>
-[...15 lines deleted...]
-      Ас әзірлейтін бөлікте санитариялық-эпидемиологиялық заңнама талаптарына сәйкес қажетті құжаттама болуы тиіс (шикі өнімдердің, дайын тамақтың бракераж журналдарын, ас блогы жұмыскерлерінің денсаулық жағдайын тіркеу журналдарын, тамақты витаминдеуді жүргізу журналдарын, мәзірді, тағамдарды дайындаудың технологиялық карталарын, тамақ өнімдеріне кіріс құжаттарын, жеткізілетін тамақ өнімдерінің сапасын растайтын құжаттарын (жөнелтпе құжаттар, сәйкестік сертификаттары, сапа куәлігі, ветеринариялық-санитариялық сараптама құжаттар, ұсыныс-пікірлерге арналған кітап және тағы басқалары) атап көрсету) атап көрсету).</w:t>
+    <w:bookmarkStart w:name="z350" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, доставки блюд с базовой организации школьного питания, в столовую и (или) буфет ________ (указать наименование организации образования) используются специализированные емкости (термоконтейнеры), обеспечивающие сохранение соответствующей температуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z356" w:id="324"/>
-[...15 lines deleted...]
-      Өнім берушіде ас әзірлейтін бөліктің әр қызметкеріне жұмысқа рұқсатымен медициналық кітапшалары бар.</w:t>
+    <w:bookmarkStart w:name="z351" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Горячее питание обучающимся для первой смены предоставляется в _____ (указать время и перемену), для второй смены в (указать время и перемену) согласно установленному режиму питания обучающихся, утвержденному директором _______(указать фамилия, имя, отчество (при его наличии) руководителя).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z357" w:id="325"/>
-[...15 lines deleted...]
-      Өнім беруші бар технологиялық, тоңазытқыш және санитариялық-техникалық жабдықтардың жөнділігін және уақытылы мемлекеттік тексерілуін (өлшем құралдары үшін) қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z352" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Создаются условия для реализации буфетной продукции, которая соответствует санитарно-эпидемиологическим требованиям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z358" w:id="326"/>
-[...15 lines deleted...]
-      Отандық қызмет көрсетушілерді, тауар өндірушілерді қолдау үшін өнім беруші тамақтандыруды ұйымдастыру шеңберінде тамақ өнімдерінің кемінде 80% (сексен пайызын) отандық қызмет көрсетушілерден, тауар өндірушілерден сатып алады.</w:t>
+    <w:bookmarkStart w:name="z353" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Реализация готовой кулинарной продукции и пищевых продуктов осуществляется в ______ часы (указать время работы столовой и (или) буфета).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z359" w:id="327"/>
-[...15 lines deleted...]
-      Тамақтандыруды ұйымдастыру бойынша көрсетілген қызметтің әлеуетті өнім берушісінің өтінімдері, егер:</w:t>
+    <w:bookmarkStart w:name="z354" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик услуги ежемесячно предоставляет _________ (фамилия, имя, отчество (при его наличии) руководителю организации среднего образования) сведения об используемом перечне продуктов питания для обучающихся с приложением документов, удостоверяющих их качество и безопасность.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z360" w:id="328"/>
-[...15 lines deleted...]
-      1) 2015 жылғы 4 желтоқсандағы "Мемлекеттiк сатып алу туралы" Қазақстан Республикасының Заңына сәйкес қалыптасатын мемлекеттiк сатып алуға жосықсыз қатысушылардың тiзiлiмiнде тұрса;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик в обязательном порядке утверждает ассортиментный перечень выпускаемой продукции в соответствии с требованиями нормативных правовых актов в сфере санитарно-эпидемиологического благополучия населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z361" w:id="329"/>
-[...15 lines deleted...]
-      2) егер әлеуетті өнім берушінің жақын туыстары, жұбайы (зайыбы) немесе жекжаттары және (немесе) аталған әлеуетті өнім берушінің өкілі өнім берушіні таңдау туралы шешім қабылдау құқығына ие болса не өткізілетін конкурстарда конкурсты ұйымдастырушының өкілі болып табылса;</w:t>
+    <w:bookmarkStart w:name="z356" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фактический рацион питания должен соответствовать перспективному меню. Замена одних продуктов, блюд и кулинарных изделий на другие допускается в исключительных случаях, в соответствии с требованиями санитарно-эпидемиологического законодательства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z362" w:id="330"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының резиденті болып табылмаса;</w:t>
+    <w:bookmarkStart w:name="z357" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для отдельных категорий учащихся (указать категории учащихся) организуется щадящее (диетическое) питание.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z363" w:id="331"/>
-[...15 lines deleted...]
-      4) бір теңге мөлшерінде және одан астам салық берешегінің және міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары мен әлеуметтік аударымдары бойынша берешегі (төлем мерзімі Қазақстан Республикасының заңнамасына сәйкес ұзартылған жағдайларды қоспағанда) болса қабылданбайды.</w:t>
+    <w:bookmarkStart w:name="z358" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик услуги обеспечивает наличие единой картотеки (технологические карты) приготовления блюд на пищеблоках для соблюдения технологии приготовления и соответствия калорийности готовых блюд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z364" w:id="332"/>
-[...15 lines deleted...]
-      Тауарларды жеткізу. Техникалық тапсырмада жеткізілетін тауарларға сәйкес болуы тиіс сатып алынатын тауарлардың толық сипаты және талап етілетін функционалдық, техникалық, сапалық сипаттамалары беріледі, кепілдік мерзімі, шығару орны көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z359" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приготовление пищи производится с использованием картотеки блюд, в которых отражается раскладка продуктов, выход блюд, сведения о технологии приготовления блюд, полная информация о составе каждого блюда и его пищевой ценности (содержание белков, жиров, углеводов, витаминов) и энергетической ценности (калорийности) каждого блюда (кулинарного изделия) и каждого приема пищи в совокупности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z365" w:id="333"/>
-[...15 lines deleted...]
-      Тауарларға берілетін техникалық тапсырмада функционалдық, техникалық, сапалық сипаттамаларын сипаттау функционалдық шектерді, техникалық сипаттама параметрлерін, үздік сипаттаманы айқындау мақсатында тауардың мақсатын қамтитын тиісті бөлімдерге бөлінуге тиіс.</w:t>
+    <w:bookmarkStart w:name="z360" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организацию работы по обеспечению технологического процесса приготовления блюд и кулинарной продукции на пищеблоке столовой обеспечивает заведующий производством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z366" w:id="334"/>
-[...15 lines deleted...]
-      Сатып алынатын өнімдер тамақ өнімдерінің қауіпсіздігі туралы Қазақстан Республикасы заңнамасының талаптарына сәйкес болуы тиіс.</w:t>
+    <w:bookmarkStart w:name="z361" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В пищеблоке постоянно должна находиться необходимая документация в соответствии с требованиями санитарно-эпидемиологического законодательства (перечислить журналы бракеражей сырой продукции, готовой пищи, журнал регистрации состояния здоровья работников пищеблока, журнал проведения витаминизации блюд, меню, технологические карты на приготовляемые блюда, приходные документы на пищевую продукцию, документы, подтверждающие качество поступающей пищевой продукции (накладные, сертификаты соответствия, удостоверения качества, документы ветеринарно-санитарной экспертизы, книга отзывов и предложений и другие).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z367" w:id="335"/>
-[...15 lines deleted...]
-      Отандық тауар өндірушілерді қолдау үшін өнім беруші тамақтандыруды ұйымдастыру шеңберінде тамақ өнімдерінің кемінде 80% (сексен пайызын) тауар өндірушілерден сатып алады.</w:t>
+    <w:bookmarkStart w:name="z362" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      У поставщика в наличии имеются медицинские книжки на каждого работника пищеблока с допуском к работе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z368" w:id="336"/>
-[...15 lines deleted...]
-      Тауарлардың әлеуетті өнім берушісінің өтінімдері, егер:</w:t>
+    <w:bookmarkStart w:name="z363" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставщик обеспечивает исправность и своевременную государственную поверку (для средств измерения) имеющегося технологического, холодильного и санитарно-технического оборудования, а также организует доставку продуктов питания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z369" w:id="337"/>
-[...15 lines deleted...]
-      1) "Мемлекеттiк сатып алу туралы" 2015 жылғы 4 желтоқсандағы Қазақстан Республикасының Заңына сәйкес қалыптасатын мемлекеттiк сатып алуға жосықсыз қатысушылардың тiзiлiмiнде тұрса;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для поддержки отечественных производителей услуг, товаров поставщик приобретает не менее 80% (восьмидесяти процентов) продуктов питания в рамках организации питания, у отечественных производителей услуг, товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z370" w:id="338"/>
-[...15 lines deleted...]
-      2) егер әлеуетті өнім берушінің жақын туыстары, жұбайы (зайыбы) немесе жекжаттары және (немесе) аталған әлеуетті өнім берушінің өкілі өнім берушіні таңдау туралы шешім қабылдау құқығына ие болса не өткізілетін конкурстарда конкурсты ұйымдастырушының өкілі болып табылса;</w:t>
+    <w:bookmarkStart w:name="z365" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявки потенциального поставщика услуг по организации питания не принимаются, если:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z371" w:id="339"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының резиденті болып табылмаса;</w:t>
+    <w:bookmarkStart w:name="z366" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) состоит в Реестре недобросовестных участников государственных закупок, формируемый в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 4 декабря 2015 года "О государственных закупках";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z372" w:id="340"/>
-[...15 lines deleted...]
-      4) бір теңге мөлшерінде және одан астам салық берешегінің және міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары мен әлеуметтік аударымдары бойынша берешегі (төлем мерзімі Қазақстан Республикасының заңнамасына сәйкес ұзартылған жағдайларды қоспағанда) болса қабылданбайды.</w:t>
+    <w:bookmarkStart w:name="z367" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) близкие родственники, супруг(а) или свойственники потенциального и (или) уполномоченного представителя данного потенциального поставщика обладают правом принимать решение о выборе поставщика либо являются представителем организатора конкурса в проводимых конкурсах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z373" w:id="341"/>
-[...15 lines deleted...]
-      Күні</w:t>
+    <w:bookmarkStart w:name="z368" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не является резидентом Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z374" w:id="342"/>
-[...15 lines deleted...]
-      Конкурсты ұйымдастырушының (конкурстық</w:t>
+    <w:bookmarkStart w:name="z369" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличие налоговой задолженности и задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям в размере одного тенге и более (за исключением случаев, когда срок уплаты отсрочен в соответствии с законодательством Республики Казахстан).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z375" w:id="343"/>
-[...15 lines deleted...]
-      құжаттаманы бекіту кезінде) немесе</w:t>
+    <w:bookmarkStart w:name="z370" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поставка товаров. В техническом задании дается полное описание и требуемые функциональные, технические, качественные характеристики приобретаемых товаров, которым должны соответствовать поставляемые товары, срок гарантии, место происхождение.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z376" w:id="344"/>
-[...15 lines deleted...]
-      қызметтерді немесе тауарларды әлеуетті өнім</w:t>
+    <w:bookmarkStart w:name="z371" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В техническом задании на товары описание функциональных, технических, качественных характеристик должны быть распределены на соответствующие разделы, содержащие пределы функциональности, параметры технических характеристик, назначение товара для целей определения лучшей характеристики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z377" w:id="345"/>
-[...15 lines deleted...]
-      беруші (конкурсқа қатысу үшін конкурстық</w:t>
+    <w:bookmarkStart w:name="z372" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приобретаемые продукты питания должны соответствовать требованиям, установленным законодательством Республики Казахстан о безопасности пищевой продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z378" w:id="346"/>
-[...15 lines deleted...]
-      өтінішті ұсыну кезінде) қолы_______________________________</w:t>
+    <w:bookmarkStart w:name="z373" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для поддержки отечественных производителей товаров поставщик приобретает не менее 80% (восьмидесяти процентов) продуктов питания у отечественных производителей товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z379" w:id="347"/>
-[...15 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса), лауазымын көрсету)</w:t>
+    <w:bookmarkStart w:name="z374" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявки потенциального поставщика товаров не принимаются, если:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z380" w:id="348"/>
-[...15 lines deleted...]
-      М.О.</w:t>
+    <w:bookmarkStart w:name="z375" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) состоит в Реестре недобросовестных участников государственных закупок, формируемый в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 4 декабря 2015 года "О государственных закупках";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z376" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) близкие родственники, супруг(а) или свойственники потенциального и (или) уполномоченного представителя данного потенциального поставщика обладают правом принимать решение о выборе поставщика либо являются представителем организатора конкурса в проводимых конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z377" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не является резидентом Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z378" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличие налоговой задолженности и задолженности по обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям в размере одного тенге и более (за исключением случаев, когда срок уплаты отсрочен в соответствии с законодательством Республики Казахстан).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z379" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z380" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись организатора конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z381" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (при утверждении конкурсной документации) или</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z382" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      потенциального поставщика услуги или товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z383" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (при предоставлении конкурсной заявки для участия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z384" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в конкурсе)___________________________________________________       М.П.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указать фамилию, имя, отчество (при наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13507,1478 +13828,1348 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z382" w:id="349"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z387" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конкурсқа қатысуға өтінім (заңды тұлғалар үшін)</w:t>
-[...91 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                    Заявка на участие в конкурсе (для юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z388" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кому_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>От кого___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (полное наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сведения о потенциальном поставщике, претендующем на участие в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12077"/>
-        <w:gridCol w:w="223"/>
+        <w:gridCol w:w="12080"/>
+        <w:gridCol w:w="220"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12077" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="223" w:type="dxa"/>
+              <w:t xml:space="preserve">
+ Юридический, почтовый адреса и контактные телефоны, потенциального поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12077" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды тұлғаның банктік деректемелері (БСН, БСК), сондай-ақ заңды тұлғаға қызмет көрсететін банктің немесе оның филиалының толық атауы мен мекенжайы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="223" w:type="dxa"/>
+Банковские реквизиты юридического лица (БИН, БИК), а также полное наименование и адрес банка или его филиала, в котором юридическое лицо обслуживается</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12077" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="223" w:type="dxa"/>
+              <w:t xml:space="preserve">
+ Фамилия, имя, отчество (при его наличии) первого руководителя юридического лица </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12077" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="223" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Cостоит ли юридическое лицо в реестре недобросовестных участников государственных закупок, формируемый в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Законом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 4 декабря 2015 года "О государственных закупках";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12077" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды тұлғаның басшысында және (немесе) аталған заңды тұлғаның өкілінде өнім берушіні таңдау туралы шешім қабылдау құқығына ие болатын жақын туыстары, жұбайы (зайыбы) немесе жекжаттары бар ма не олар өткізілетін конкурстарда конкурсты ұйымдастырушының өкілі болып табылады ма</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="223" w:type="dxa"/>
+Имеются ли у руководителя юридического лица и (или) уполномоченного представителя данного юридического лица близкие родственники, супруг(а) или свойственники обладающие правом принимать решение о выборе поставщика либо являются ли они представителями организатора конкурса в проводимых конкурсах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12077" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды тұлғаның резиденттігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="223" w:type="dxa"/>
+Резидентство юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...574 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. ___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящей заявкой выражает желание принять участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в качестве потенциального поставщика и согласен осуществить оказание услуги или</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставки товаров__________________________ (указать необходимое) в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требованиями и условиями, предусмотренными конкурсной документацией.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. ____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящей заявкой подтверждает отсутствие нарушений, предусмотренных законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. ____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждает, что он ознакомлен с конкурсной документацией и осведомлен об</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответственности за представление организатору конкурса и конкурсной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>недостоверных сведений о своей правоспособности, квалификации, качественных и иных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>характеристиках оказываемой услуги или приобретаемых товаров</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать необходимое)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а также иных ограничений, предусмотренных действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (полное наименование юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принимает на себя полную ответственность за представление в данной заявке на участие в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсе и прилагаемых к ней документах таких недостоверных сведений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящая конкурсная заявка действует в течение 45 дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. В случае признания ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование юридического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>победителем конкурса обязуемся внести обеспечение исполнения договора на сумму,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>составляющую не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Заявка на участие в конкурсе выполняет роль обязательного договора между нами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _____________________________________________________ М.П.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15012,1700 +15203,1562 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z421" w:id="350"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z392" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конкурсқа қатысуға өтінім (жеке тұлға үшін)</w:t>
-[...91 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                    Заявка на участие в конкурсе (для физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z393" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кому_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>От кого___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (фамилия, имя, отчество (при его наличии)  потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сведения о физическом лице, претендующем на участие в конкурсе (потенциальном поставщике):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12072"/>
-        <w:gridCol w:w="228"/>
+        <w:gridCol w:w="12080"/>
+        <w:gridCol w:w="220"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның - әлеуетті өнім берушінің жеке басын куәландыратын құжатқа сәйкес тегі, аты, әкесінің аты (бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+фамилия, имя, отчество (при его наличии) физического лица - потенциального поставщика, в соответствии с документом, удостоверяющим личность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның - әлеуетті өнім берушінің жеке басын куәландыратын құжаттың деректері (№, кім берген)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+Данные документа удостоверяющего личность физического лица - потенциального поставщика (№, кем выдан)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+              <w:t xml:space="preserve">
+ Адрес прописки физического лица - потенциального поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+              <w:t xml:space="preserve">
+ Номер свидетельства о регистрации, патента либо иного документа дающего право на занятие, соответствующее предмету конкурса, предпринимательской деятельностью в соответствии с законодательством Республики Казахстан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның - әлеуетті өнім берушінің банктік деректемелері (СТН, БСН, ЖСК), сондай-ақ жеке тұлғаға қызмет көрсететін банктің немесе оның филиалының толық атауы мен мекенжайы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+Банковские реквизиты физического лица – потенциального поставщика (ИИН, БИК, ИИК), а также полное наименование и адрес банка или его филиала, в котором обслуживается физическое лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+              <w:t xml:space="preserve">
+ Контактные телефоны, почтовый адрес и адрес электронной почты (при его наличии) физического лица - потенциального поставщика </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Cостоит ли физическое лицо в реестре недобросовестных участников государственных закупок, формируемый в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Законом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 4 декабря 2015 года "О государственных закупках"; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғада және (немесе) аталған жеке тұлғаның өкілінде өнім берушіні таңдау туралы шешім қабылдау құқығына ие болатын жақын туыстары, жұбайы (зайыбы) немесе жекжаттары бар ма не олар өткізілетін конкурстарда конкурсты ұйымдастырушының өкілі болып табылады ма</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+Имеются ли у физического лица и (или) уполномоченного представителя данного физического лица близкие родственники, супруг(а) или свойственники обладающие правом принимать решение о выборе поставщика либо являются ли они представителями организатора конкурса в проводимых конкурсах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12072" w:type="dxa"/>
+            <w:tcW w:w="12080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке тұлғаның резиденттігі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="228" w:type="dxa"/>
+Резидентство физического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...556 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z394" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. _____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указывается фамилия, имя, отчество (при его наличии) физического лица)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящей заявкой выражает желание принять участие в конкурсе (указать полное</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование конкурса) в качестве потенциального поставщика и выражает согласие</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществить оказание услуг или поставку товаров _______________ (указать необходимое) в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии с требованиями и условиями, предусмотренными конкурсной документацией.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. ______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящей заявкой подтверждает отсутствие нарушений ограничений, предусмотренных законодательством.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. ______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждает, что ознакомлен с конкурсной документацией и осведомлен об</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ответственности за представление организатору конкурса недостоверных сведений о своей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правоспособности, квалификации, качественных и иных характеристиках оказываемых услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или приобретаемых товаров (указать необходимое), а так же иных ограничений,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренных действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принимает на себя полную ответственность за представление в данной заявке на участие в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсе и прилагаемых к ней документах таких недостоверных сведений.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Настоящая конкурсная заявка действует в течение 45 дней.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. В случае признания_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>победителем конкурса обязуется внести обеспечение исполнения договора на сумму,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составляющую не менее трех процентов от общей суммы договора (указывается, если </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>внесение обеспечения исполнения договора было предусмотрено в конкурсной документации).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Заявка на участие в конкурсе выполняет роль обязательного договора между нами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16739,816 +16792,791 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z459" w:id="351"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z397" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әлеуетті өнім берушінің қызметкерлерінің біліктілігі туралы мәліметтер (әлеуетті өнім беруші көрсетілетін қызметтерді сатып алу кезінде толтырады)</w:t>
-[...145 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Сведения о квалификации работников потенциального поставщика (заполняется потенциальным поставщиком при приобретении услуг)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z398" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование потенциального поставщика ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Для оказания услуги по организации питания обучающихся в организациях среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образования у потенциального поставщика __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать наименование, фамилию, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   потенциального поставщика) имеются необходимый штат работников.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Общее количество составляет____ работников, в том числе____ повара (ов), ____ технолога</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ов), __ диетолога (ов) и _______ других работников с приложением копий подтверждающих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1980"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2248"/>
+        <w:gridCol w:w="1979"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="1495"/>
         <w:gridCol w:w="581"/>
-        <w:gridCol w:w="742"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="1174"/>
+        <w:gridCol w:w="1336"/>
+        <w:gridCol w:w="2466"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="1979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметкердің тегі, аты, әкесінің аты (бар болса)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3055" w:type="dxa"/>
+Фамилия, имя, отчество (при его наличии) работника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі (арнайы орта, техникалық және кәсіптік, жоғары) және мамандығы (диплом №)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2248" w:type="dxa"/>
+Образование (средне-специальное, техническое и профессиональное, высшее образование) и специальность (№ диплома)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі (қысқа мерзімді курстар) және біліктілігі (куәлік №)</w:t>
+Краткосрочные курсы и квалификация (№ свидетельства)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атқаратын жұмысы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="742" w:type="dxa"/>
+Выполняемая работа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мамандығы бойынша еңбек өтілі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="904" w:type="dxa"/>
+Cтаж работы по специальности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілікті арттыру курстары туралы мәліметтер</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2790" w:type="dxa"/>
+Cведения о курсах повышения квалификации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс істеуге рұқсат берілгендігі туралы мәліметтер (рұқсат беру туралы белгісі бар медициналық кітапшалардың көшірмелері)</w:t>
+Сведения о допуске к работе (копии медицинских книжек с отметкой о допуске)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="1979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3055" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17576,239 +17604,239 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="1336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcW w:w="1979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3055" w:type="dxa"/>
+Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17842,1198 +17870,954 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="904" w:type="dxa"/>
+            <w:tcW w:w="1336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:tcW w:w="2466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z399" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Объем услуг в сфере общественного питания, оказанных ранее</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать наименование потенциального поставщика)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с приложением копий, подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4160"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3991"/>
+        <w:gridCol w:w="3752"/>
+        <w:gridCol w:w="2709"/>
+        <w:gridCol w:w="5839"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4160" w:type="dxa"/>
+            <w:tcW w:w="3752" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетiлген қызметтердiң атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4149" w:type="dxa"/>
+Наименования оказанных услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тапсырыс берушiлердiң атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3991" w:type="dxa"/>
+Наименования заказчиков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызметтерді көрсету орны және жылы</w:t>
-[...112 lines deleted...]
-3</w:t>
+Место, год оказания услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z400" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Потенциальный поставщик указывает дополнительные сведения об имеющихся ресурсах для оказания услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z401" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Достоверность всех сведений о квалификации подтверждаю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z402" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z403" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись руководителя _______________________________________________ М.П.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z404" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әлеуетті өнім беруші туралы мәліметтер  (әлеуетті өнім беруші тауарларды сатып алу кезінде толтырады)</w:t>
-[...91 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Сведения о потенциальном поставщике</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z405" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заполняется потенциальным поставщиком при приобретении товаров)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z406" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование потенциального поставщика ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z407" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Объем, аналогичных закупаемым на конкурсе товаров, поставленных (произведенных) потенциальным поставщиком ранее, в тенге _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1523"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5190"/>
+        <w:gridCol w:w="1181"/>
+        <w:gridCol w:w="3000"/>
+        <w:gridCol w:w="2545"/>
+        <w:gridCol w:w="5574"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="1181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауардың атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3217" w:type="dxa"/>
+Наименование товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тапсырыс берушілердің атауы және олардың телефон нөмірлері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2370" w:type="dxa"/>
+Наименование заказчиков и номера их телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарды жеткізу орны және күні</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5190" w:type="dxa"/>
+Место и дата поставки товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шарттың құны, теңге (әлеуетті өнім берушінің қарауы бойынша)</w:t>
+Стоимость договора, тенге (указывается по усмотрению потенциального поставщика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="1181" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3217" w:type="dxa"/>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2370" w:type="dxa"/>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5190" w:type="dxa"/>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z408" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о рекомендациях, при их наличии. Перечислить и приложить рекомендательные письма, отзывы других юридических и (или) физических лиц ___________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z409" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Достоверность всех сведений подтверждаю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z410" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z411" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись руководителя _________________________________________________ М.П.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19067,3423 +18851,2956 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 7</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z413" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Көрсетілетін қызмет берушіні таңдау өлшемшарттары</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Критерии выбора поставщика услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="441"/>
-        <w:gridCol w:w="2604"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3383"/>
+        <w:gridCol w:w="2578"/>
+        <w:gridCol w:w="2947"/>
+        <w:gridCol w:w="2948"/>
+        <w:gridCol w:w="3386"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттар</w:t>
+Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балдар</w:t>
+Баллы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2604" w:type="dxa"/>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет нарығында жұмыс тәжірибесі (10 балдан артық емес)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Опыт работы на рынке услуги (не более 10 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қоғамдық тамақтануды ұйымдастыру бойынша жұмыс тәжірибесі - әр жылға 0,5 балдан</w:t>
+Опыт работы по организации общественного питания – 0,6 баллов за каждый год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білім беру ұйымдарының білім алушылары мен тәрбиеленушілерін тамақтандыруды ұйымдастыру бойынша жұмыс тәжірибесі - әр жылға 1 балдан</w:t>
+Опыт работы по организации питания обучающихся и воспитанников организаций образования – 1 балл за каждый год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Экологиялық менеджмент жүйесін қанағаттандыратын тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметке қолданылатын сәйкестік сертификатының бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие сертификата соответствия, удовлетворяющего систему экологического менеджмента применительно к услугам по организации питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамақтандыруды ұйымдастыру бойынша көрсетілетін қызметке қолданылатын менеджмент сапасы жүйесі сертификатының бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие сертификата системы менеджмента качества, применительно к услугам по организации питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аспазшылардың біліктілігі (10 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Квалификация повара (не более 10 баллов).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы орта білім (білім туралы құжатын 2007 жылғы 27 шілдеге дейін алған жағдайда) немесе техникалық және кәсіптік білім 3 разряд (1 балл)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Среднее специальное образование (в случае получения документа об образовании до 27 июля 2007 года) или техническое и профессиональное образование разряд 3 (1 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы орта білім (білім туралы құжатын 2007 жылғы 27 шілдеге дейін алған жағдайда) немесе техникалық және кәсіптік білім 4 разряд (2 балл)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3383" w:type="dxa"/>
+Среднее специальное образование (в случае получения документа об образовании до 27 июля 2007 года) или техническое и профессиональное образование разряд 4 (2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Арнайы орта білім (білім туралы құжатын 2007 жылғы 27 шілдеге дейін алған жағдайда) немесе техникалық және кәсіптік білім 5 разряд және (немесе) жоғары білім (3 балл)</w:t>
+Среднее специальное образование (в случае получения документа об образовании до 27 июля 2007 года) или техническое и профессиональное образование разряд 5 и (или) высшее образование (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технологтың (қоғамдық тамақтану саласында), диетологтың болуы (2 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие технолога (в области общественного питания), диетолога (не более 2 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Отсутствуют (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бір маман ғана бар</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3383" w:type="dxa"/>
+Имеется только один из специалистов (1 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(2 балл)</w:t>
+Имеются (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технолог біліктілігі бар өндіріс меңгерушісінің болуы (қоғамдық тамақтану саласында), (1 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие заведующего производством, имеющего квалификацию технолога (в области общественного питания) (не более 1 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Конкурс ұйымдастырушысының техникалық тапсырмаға тіркеген перспективтік ас мәзіріне Санитариялық қағидаларға сәйкес шығарылатын өнімнің ассортименттік тізбесінің болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие ассортиментного перечня выпускаемой продукции согласно Санитарным правилам, в том числе соответствующего перспективному меню, приложенному организатором конкурса к техническому заданию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-нан кем ас атауы</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+До 10 наименований блюд (1 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-нан 30-ға дейін ас атауы</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3383" w:type="dxa"/>
+От 10 до 30 наименований блюд (2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30-дан 50-ге дейін ас атауы</w:t>
-[...13 lines deleted...]
-(3 балл)</w:t>
+От 30 до 50 наименований блюд (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100% қызметкерде жұмысқа рұқсаты бар болуы (1 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие документов о допуске к работе у 100% персонала (не более 1 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бір қызметкерде жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует у одного из сотрудников (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық қызметкерде бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеются документы у всех сотрудников (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отандық өндірушілерден сатып алынатын тамақ өнімдерінің көлемі (3 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Объем продуктов питания, приобретаемых у отечественных производителей (не более 3 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85-тен 90 %-ға өнімдер</w:t>
-[...13 lines deleted...]
-(2 балл)</w:t>
+от 85 до 90 % продуктов (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90-нан 100%-ға дейін өнімдер</w:t>
-[...13 lines deleted...]
-(3 балл)</w:t>
+от 90 до 100 % продуктов (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектептік тамақтандыруды ұйымдастыру барысында пайдаланылатын тамақ өнімдерінің жеке өндірісінің бар болуы (шаруа немесе фермерлік қожалығы, жылыжай және басқалары) (2 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие собственного производства продуктов питания, используемых при организации школьного питания (крестьянское или фермерское хозяйство, теплица и другие) (не более 2 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(2 балл)</w:t>
+Имеется (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамақты дайындаудың технологиялық картасының болуы (1 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие технологических карт приготовления блюд (не более 1 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданылмайды</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Не используются (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданылады</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Используются (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұсынылатын қызметтің тиісті сапасын қамтамасыз ететін тағамдарды дайындау кезінде жеке қуат үнемдеуші жабдықтарды пайдалану (2 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Использование собственного энергосберегающего оборудования при приготовлении блюд, обеспечивающего надлежащее качество предоставляемой услуги (не более 2 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Не имеется (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2948" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ішінара</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3383" w:type="dxa"/>
+Частично (1 балл)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Толық көлемде бар</w:t>
-[...13 lines deleted...]
-(2 балл)</w:t>
+Имеется в полном объеме (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамақтандыруды ұйымдастыру мәселесі бойынша аспазшылардың біліктілігін көтеру туралы сертификаттың болуы (1 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие сертификатов о повышении квалификации поваров по вопросу организации питания (не более 1 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z414" w:id="380"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...15 lines deleted...]
-          </w:p>
+Нет (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="380"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеются (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өндірістік бақылау жоспарының болуы (1 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие плана производственного контроля (не более 1 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z415" w:id="381"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...15 lines deleted...]
-          </w:p>
+Нет (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="381"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеются (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2604" w:type="dxa"/>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамақтандыруды ұйымдастыру бойынша қызмет көрсеткен білім беру ұйымдары ата-аналар комитеті төрағаларының қолы, мектептер директорларының қолы қойылған және мөрімен бекітілген көрсетілетін қызмет берушіге ата-аналар тарапынан берілген сипаттамалардың болуы (3 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие характеристики на поставщика услуги со стороны родителей за подписью председателей родительского комитета организаций образования, подписью и печатью директоров школ в которых потенциальный поставщик оказывал услугу по организации питания (не более 3 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(әр сипаттамаға 1 балдан, бірақ 3 балдан аспайды)</w:t>
+Имеется (за каждую характеристику 1 балл, но не более 3 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2604" w:type="dxa"/>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2578" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әлеуетті өнім берушілердің конкурс өткізілетін тиісті облыстардың, республикалық маңызы бар қаланың аумағында, астанада тіркелуінің бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2936" w:type="dxa"/>
+Наличие регистрации потенциального поставщика на территории соответствующей области, города республиканского значения, столицы, где проводится конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...13 lines deleted...]
-(0 балл)</w:t>
+Отсутствует (0 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тіркелген</w:t>
-[...13 lines deleted...]
-(3 балл)</w:t>
+Зарегистрирован (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z494" w:id="352"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z416" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: по пункту 1 наличие опыта работы по организации питания обучающихся и воспитанников организаций образования подтверждается ранее заключенными договорами, в пункте 4 баллы выставляются за каждого специалиста, для выставления баллов по пункту 10 используются данные о заключенных договорах на приобретение продуктов, произведенных в предыдущем году, по пункту 14 необходимо представить правоустанавливающие документы на оборудование (паспорт оборудования, платежные документы и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22517,4900 +21834,1650 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бойынша қызметті немесе</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тауарларды жеткізушіні,</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сонымен қатар мектепке дейінгі</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында, жетім балалар</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мен ата-аналарының</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етуге байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берушіні таңдау жөніндегі</w:t>
-[...38 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z419" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тауарларды берушіні таңдау өлшемшарттары</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Критерии выбора поставщика товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="778"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3480"/>
+        <w:gridCol w:w="673"/>
+        <w:gridCol w:w="4530"/>
+        <w:gridCol w:w="3353"/>
+        <w:gridCol w:w="3744"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттар</w:t>
+Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балдар</w:t>
+Баллы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Конкурстың мәні болып табылатын тауар нарығындағы жұмыс тәжірибесі</w:t>
+Опыт работы на рынке товаров, являющихся предметом конкурса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әр жылға 1 балдан, бірақ 10 балдан аспайды</w:t>
+По 1 баллу за каждый год, но не более 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отандық тауар өндірушілер үшін тауарларды ерікті түрде сертификаттау туралы құжаттың бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Наличие документа о добровольной сертификации товаров для отечественного товаропроизводителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+Отсутствует (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұлттық стандарт талаптарына сәйкес сапа менеджментінің сертификатталған жүйесінің (сертификатталған жүйелерінің) бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Наличие сертифицированной системы (сертифицированных систем) менеджмента качества в соответствии с требованиями национальных стандартов по приобретаемым товарам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+Отсутствует (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұлттық стандарттар талаптарына сәйкес қоршаған ортаны басқару менеджментінің сертификатталған жүйесінің (сертификатталған жүйелерінің) және (немесе) экологиялық таза өнім стандартына сәйкестікті растаудың бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Наличие сертифицированной системы (сертифицированных систем) менеджмента управления окружающей средой в соответствии с требованиями национальных стандартов и (или) подтверждения соответствия стандарту экологически чистой продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+Отсутствует (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(1 балл)</w:t>
+Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отандық өндірушілерден сатып алынатын тамақ өнімдерінің көлемі (3 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Объем продуктов питания, приобретаемых у отечественных производителей (не более 3 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85-90%-ға дейін өнімдер</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+до 85-90% продуктов (2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90-ден 100%-ға дейін өнімдер</w:t>
-[...13 lines deleted...]
-(3 балл)</w:t>
+от 90 до 100% продуктов (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мектептік тамақтандыруды ұйымдастыру барысында пайдаланылатын тамақ өнімдерінің жеке өндірісінің бар болуы (шаруа немесе фермерлік қожалығы, жылыжай және басқалары) (2 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Наличие собственного производства продуктов питания, используемых при организации школьного питания (крестьянское или фермерское хозяйство, теплица и другие) (не более 2 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+Отсутствует (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(2 балл)</w:t>
+Имеется (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азық-түлікті арнайы көлікпен жеткізу шарттары (3 балдан аспайды)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Условия доставки продуктов питания автотранспортом (не более 3 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалдап алу, өтеусіз пайдалану, лизинг және басқа шарттар негізінде көліктің болуы</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+Наличие транспорта на основании договора аренды, безвозмездного пользования, лизинга и т.д. (2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке көлігінің болуы</w:t>
-[...13 lines deleted...]
-(3 балл)</w:t>
+Наличие собственного транспорта (3 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
+            <w:tcW w:w="673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әлеуетті өнім берушілердің конкурс өткізілетін тиісті облыстардың, республикалық маңызы бар қаланың аумағында, астанада тіркелуінің бар болуы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2974" w:type="dxa"/>
+Наличие регистрации потенциального поставщика на территории соответствующей области, города республиканского значения, столицы, где проводится конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3353" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоқ</w:t>
-[...19 lines deleted...]
-            <w:tcW w:w="3480" w:type="dxa"/>
+Отсутствует (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бар</w:t>
-[...13 lines deleted...]
-(3 балл)</w:t>
+Зарегистрирован (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...36 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...1402 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тапсырыс беруші ______________________________</w:t>
-[...1641 lines deleted...]
-9</w:t>
+Примечание: по пункту 1 наличие опыта работы подтверждается ранее заключенными договорами, для выставления баллов по пунктам 5 используются данные о заключенных договорах на приобретение продуктов, произведенных в предыдущем году.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -27449,893 +23516,2030 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>документации по выбору</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке</w:t>
+              <w:t>поставщика услуги или товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дейінгі ұйымдарда, жетім</w:t>
+              <w:t>по организации питания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен ата-анасының</w:t>
+              <w:t>обучающихся в организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>среднего образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>поставщика товаров, связанных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>с обеспечением питания детей,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>воспитывающихся и обучающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>в дошкольных организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етумен байланысты тауарларды</w:t>
+              <w:t>образования, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сатып алу қағидаларына</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>детей, оставшихся без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z558" w:id="412"/>
-[...15 lines deleted...]
-      нысан</w:t>
+    <w:bookmarkStart w:name="z421" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовой договор </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z422" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________ "___" ___________ ______ г. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             место проведения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z423" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________, именуемый (ое) (ая)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать полное наименование организатора конкурса) в дальнейшем Заказчик, в лице _____________(должность, фамилия, имя, отчество (при его наличии) руководителя) с одной стороны и ______________, (полное наименование поставщика – победителя конкурса), именуемый (ое) (ая) в дальнейшем Поставщик, в лице _________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (должность, фамилия, имя, отчество (при его наличии) руководителя) действующего на основании_____(свидетельства о регистрации индивидуального предпринимателя, Устава и другие) с другой стороны, на основании протокола об итогах конкурса по выбору поставщика услуги или товаров, состоявшегося "___"____20___ года заключили настоящий Договор об оказании услуги или поставки товаров (далее - Договор) и пришли к соглашению о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z424" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Поставщик обязуется поставить Заказчику услугу или товары по организации питания обучающихся в организации образования, в том числе обучающихся отдельных категорий на сумму в размере (указать сумму цифрами и прописью), в том числе НДС (указать сумму НДС цифрами и прописью)/без учета НДС (далее – цена Договора).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z425" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В данном Договоре нижеперечисленные понятия имеют следующее толкование:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z426" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Непреодолимая сила (Форс-мажор)" – чрезвычайные и непредотвратимые события (стихийные явления, военные действия и другие). К таким обстоятельствам не относится, в частности, отсутствие на рынке нужных для исполнения товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z427" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Услуга" – предоставление качественного и безопасного питания обучающимся в организации среднего образования, включающее процесс производства и реализации кулинарной продукции и товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z428" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Заказчик" – орган или организация среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z429" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Товар" – товар по организации питания обучающихся в организациях среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z430" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Поставщик" – физическое или юридическое лицо, осуществляющее предпринимательскую деятельность, (за исключением государственных учреждений, если иное не установлено законами Республики Казахстан), выступающее в качестве контрагента Заказчика в заключенном с ним договоре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z431" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Договор" – гражданско-правовой акт, заключенный между Заказчиком и Поставщиком, зафиксированный в письменной форме в соответствии с гражданским законодательством Республики Казахстан, подписанный сторонами со всеми приложениями и дополнениями к нему, а также со всей документацией, на которую в договоре есть ссылки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z432" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) "Цена Договора" – сумма, выплаченная Заказчиком Поставщику в рамках Договора за полное выполнение своих договорных обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z433" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стороны не несут ответственности за полное или частичное неисполнение своих обязанностей по настоящему договору, если оно явилось результатом непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z434" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Перечисленные ниже документы и условия, оговоренные в них, образуют данный Договор и считаются его неотъемлемой частью, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z435" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) настоящий Договор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z436" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техническое задание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z437" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение исполнения Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z438" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Поставщик вносит обеспечение исполнения Договора (банковская гарантия или гарантийный денежный взнос) на условиях, предусмотренных в Правилах организации питания обучающихся в организациях среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z439" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Не допускается совершение Поставщиком действий, приводящих к возникновению у третьих лиц права исполнения Договора, в том числе права требования в целом либо части обеспечения исполнения Договора. Не допускается использование Заказчиком обеспечения исполнения Договора, внесенного Поставщиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z440" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Договор заключается согласно утвержденному индивидуальному плану финансирования по обязательствам на соответствующий финансовый год в пределах выделенных средств и продлевается не более двух раз по истечении срока действия договора при отсутствии нарушений со стороны поставщика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z441" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При изменении количества обучающихся, имеющих право на получение бесплатного питания составляется дополнительное соглашение к действующему договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z442" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Поставщик обязуется оказать, а Заказчик принять и оплатить услугу или товар по организации питания обучающихся в организации образования в количестве (указать количество детей) в соответствии с техническим заданием, являющимся неотъемлемой частью настоящего Договора. Форма оплаты _______________(перечисление, за наличный расчет).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z443" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сроки выплат________ (указать сроки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z444" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Необходимые документы, предшествующие оплате:____________ (счет-фактура, акт приема-передачи).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z445" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Поставщик без предварительного письменного согласия Заказчика не раскрывает кому-либо содержание Договора или какого-либо из его положений, а также документации или информации, предоставленных Заказчиком или от его имени другими лицами, за исключением того персонала, который привлечен Поставщиком для выполнения настоящего Договора. Указанная информация должна предоставляться этому персоналу конфиденциально, и в той мере, насколько это необходимо для выполнения договорных обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z446" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Оплата Поставщику за оказанную услугу или поставку товара по организации питания обучающихся, имеющих право на получение бесплатного питания в организации среднего образования производится по результатам фактического выполнения услуги или поставки товаров в форме и в сроки, указанные в пунктах ____ настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z447" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Стоимость одноразового питания на одного обучающегося составляет _______тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z448" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Предоставление услуги или поставка товаров осуществляется Поставщиком в соответствии со сроками установленными Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z449" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Задержка выполнения услуги или поставки товара со стороны Поставщика является основанием для расторжения Заказчиком Договора с удержанием обеспечения исполнения Договора, выплаты неустойки за несвоевременное оказание услуги или поставки товаров или других мер, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z559" w:id="413"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Конкурс туралы хабарландыру</w:t>
+    <w:bookmarkStart w:name="z450" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В случае, если Поставщик не предоставляет услугу или не поставляет товар в сроки, предусмотренные Договором, Заказчик вычитает из цены Договора в виде неустойки сумму в 0,1 % от цены договора за каждый день просрочки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:p>
-[...628 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z451" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. За нарушение условий Договора Заказчик расторгает настоящий Договор, направив Поставщику письменное уведомление о неисполнении обязательств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z452" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) если Поставщик не оказал часть услуги или не поставил часть товара или всю услугу или не поставил весь товар в срок (и), предусмотренный Договором, или в течение периода продления этого Договора, предоставленного Заказчиком;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z453" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) если Поставщик не выполняет какие-либо другие свои обязательства по Договору, в том числе при несоответствии количественного и качественного состава работников пищеблока, указанных в период конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z454" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. При возникновении непреодолимой силы Поставщик в течение одного рабочего дня направляет Заказчику письменное уведомление о таких обстоятельствах и их причинах. В случае, если от Заказчика не поступает иных письменных инструкций, Поставщик продолжает выполнять свои обязательства по Договору, и ведет поиск альтернативных способов выполнения Договора, не зависящих от непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z455" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Поставщик при выполнении требований пункта 17 настоящего Договора не лишается своего обеспечения исполнения Договора и не несет ответственность за выплату неустоек или расторжение Договора в силу неисполнения его условий, если задержка с исполнением Договора является результатом непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z456" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В случае, если Поставщик становится, неплатежеспособным или включается в Реестр недобросовестных поставщиков, Заказчик расторгает Договор в любое время, направив Поставщику соответствующее письменное уведомление. В этом случае, расторжение осуществляется немедленно, и Заказчик не несет никакой финансовой обязанности по отношению к Поставщику при условии, если расторжение Договора не наносит ущерба или не затрагивает каких-либо прав на совершение действий или применение санкций, которые были или будут впоследствии предъявлены Заказчику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z457" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Заказчик расторгает Договор в любое время в случае нецелесообразности его дальнейшего выполнения, направив Поставщику соответствующее письменное уведомление. В уведомлении указывается причина расторжения Договора, оговаривается объем аннулированных договорных обязательств, а также дата вступления в силу расторжения Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z458" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Когда Договор аннулируется в силу вышеуказанных обстоятельств, Поставщику производится оплата только за фактические затраты на день расторжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z459" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Заказчик и Поставщик прилагают все усилия к тому, чтобы разрешать в процессе прямых переговоров все разногласия или споры, возникающие между ними по Договору или в связи с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z460" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Если в течение 21 (двадцати одного) дня после начала таких переговоров Заказчик и Поставщик не разрешили спор по Договору, любая из сторон решает вопрос в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z461" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Договор составляется на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z462" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Любое уведомление, которое одна сторона направляет другой стороне в соответствии с Договором, высылается в виде письма, телеграммы или факса с последующим предоставлением оригинала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z463" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Уведомление вступает в силу после доставки или в указанный день вступления в силу (если указано в уведомлении), в зависимости оттого, какая из этих дат наступит позднее.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z464" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Налоги и другие обязательные платежи в бюджет подлежат уплате в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z465" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Настоящим Договором предусматриваются иные штрафные санкции, согласованные Заказчиком и Поставщиком в установленном порядке, либо иные условия, не противоречащие законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z466" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Настоящий Договор вступает в силу после регистрации его Заказчиком в территориальном подразделении казначейства Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z467" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия в организации образования обучающихся, имеющих право на получение бесплатного питания потенциальный поставщик услуги не вносит обеспечение исполнения договора в размере не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z468" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Настоящий Типовой договор регулирует правоотношения, возникающие между Заказчиком и Поставщиком в процессе осуществления Заказчиком услуги или приобретения товаров по организации питания обучающихся в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z469" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений в договор допускается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z470" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) улучшения меню заказчиком (увеличение рациона питания) и соответственно увеличения суммы договора по взаимному согласию сторон при условии неизменности качества и других условий, явившихся основой для выбора поставщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z471" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменения количества обучающихся, имеющих право на получение бесплатного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z472" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Другие вносимые в настоящий Договор изменения и дополнения должны соответствовать конкурсной документации Заказчика, конкурсной заявке Поставщика и Протоколу об итогах конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z473" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Адреса и реквизиты Сторон:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z474" w:id="437"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заказчик</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(полное наименование)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="437"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z475" w:id="438"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поставщик</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(полное наименование)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="438"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(телефон, факс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(телефон, факс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z476" w:id="439"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___"_____________________ ____г.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МП</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="439"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z477" w:id="440"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"___"_____________________ ____г.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+МП</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="440"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z478" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата регистрации в территориальном органе казначейства: ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28369,515 +25573,1026 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>питания обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке</w:t>
+              <w:t>организациях среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дейінгі ұйымдарда, жетім</w:t>
+              <w:t>образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен ата-анасының</w:t>
+              <w:t>приобретения товаров,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>связанных с обеспечением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>питания детей, воспитывающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>и обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>организациях, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етумен байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сатып алу қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z596" w:id="414"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z597" w:id="415"/>
+    <w:bookmarkStart w:name="z481" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конверттерді ашу хаттамасы</w:t>
-[...254 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Журнал регистрации лиц, получивших копию конкурсной документации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1439"/>
+        <w:gridCol w:w="1393"/>
+        <w:gridCol w:w="1393"/>
+        <w:gridCol w:w="6681"/>
+        <w:gridCol w:w="1394"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1439" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование проведения конкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок проведения конкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии) потенциального поставщика либо представителя юридического лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН/БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1439" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z482" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4651"/>
+        <w:gridCol w:w="3368"/>
+        <w:gridCol w:w="1613"/>
+        <w:gridCol w:w="2668"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер документа, удостоверяющего личность (кем выдан и дата выдачи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о государственной регистрации юридического лица или индивидуального предпринимателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Местонахождение и контактные телефоны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Время и дата получения копии конкурсной документации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28911,767 +26626,790 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>питания обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке</w:t>
+              <w:t>организациях среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дейінгі ұйымдарда, жетім</w:t>
+              <w:t>образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен ата-анасының</w:t>
+              <w:t>приобретения товаров,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>связанных с обеспечением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>питания детей, воспитывающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>и обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>организациях, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етумен байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сатып алу қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z612" w:id="416"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z613" w:id="417"/>
+    <w:bookmarkStart w:name="z485" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конкурсқа қатысуға рұқсат беру туралы хаттама</w:t>
-[...506 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                                      Объявление о конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z486" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование, почтовый и электронный адрес организатора конкурса)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z487" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объявляет о проведении конкурса по выбору поставщика услуги или товаров по организации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>питания обучающихся в организациях среднего образования, а также приобретения товаров,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организациях, организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование приобретения услуги или товаров)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Услуга должна быть оказана:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указываются место оказания услуги и ее объемы, перечень категорий</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             получателей услуги и их количество, сумма, выделенная на оказание услуги)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок оказания услуги____________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Или:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>товар доставляется________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указывается место поставки товаров, перечень приобретаемых товаров, сумма,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         выделенная на приобретение товаров)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Требуемый срок поставки товаров _________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К конкурсу допускаются все потенциальные поставщики, отвечающие требованиям конкурсной документации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пакет копии конкурсной документации можно получить в срок до "___"___________ ________ года (указать время и дату)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>включительно по адресу: __________________, кабинет №_____ с____ до ___ часов и/или на</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе ________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать электронный адрес)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсные заявки на участие в конкурсе, запечатанные в конверты, представляются</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(направляются) потенциальными поставщиками в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по адресу: ______________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать полный адрес, № кабинета)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Окончательный срок представления заявок на участие в конкурсе до _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             (указать время и дату).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конверты с заявками на участие в конкурсе будут вскрываться по следующему адресу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать полный адрес, № кабинета, время и дату)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дополнительную информацию и справку можно получить по телефону:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать номер телефона)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29705,857 +27443,679 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>питания обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке</w:t>
+              <w:t>организациях среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дейінгі ұйымдарда, жетім</w:t>
+              <w:t>образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен ата-анасының</w:t>
+              <w:t>приобретения товаров,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>связанных с обеспечением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>питания детей, воспитывающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>и обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>организациях, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етумен байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сатып алу қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z643" w:id="418"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z644" w:id="419"/>
+    <w:bookmarkStart w:name="z490" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Конкурс қорытындылары туралы хаттама </w:t>
-[...596 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                                Протокол вскрытия конвертов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z491" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________ _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (место проведения)                               (время и дата)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсная комиссия в составе: (фамилия, имя, отчество (при его наличии), должность</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>председателя и членов конкурсной комиссии, дата, время и место вскрытия конкурсных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявок) произвела процедуру вскрытия конвертов с конкурсными заявками.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсная документация представлена следующим потенциальным поставщикам:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование, адрес всех потенциальных поставщиков, которым предоставлена конкурсная документация).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсные заявки следующих потенциальных поставщиков:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование, адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>всех потенциальных поставщиков, представивших конкурсные заявки после истечения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>окончательного срока представления конкурсных заявок, время представления конкурсных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявок) возвращены невскрытыми на основании_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (указать причины не вскрытия).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурсные заявки следующих потенциальных поставщиков, представивших конкурсную</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявку в установленные сроки до истечения окончательного срока представления конкурсных заявок:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование, адрес всех потенциальных поставщиков, представивших конкурсные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       заявки до истечения окончательного срока представления конкурсных заявок, время</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представления конкурсной заявки) вскрыты и содержат:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (информация о наличии или отсутствии документов, составляющих конкурсную</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявку и другая информация, объявленная при вскрытии конкурсных заявок), которые</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оглашены всем присутствующим при вскрытии конкурсных заявок и допущены комиссией к участию в конкурсе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При вскрытии конкурсных заявок присутствовали следующие потенциальные поставщики (в случае их присутствия):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование, адрес всех потенциальных поставщиков, присутствующих при вскрытии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             конкурсных заявок)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии) и подписи председателя, его заместителя, членов и секретаря конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30589,516 +28149,2022 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Орта білім беру ұйымдарында</w:t>
+              <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім алушыларды</w:t>
+              <w:t>к Правилам организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды ұйымдастыру,</w:t>
+              <w:t>питания обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сондай-ақ мектепке</w:t>
+              <w:t>организациях среднего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дейінгі ұйымдарда, жетім</w:t>
+              <w:t>образования, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балалар мен ата-анасының</w:t>
+              <w:t>приобретения товаров,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қамқорлығынсыз қалған</w:t>
+              <w:t>связанных с обеспечением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>балаларға арналған білім беру</w:t>
+              <w:t>питания детей, воспитывающихся</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарында тәрбиеленетін</w:t>
+              <w:t>и обучающихся в дошкольных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және білім алатын балаларды</w:t>
+              <w:t>организациях, организациях</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тамақтандыруды қамтамасыз</w:t>
+              <w:t>образования для детей-сирот и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>етумен байланысты тауарларды</w:t>
+              <w:t>детей, оставшихся без</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сатып алу қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z679" w:id="420"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z680" w:id="421"/>
+    <w:bookmarkStart w:name="z494" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік-жекешелік әріптестік шеңберінде конкурс өткізуге өтінім</w:t>
-[...218 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                          Протокол о допуске к участию в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z495" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________ _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (место проведения)                               (время и дата)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс выбора поставщиков услуги или товаров по организации питания обучающихся, а</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся в дошкольных организациях, организациях образования для детей-сирот и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>детей, оставшихся без попечения родителей в _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (наименование организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Конкурсная комиссия в составе: ________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (перечислить состав конкурсной комиссии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________ (указать дату) рассмотрела заявки на участие в конкурсе выбора</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставщиков услуг или товаров по организации питания обучающихся в _________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Заявки на участие в конкурсе следующих потенциальных поставщиков, представивших их</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в установленные сроки до истечения окончательного срока представления заявок на участие</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в конкурсе_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (указываются наименования, адрес всех потенциальных поставщиков, представивших</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсные заявки до истечения окончательного срока представления конкурсных заявок,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>время представления заявки на участие в конкурсе) оглашены всем присутствующим в заседании конкурсной комиссии.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Следующие конкурсные заявки на участие в конкурсе отклонены к участию в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются потенциальные поставщики (его реквизиты), конкурсные заявки на участие</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>которых, отклонены с указанием причины: не соответствуют требованиям конкурсной документации)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Конкурсные заявки поставщиков, которые соответствуют требованиям конкурсной документации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указывается перечень всех поставщиков)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Конкурсная комиссия по результатам рассмотрения заявок на участие в конкурсе путем</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>открытого голосования решила:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Допустить к участию в конкурсе следующих потенциальных поставщиков:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указать перечень поставщиков, допущенных к участию в конкурсе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) Не допустить к участию в конкурсе следующих потенциальных поставщиков:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (указать перечень поставщиков, не допущенных к участию в конкурсе и причины отклонения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Назначить день, время и место рассмотрения конкурсной документации потенциальных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поставщиков к участию в конкурсе ______________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За данное решение проголосовали:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За - ______ голосов (фамилия, имя, отчество (при его наличии) членов конкурсной комиссии);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Против - ________ голосов (фамилия, имя, отчество (при его наличии) членов конкурсной комиссии).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подписи председателя, членов и секретаря конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питания обучающихся в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также приобретения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>товаров, связанных с обеспечением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питания детей, воспитывающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и обучающихся в дошкольных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях, организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования для детей-сирот и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детей, оставшихся без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z498" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                Протокол об итогах конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z499" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (наименование конкурса)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>_______________________________________________ ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (место проведения)                               (время и дата)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Конкурсная комиссия в составе:__________________________________________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (перечислить состав конкурсной комиссии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Следующие конкурсные заявки потенциальных поставщиков на участие в конкурсе были</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>допущены: _________ (указать заявки потенциальных поставщиков, допущенных к конкурсу</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с протоколом о допуске к участию в конкурсе)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Конкурсная комиссия по результатам рассмотрения в соответствии с критериями путем открытого голосования решила:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) признать победителем конкурса__________________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (указать наименование и местонахождение участника конкурса, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         условия, на которых он признан победителем)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) признать конкурс________________________________________________ несостоявшимся</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (указать наименование конкурса и причины признания конкурса несостоявшимся)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Если при рассмотрении конкурсных заявок участников конкурса не был определен</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>победитель конкурса или все конкурсные заявки были отклонены, указать причины.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) Организатору конкурса _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать наименование и местонахождение)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в срок до ____ года заключить договор об оказании услуги или поставки товаров по</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организации питания обучающихся в организациях среднего образования, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся в дошкольных организациях, организациях образования для детей-сирот и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>детей, оставшихся без попечения родителей с ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (указать наименование победителя конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) Организатору конкурса _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать наименование организатора конкурса)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разместить текст данного протокола об итогах конкурса на интернет-ресурсе организатора</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса или органа образования в случае отсутствия у организатора конкурса собственного </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурса.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За данное решение проголосовали:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>За – ____ голосов (фамилия, имя, отчество (при его наличии) членов конкурсной комиссии);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Против – ____ голосов (фамилия, имя, отчество (при его наличии) членов конкурсной комиссии).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подписи председателя, членов и секретаря конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам организации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>питания обучающихся в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях среднего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, а также приобретения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>товаров, связанных с</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обеспечением питания детей,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>воспитывающихся и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучающихся в дошкольных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях, организациях</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования для детей-сирот и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детей, оставшихся без</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z502" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявка о необходимости приобретения услуги по организации питания в соответствии с Законом о государственно-частном партнерстве</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование, почтовый и электронный адрес организации образования или органа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>управления образованием)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z503" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщает, что имеется потребность в закупе отсутствующего оборудования и/или замене всего изношенного оборудования школьной столовой на новое энергосберегающее оборудование, в связи с чем просит осуществить приобретение услуги по организации питания обучающихся в соответствии с Законом о государственно-частном партнерстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z504" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z505" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись руководителя______________________________________________ М.П.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (указать фамилию, имя, отчество (при его наличии), должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>