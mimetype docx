--- v0 (2025-12-10)
+++ v1 (2026-01-07)
@@ -14,148 +14,152 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="003C16A9" w:rsidRDefault="003C16A9" w:rsidP="003C16A9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC4FD4" w:rsidRPr="00BC4FD4" w:rsidRDefault="00BC4FD4" w:rsidP="00BC4FD4">
+    <w:p w:rsidR="003C16A9" w:rsidRPr="0098673B" w:rsidRDefault="0098673B" w:rsidP="0098673B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC4FD4">
+      <w:r w:rsidRPr="0098673B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">"Мен- </w:t>
+        <w:t>Конкурс  рисунков «Я-честный гражданин РК»</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="003C16A9" w:rsidRPr="0098673B" w:rsidRDefault="003C16A9" w:rsidP="0098673B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ҚР а</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0098673B">
         <w:rPr>
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098673B">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>С целью формирования антикоррупционной культуры в школьной среде, сохранения и укрепления системы ценностей, отражающей нетерпимость к коррупции, в том числе формирования у школьников стремления к соблюдению требований законов, повышению образов</w:t>
+      </w:r>
+      <w:r w:rsidR="0098673B">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ательного и культурного уровня </w:t>
+      </w:r>
+      <w:r w:rsidR="0098673B">
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>дал ұрпағымын</w:t>
+        <w:t xml:space="preserve">  членами школьного  клуба «Адал ұрпақ» организован </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC4FD4">
+      <w:r w:rsidRPr="0098673B">
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс рисунков среди учащихся </w:t>
+      </w:r>
+      <w:r w:rsidR="0098673B" w:rsidRPr="0098673B">
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> " суреттер сайысы»</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0098673B">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>-х классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC4FD4" w:rsidRPr="00BC4FD4" w:rsidRDefault="00BC4FD4" w:rsidP="00BC4FD4">
-[...21 lines deleted...]
-    <w:p w:rsidR="003C16A9" w:rsidRDefault="00BC4FD4" w:rsidP="00BC4FD4">
+    <w:p w:rsidR="003C16A9" w:rsidRDefault="003C16A9" w:rsidP="0098673B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC4FD4">
-[...8 lines deleted...]
-      <w:r w:rsidR="003C16A9" w:rsidRPr="00BC4FD4">
+      <w:r w:rsidRPr="0098673B">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">    Дети четко определили понятие коррупции и выразили негативное отношение к данному явлению в обществе. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0098673B" w:rsidRPr="0098673B" w:rsidRDefault="0098673B" w:rsidP="0098673B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5926455" cy="3950970"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\IMG_0479.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -386,51 +390,50 @@
     <w:rsid w:val="000531B0"/>
     <w:rsid w:val="000533D9"/>
     <w:rsid w:val="000540A3"/>
     <w:rsid w:val="00054CC3"/>
     <w:rsid w:val="00054CF5"/>
     <w:rsid w:val="000553F1"/>
     <w:rsid w:val="00055A36"/>
     <w:rsid w:val="00055EE8"/>
     <w:rsid w:val="000568A7"/>
     <w:rsid w:val="00056B22"/>
     <w:rsid w:val="00056E6A"/>
     <w:rsid w:val="000574EB"/>
     <w:rsid w:val="00057878"/>
     <w:rsid w:val="00057E99"/>
     <w:rsid w:val="00060D20"/>
     <w:rsid w:val="00061BF6"/>
     <w:rsid w:val="00061EAF"/>
     <w:rsid w:val="0006262D"/>
     <w:rsid w:val="000628AC"/>
     <w:rsid w:val="000629A0"/>
     <w:rsid w:val="00062B82"/>
     <w:rsid w:val="0006350E"/>
     <w:rsid w:val="00064839"/>
     <w:rsid w:val="00065662"/>
     <w:rsid w:val="00066108"/>
-    <w:rsid w:val="00066145"/>
     <w:rsid w:val="00067BE8"/>
     <w:rsid w:val="00067D3A"/>
     <w:rsid w:val="00067E39"/>
     <w:rsid w:val="00070146"/>
     <w:rsid w:val="0007040D"/>
     <w:rsid w:val="00070D78"/>
     <w:rsid w:val="00071223"/>
     <w:rsid w:val="00071487"/>
     <w:rsid w:val="00071BA9"/>
     <w:rsid w:val="000720F1"/>
     <w:rsid w:val="000724F3"/>
     <w:rsid w:val="00072580"/>
     <w:rsid w:val="00072C39"/>
     <w:rsid w:val="00072CC3"/>
     <w:rsid w:val="00072CF9"/>
     <w:rsid w:val="000730F3"/>
     <w:rsid w:val="0007330A"/>
     <w:rsid w:val="00073D83"/>
     <w:rsid w:val="00073EBA"/>
     <w:rsid w:val="00073FF6"/>
     <w:rsid w:val="00074252"/>
     <w:rsid w:val="00075725"/>
     <w:rsid w:val="00075BA8"/>
     <w:rsid w:val="000765B0"/>
     <w:rsid w:val="00077557"/>
@@ -3914,51 +3917,50 @@
     <w:rsid w:val="00BB2673"/>
     <w:rsid w:val="00BB27F6"/>
     <w:rsid w:val="00BB2A19"/>
     <w:rsid w:val="00BB2A78"/>
     <w:rsid w:val="00BB3EE7"/>
     <w:rsid w:val="00BB43ED"/>
     <w:rsid w:val="00BB5A47"/>
     <w:rsid w:val="00BB658C"/>
     <w:rsid w:val="00BB68DB"/>
     <w:rsid w:val="00BB6EFC"/>
     <w:rsid w:val="00BB781B"/>
     <w:rsid w:val="00BC0246"/>
     <w:rsid w:val="00BC07BC"/>
     <w:rsid w:val="00BC07F5"/>
     <w:rsid w:val="00BC1791"/>
     <w:rsid w:val="00BC212B"/>
     <w:rsid w:val="00BC21D7"/>
     <w:rsid w:val="00BC2229"/>
     <w:rsid w:val="00BC240D"/>
     <w:rsid w:val="00BC243A"/>
     <w:rsid w:val="00BC28CB"/>
     <w:rsid w:val="00BC30BE"/>
     <w:rsid w:val="00BC30E0"/>
     <w:rsid w:val="00BC4729"/>
     <w:rsid w:val="00BC49EE"/>
-    <w:rsid w:val="00BC4FD4"/>
     <w:rsid w:val="00BC5450"/>
     <w:rsid w:val="00BC5457"/>
     <w:rsid w:val="00BC54DE"/>
     <w:rsid w:val="00BC57E3"/>
     <w:rsid w:val="00BC7EA3"/>
     <w:rsid w:val="00BD03D4"/>
     <w:rsid w:val="00BD2553"/>
     <w:rsid w:val="00BD2AE7"/>
     <w:rsid w:val="00BD2FC6"/>
     <w:rsid w:val="00BD3C94"/>
     <w:rsid w:val="00BD3FDC"/>
     <w:rsid w:val="00BD4081"/>
     <w:rsid w:val="00BD43A5"/>
     <w:rsid w:val="00BD4DA8"/>
     <w:rsid w:val="00BD4DC3"/>
     <w:rsid w:val="00BD4F3E"/>
     <w:rsid w:val="00BD5051"/>
     <w:rsid w:val="00BD5133"/>
     <w:rsid w:val="00BD55FA"/>
     <w:rsid w:val="00BD5A9D"/>
     <w:rsid w:val="00BD6515"/>
     <w:rsid w:val="00BD67C0"/>
     <w:rsid w:val="00BD7A28"/>
     <w:rsid w:val="00BE115A"/>
     <w:rsid w:val="00BE2207"/>
@@ -5679,51 +5681,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>85</Words>
-  <Characters>485</Characters>
+  <Words>82</Words>
+  <Characters>471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>569</CharactersWithSpaces>
+  <CharactersWithSpaces>552</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>