--- v0 (2025-12-08)
+++ v1 (2026-01-02)
@@ -1,2112 +1,1220 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00774952" w:rsidRPr="00774952" w:rsidRDefault="00774952" w:rsidP="00774952">
+    <w:p w:rsidR="008B6C65" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
       <w:pPr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о проведении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактических  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рейдовых мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRPr="002B1074" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21  февраля  2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRPr="00D23C09" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00442DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: с 19.00- до 24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.00. часов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по квартирам  учащихся, состоящих на профилактических учетах и   неблагополучных семей</w:t>
+      </w:r>
+      <w:r w:rsidR="00442DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  по общественным  местам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRPr="00427A21" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество участников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00614323">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя  других школ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00614323" w:rsidRDefault="008B6C65" w:rsidP="00442DC7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00614323">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21 февраля 2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организован  профилактический рейд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дети в ночном городе»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по местам скопления подростков.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442DC7" w:rsidRDefault="008B6C65" w:rsidP="00442DC7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:  выявление подростков, склонных к правонарушению (курение и распитие  в общественных местах,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цензурная брань, вандализм и т.д.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, также поздно находящихся  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442DC7" w:rsidRDefault="008B6C65" w:rsidP="00442DC7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дома без сопровождения законных </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00785B4A" w:rsidRDefault="00785B4A" w:rsidP="00442DC7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1808 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="3143250" cy="1485626"/>
+            <wp:extent cx="5017841" cy="2375573"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 1" descr="C:\Users\Зере\Desktop\рр.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\рр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\рр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3146792" cy="1487300"/>
+                      <a:ext cx="5015795" cy="2370666"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="002D423D" w:rsidRDefault="002D423D" w:rsidP="00401220">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-553085</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>533400</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3435350" cy="2573655"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Рисунок 2" descr="C:\Users\Зере\Desktop\роошшш.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\роошшш.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3435350" cy="2573655"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
       <w:r w:rsidR="008B6C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>представителей.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе  рейд</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00410DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>первая мобильные</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  групп</w:t>
+      </w:r>
+      <w:r w:rsidR="00410DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    посетил</w:t>
+      </w:r>
+      <w:r w:rsidR="00410DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  квартиры  учащихся, состоящих на  учете в ГЮП ОП и ВШУ, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C65" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также неблагополучные семьи.  На момент проверки  учащиеся  находились  дома  под контролем  законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRDefault="008B6C65" w:rsidP="00401220">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обстановка  в  неблагополучных семьях  была спокойная,   </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> визиту  проверяющих  отнеслись  адекватно,    посторонн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х лиц  в квартрире   не выявлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  родители  находились  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">трезвом состоянии.Тревожных ситуаций  выявлено не было. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442DC7" w:rsidRDefault="00401220" w:rsidP="00401220">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="-709" w:right="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2990850" cy="1375964"/>
-[...1 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 4" descr="C:\Users\Зере\Desktop\index.jpg"/>
+            <wp:extent cx="5937885" cy="2731770"/>
+            <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
+            <wp:docPr id="7" name="Рисунок 4" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2999216" cy="1379813"/>
+                      <a:ext cx="5937885" cy="2731770"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00442DC7" w:rsidRDefault="00442DC7" w:rsidP="00785B4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442DC7" w:rsidRDefault="00401220" w:rsidP="00785B4A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00401220">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2857500" cy="2140299"/>
-[...1 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 3" descr="C:\Users\Зере\Desktop\нггншгшщщшщш.jpg"/>
+            <wp:extent cx="4756150" cy="3562409"/>
+            <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
+            <wp:docPr id="8" name="Рисунок 3" descr="C:\Users\Зере\Desktop\нггншгшщщшщш.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\нггншгшщщшщш.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2856701" cy="2139701"/>
+                      <a:ext cx="4754742" cy="3561354"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRPr="0061548A" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00410DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Также п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осе</w:t>
+      </w:r>
+      <w:r w:rsidR="00410DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компьютерные клубы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  («Мега», «Портал»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, развлекательные заведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кафе «Улыбка», «Алтын шаңырақ»), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">центральную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.  Дворец Металлургов им.Хамзина  обошли вокруг несколько раз, так же без внимания не оставили и малоосвещенные места и места, скрытые от посторонн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>его взгляда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRPr="00763119" w:rsidRDefault="008B6C65" w:rsidP="008B6C65">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Итоги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рейда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут доведены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на общешкольной линейке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до сведения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B6C65" w:rsidRDefault="008B6C65" w:rsidP="00401220">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0087425F" w:rsidRDefault="008B6C65" w:rsidP="00401220">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="009A297D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>исп.Бейсекеева З.Р.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0087425F" w:rsidSect="0087425F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2123,51 +1231,51 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="50"/>
+  <w:zoom w:percent="84"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008B6C65"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="00005B1A"/>
     <w:rsid w:val="00005D41"/>
     <w:rsid w:val="0000672A"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
@@ -4497,51 +3605,50 @@
     <w:rsid w:val="007629DB"/>
     <w:rsid w:val="007629FB"/>
     <w:rsid w:val="00762CB8"/>
     <w:rsid w:val="00762CED"/>
     <w:rsid w:val="0076340F"/>
     <w:rsid w:val="007638DB"/>
     <w:rsid w:val="00763BA2"/>
     <w:rsid w:val="00763CC7"/>
     <w:rsid w:val="0076477D"/>
     <w:rsid w:val="00765482"/>
     <w:rsid w:val="007655F1"/>
     <w:rsid w:val="007658A9"/>
     <w:rsid w:val="007675F4"/>
     <w:rsid w:val="00770535"/>
     <w:rsid w:val="007708FB"/>
     <w:rsid w:val="00771535"/>
     <w:rsid w:val="00772637"/>
     <w:rsid w:val="007726F9"/>
     <w:rsid w:val="00772742"/>
     <w:rsid w:val="007727C7"/>
     <w:rsid w:val="00772BB1"/>
     <w:rsid w:val="00773085"/>
     <w:rsid w:val="007730E5"/>
     <w:rsid w:val="0077378C"/>
     <w:rsid w:val="00773FD8"/>
-    <w:rsid w:val="00774952"/>
     <w:rsid w:val="00774994"/>
     <w:rsid w:val="00774F6F"/>
     <w:rsid w:val="00774FC4"/>
     <w:rsid w:val="007752C3"/>
     <w:rsid w:val="00775374"/>
     <w:rsid w:val="0077551F"/>
     <w:rsid w:val="00775C2B"/>
     <w:rsid w:val="00775CE5"/>
     <w:rsid w:val="0077652B"/>
     <w:rsid w:val="0077664D"/>
     <w:rsid w:val="00776850"/>
     <w:rsid w:val="00776BEF"/>
     <w:rsid w:val="00776F62"/>
     <w:rsid w:val="00777AF4"/>
     <w:rsid w:val="00777C09"/>
     <w:rsid w:val="00777D07"/>
     <w:rsid w:val="00780128"/>
     <w:rsid w:val="00780E9C"/>
     <w:rsid w:val="00781AB6"/>
     <w:rsid w:val="00781EE0"/>
     <w:rsid w:val="00782813"/>
     <w:rsid w:val="00783456"/>
     <w:rsid w:val="007837B9"/>
     <w:rsid w:val="0078391F"/>
     <w:rsid w:val="00783AD2"/>
@@ -6499,51 +5606,50 @@
     <w:rsid w:val="00DF37B7"/>
     <w:rsid w:val="00DF47FD"/>
     <w:rsid w:val="00DF4EBF"/>
     <w:rsid w:val="00DF5091"/>
     <w:rsid w:val="00DF5D08"/>
     <w:rsid w:val="00DF5F16"/>
     <w:rsid w:val="00DF69B9"/>
     <w:rsid w:val="00DF739B"/>
     <w:rsid w:val="00DF7AB3"/>
     <w:rsid w:val="00DF7BE9"/>
     <w:rsid w:val="00E0146A"/>
     <w:rsid w:val="00E01925"/>
     <w:rsid w:val="00E01A40"/>
     <w:rsid w:val="00E02C6A"/>
     <w:rsid w:val="00E02EB0"/>
     <w:rsid w:val="00E034DF"/>
     <w:rsid w:val="00E03A93"/>
     <w:rsid w:val="00E05598"/>
     <w:rsid w:val="00E05A85"/>
     <w:rsid w:val="00E05D2F"/>
     <w:rsid w:val="00E05E68"/>
     <w:rsid w:val="00E06217"/>
     <w:rsid w:val="00E0675B"/>
     <w:rsid w:val="00E06E15"/>
     <w:rsid w:val="00E07128"/>
-    <w:rsid w:val="00E07EF2"/>
     <w:rsid w:val="00E1032E"/>
     <w:rsid w:val="00E10985"/>
     <w:rsid w:val="00E10BE4"/>
     <w:rsid w:val="00E10E0D"/>
     <w:rsid w:val="00E11A35"/>
     <w:rsid w:val="00E11FB7"/>
     <w:rsid w:val="00E12993"/>
     <w:rsid w:val="00E12B85"/>
     <w:rsid w:val="00E13447"/>
     <w:rsid w:val="00E135FD"/>
     <w:rsid w:val="00E13B9C"/>
     <w:rsid w:val="00E13DAC"/>
     <w:rsid w:val="00E13EAC"/>
     <w:rsid w:val="00E14CBA"/>
     <w:rsid w:val="00E14F91"/>
     <w:rsid w:val="00E152AE"/>
     <w:rsid w:val="00E15869"/>
     <w:rsid w:val="00E15F66"/>
     <w:rsid w:val="00E17CE7"/>
     <w:rsid w:val="00E20A6A"/>
     <w:rsid w:val="00E20D71"/>
     <w:rsid w:val="00E20D7C"/>
     <w:rsid w:val="00E20FF8"/>
     <w:rsid w:val="00E235F3"/>
     <w:rsid w:val="00E23628"/>
@@ -7586,66 +6692,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>214</Words>
-  <Characters>1220</Characters>
+  <Words>234</Words>
+  <Characters>1339</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1432</CharactersWithSpaces>
+  <CharactersWithSpaces>1570</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>