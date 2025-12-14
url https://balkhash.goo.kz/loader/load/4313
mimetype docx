--- v0 (2025-12-09)
+++ v1 (2025-12-14)
@@ -10,197 +10,135 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="003D608C" w:rsidRDefault="003D608C" w:rsidP="003D608C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0087425F" w:rsidRDefault="003D608C" w:rsidP="003D608C">
+    <w:p w:rsidR="000D7CF0" w:rsidRPr="000D7CF0" w:rsidRDefault="000D7CF0" w:rsidP="000D7CF0">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D608C">
+      <w:r w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>ИНФОРМАЦИЯ</w:t>
+        <w:t>INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D608C" w:rsidRDefault="00CA2FCF" w:rsidP="00CA2FCF">
+    <w:p w:rsidR="003D608C" w:rsidRDefault="000D7CF0" w:rsidP="000D7CF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">       On February 19, 2020, members of the school club "Adal Urpak" took part in an open meeting of the city school clubs </w:t>
       </w:r>
-      <w:r w:rsidR="00326DDB" w:rsidRPr="00241CA7">
-[...8 lines deleted...]
-      <w:r w:rsidR="00326DDB" w:rsidRPr="00CA2FCF">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">    члены школьного   клуба «</w:t>
+        <w:t>" Adal</w:t>
       </w:r>
-      <w:r w:rsidR="00326DDB" w:rsidRPr="00CA2FCF">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Адал ұрпақ»</w:t>
+        <w:t xml:space="preserve"> Urpak "on the theme" Zhemkorlyksyz El-guldengen El" . </w:t>
       </w:r>
-      <w:r w:rsidR="00313B83" w:rsidRPr="00CA2FCF">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">  приняли    участие     в открытом  заседании     городских   школьных  клубов «Адал ұрпақ» на тему «</w:t>
+        <w:t>during</w:t>
       </w:r>
-      <w:r w:rsidR="00313B83" w:rsidRPr="00241CA7">
-[...20 lines deleted...]
-      <w:r w:rsidR="00313B83" w:rsidRPr="00CA2FCF">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t xml:space="preserve"> the meeting, members of the club actively discussed issues related to such an anti-social problem of the Kazakh society as corruption and, of course, came to the conclusion that everyone should fight corruption and youth is the most driving force in this issue.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00313B83" w:rsidRPr="00CA2FCF">
+      <w:r w:rsidR="00CA2FCF" w:rsidRPr="000D7CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> активно обсуждали вопросы, связанные с такой антиобщественной проблемой казахстанского общества как коррупция и, несомненно, пришли к выводу, что с коррупцией надо бороться всем и каждому и молодежь является самой движущей силой в этом вопросе.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00241CA7" w:rsidRDefault="003840EA" w:rsidP="003840EA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4639341" cy="3474917"/>
             <wp:effectExtent l="19050" t="0" r="8859" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\пппп.jpg"/>
@@ -605,72 +543,73 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C67EB1" w:rsidRPr="00241CA7" w:rsidSect="0087425F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="84"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="003D608C"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
@@ -929,50 +868,51 @@
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000C748D"/>
     <w:rsid w:val="000C7D87"/>
     <w:rsid w:val="000C7E17"/>
     <w:rsid w:val="000D046B"/>
     <w:rsid w:val="000D0577"/>
     <w:rsid w:val="000D0630"/>
     <w:rsid w:val="000D0A55"/>
     <w:rsid w:val="000D1511"/>
     <w:rsid w:val="000D1D80"/>
     <w:rsid w:val="000D1EDB"/>
     <w:rsid w:val="000D1F56"/>
     <w:rsid w:val="000D27B3"/>
     <w:rsid w:val="000D37A9"/>
     <w:rsid w:val="000D4953"/>
     <w:rsid w:val="000D49A9"/>
     <w:rsid w:val="000D49EB"/>
     <w:rsid w:val="000D4C57"/>
     <w:rsid w:val="000D525D"/>
     <w:rsid w:val="000D5645"/>
     <w:rsid w:val="000D63A7"/>
     <w:rsid w:val="000D6894"/>
     <w:rsid w:val="000D6BCE"/>
     <w:rsid w:val="000D720E"/>
     <w:rsid w:val="000D77C7"/>
+    <w:rsid w:val="000D7CF0"/>
     <w:rsid w:val="000E0368"/>
     <w:rsid w:val="000E07ED"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E176C"/>
     <w:rsid w:val="000E178F"/>
     <w:rsid w:val="000E181C"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E29C4"/>
     <w:rsid w:val="000E3C5A"/>
     <w:rsid w:val="000E3FC8"/>
     <w:rsid w:val="000E49C3"/>
     <w:rsid w:val="000E5D09"/>
     <w:rsid w:val="000E5D6F"/>
     <w:rsid w:val="000E63D5"/>
     <w:rsid w:val="000E6648"/>
     <w:rsid w:val="000E7924"/>
     <w:rsid w:val="000E79FA"/>
     <w:rsid w:val="000E7A9A"/>
     <w:rsid w:val="000E7C7A"/>
     <w:rsid w:val="000E7D63"/>
     <w:rsid w:val="000E7E86"/>
     <w:rsid w:val="000E7FED"/>
     <w:rsid w:val="000F0CF7"/>
     <w:rsid w:val="000F1969"/>
@@ -5113,50 +5053,51 @@
     <w:rsid w:val="00E9111A"/>
     <w:rsid w:val="00E91351"/>
     <w:rsid w:val="00E914C8"/>
     <w:rsid w:val="00E91CB4"/>
     <w:rsid w:val="00E92354"/>
     <w:rsid w:val="00E94001"/>
     <w:rsid w:val="00E9428C"/>
     <w:rsid w:val="00E94817"/>
     <w:rsid w:val="00E9522F"/>
     <w:rsid w:val="00E953D9"/>
     <w:rsid w:val="00E95502"/>
     <w:rsid w:val="00E9631D"/>
     <w:rsid w:val="00E9641E"/>
     <w:rsid w:val="00E96FAA"/>
     <w:rsid w:val="00EA0767"/>
     <w:rsid w:val="00EA0DEB"/>
     <w:rsid w:val="00EA175F"/>
     <w:rsid w:val="00EA26F6"/>
     <w:rsid w:val="00EA2AAC"/>
     <w:rsid w:val="00EA3D7F"/>
     <w:rsid w:val="00EA4731"/>
     <w:rsid w:val="00EA503F"/>
     <w:rsid w:val="00EA56DF"/>
     <w:rsid w:val="00EA5BBB"/>
     <w:rsid w:val="00EA5BCE"/>
+    <w:rsid w:val="00EA68B9"/>
     <w:rsid w:val="00EA6ABC"/>
     <w:rsid w:val="00EA79D4"/>
     <w:rsid w:val="00EA7EBE"/>
     <w:rsid w:val="00EA7F28"/>
     <w:rsid w:val="00EB0137"/>
     <w:rsid w:val="00EB0796"/>
     <w:rsid w:val="00EB15B5"/>
     <w:rsid w:val="00EB1E30"/>
     <w:rsid w:val="00EB22AA"/>
     <w:rsid w:val="00EB234F"/>
     <w:rsid w:val="00EB2467"/>
     <w:rsid w:val="00EB29F5"/>
     <w:rsid w:val="00EB3354"/>
     <w:rsid w:val="00EB48C1"/>
     <w:rsid w:val="00EB5EF8"/>
     <w:rsid w:val="00EB5F2A"/>
     <w:rsid w:val="00EB6249"/>
     <w:rsid w:val="00EB6B73"/>
     <w:rsid w:val="00EB6D8C"/>
     <w:rsid w:val="00EB6DBB"/>
     <w:rsid w:val="00EB7203"/>
     <w:rsid w:val="00EB7AEC"/>
     <w:rsid w:val="00EC008E"/>
     <w:rsid w:val="00EC009E"/>
     <w:rsid w:val="00EC045C"/>
@@ -5503,51 +5444,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6033,65 +5974,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>76</Words>
-  <Characters>434</Characters>
+  <Words>72</Words>
+  <Characters>413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>509</CharactersWithSpaces>
+  <CharactersWithSpaces>484</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>