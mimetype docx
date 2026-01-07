--- v1 (2025-12-14)
+++ v2 (2026-01-07)
@@ -1,142 +1,469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003D608C" w:rsidRDefault="003D608C" w:rsidP="003D608C">
-[...9 lines deleted...]
-    <w:p w:rsidR="000D7CF0" w:rsidRPr="000D7CF0" w:rsidRDefault="000D7CF0" w:rsidP="000D7CF0">
+    <w:p w:rsidR="000E4ECF" w:rsidRPr="000E4ECF" w:rsidRDefault="000E4ECF" w:rsidP="000E4ECF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7CF0">
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>INFORMATION</w:t>
+        <w:t>Ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D608C" w:rsidRDefault="000D7CF0" w:rsidP="000D7CF0">
+    <w:p w:rsidR="003D608C" w:rsidRDefault="000E4ECF" w:rsidP="000E4ECF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D7CF0">
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">       On February 19, 2020, members of the school club "Adal Urpak" took part in an open meeting of the city school clubs </w:t>
+        <w:t xml:space="preserve">       2020 жылдың </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D7CF0">
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>" Adal</w:t>
+        <w:t>19</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D7CF0">
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Urpak "on the theme" Zhemkorlyksyz El-guldengen El" . </w:t>
+        <w:t xml:space="preserve"> ақпанында "</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D7CF0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>during</w:t>
+        <w:t>Адал</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D7CF0">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the meeting, members of the club actively discussed issues related to such an anti-social problem of the Kazakh society as corruption and, of course, came to the conclusion that everyone should fight corruption and youth is the most driving force in this issue.</w:t>
+        <w:t xml:space="preserve"> ұрпақ" </w:t>
       </w:r>
-      <w:r w:rsidR="00CA2FCF" w:rsidRPr="000D7CF0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клубының мүшелері "Жемқорлықсыз ел - гүлденген ел" тақырыбында қалалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клубтарының "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұрпақ" ашық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>отырысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысты.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Жемқорлықсыз ел - гүлденген ел" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>отырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клуб мүшелері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жемқорлық сияқты қазақстандық қоғамның қоғамға қарсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>проблемасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәселелерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талқылап, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жемқорлықпен күресу барлық және әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>жастар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы мәселедегі ең қозғаушы күш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорытындыға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>келді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D95D68" w:rsidRPr="00D95D68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7CF0" w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2FCF" w:rsidRPr="000E4ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00241CA7" w:rsidRDefault="003840EA" w:rsidP="003840EA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4639341" cy="3474917"/>
@@ -881,50 +1208,51 @@
     <w:rsid w:val="000D37A9"/>
     <w:rsid w:val="000D4953"/>
     <w:rsid w:val="000D49A9"/>
     <w:rsid w:val="000D49EB"/>
     <w:rsid w:val="000D4C57"/>
     <w:rsid w:val="000D525D"/>
     <w:rsid w:val="000D5645"/>
     <w:rsid w:val="000D63A7"/>
     <w:rsid w:val="000D6894"/>
     <w:rsid w:val="000D6BCE"/>
     <w:rsid w:val="000D720E"/>
     <w:rsid w:val="000D77C7"/>
     <w:rsid w:val="000D7CF0"/>
     <w:rsid w:val="000E0368"/>
     <w:rsid w:val="000E07ED"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E176C"/>
     <w:rsid w:val="000E178F"/>
     <w:rsid w:val="000E181C"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E29C4"/>
     <w:rsid w:val="000E3C5A"/>
     <w:rsid w:val="000E3FC8"/>
     <w:rsid w:val="000E49C3"/>
+    <w:rsid w:val="000E4ECF"/>
     <w:rsid w:val="000E5D09"/>
     <w:rsid w:val="000E5D6F"/>
     <w:rsid w:val="000E63D5"/>
     <w:rsid w:val="000E6648"/>
     <w:rsid w:val="000E7924"/>
     <w:rsid w:val="000E79FA"/>
     <w:rsid w:val="000E7A9A"/>
     <w:rsid w:val="000E7C7A"/>
     <w:rsid w:val="000E7D63"/>
     <w:rsid w:val="000E7E86"/>
     <w:rsid w:val="000E7FED"/>
     <w:rsid w:val="000F0CF7"/>
     <w:rsid w:val="000F1969"/>
     <w:rsid w:val="000F203A"/>
     <w:rsid w:val="000F20BC"/>
     <w:rsid w:val="000F32DE"/>
     <w:rsid w:val="000F3C16"/>
     <w:rsid w:val="000F3EDE"/>
     <w:rsid w:val="000F426F"/>
     <w:rsid w:val="000F4883"/>
     <w:rsid w:val="000F4E7E"/>
     <w:rsid w:val="000F5183"/>
     <w:rsid w:val="000F5343"/>
     <w:rsid w:val="000F5C78"/>
     <w:rsid w:val="000F5FDE"/>
@@ -1056,50 +1384,51 @@
     <w:rsid w:val="0015457E"/>
     <w:rsid w:val="0015499C"/>
     <w:rsid w:val="001554D7"/>
     <w:rsid w:val="00156424"/>
     <w:rsid w:val="00156F97"/>
     <w:rsid w:val="0015722F"/>
     <w:rsid w:val="00157F55"/>
     <w:rsid w:val="00160905"/>
     <w:rsid w:val="00160AC9"/>
     <w:rsid w:val="00161148"/>
     <w:rsid w:val="00161CC1"/>
     <w:rsid w:val="00161EFB"/>
     <w:rsid w:val="001629B5"/>
     <w:rsid w:val="00162DBE"/>
     <w:rsid w:val="0016360E"/>
     <w:rsid w:val="00163840"/>
     <w:rsid w:val="00163E6D"/>
     <w:rsid w:val="00164AE8"/>
     <w:rsid w:val="00164C7F"/>
     <w:rsid w:val="00164CD9"/>
     <w:rsid w:val="0016567E"/>
     <w:rsid w:val="00165879"/>
     <w:rsid w:val="00165C77"/>
     <w:rsid w:val="00165CD6"/>
     <w:rsid w:val="00165CE7"/>
+    <w:rsid w:val="00167075"/>
     <w:rsid w:val="00170FEF"/>
     <w:rsid w:val="00171498"/>
     <w:rsid w:val="001724B1"/>
     <w:rsid w:val="00172690"/>
     <w:rsid w:val="00172B8E"/>
     <w:rsid w:val="00173299"/>
     <w:rsid w:val="00174186"/>
     <w:rsid w:val="001741B2"/>
     <w:rsid w:val="00174635"/>
     <w:rsid w:val="00174793"/>
     <w:rsid w:val="001748D3"/>
     <w:rsid w:val="00174904"/>
     <w:rsid w:val="0017557F"/>
     <w:rsid w:val="001765C3"/>
     <w:rsid w:val="0017669F"/>
     <w:rsid w:val="0017692D"/>
     <w:rsid w:val="00177A93"/>
     <w:rsid w:val="00177BC9"/>
     <w:rsid w:val="00177F77"/>
     <w:rsid w:val="001800BC"/>
     <w:rsid w:val="00180B40"/>
     <w:rsid w:val="0018117E"/>
     <w:rsid w:val="001811CE"/>
     <w:rsid w:val="00181680"/>
     <w:rsid w:val="0018180E"/>
@@ -4759,50 +5088,51 @@
     <w:rsid w:val="00D83565"/>
     <w:rsid w:val="00D83E40"/>
     <w:rsid w:val="00D84660"/>
     <w:rsid w:val="00D84C95"/>
     <w:rsid w:val="00D84D95"/>
     <w:rsid w:val="00D84DD3"/>
     <w:rsid w:val="00D851FC"/>
     <w:rsid w:val="00D861B5"/>
     <w:rsid w:val="00D86564"/>
     <w:rsid w:val="00D87115"/>
     <w:rsid w:val="00D8732F"/>
     <w:rsid w:val="00D876FB"/>
     <w:rsid w:val="00D87777"/>
     <w:rsid w:val="00D879E4"/>
     <w:rsid w:val="00D90A98"/>
     <w:rsid w:val="00D9142B"/>
     <w:rsid w:val="00D91DA4"/>
     <w:rsid w:val="00D91E77"/>
     <w:rsid w:val="00D92F52"/>
     <w:rsid w:val="00D938BA"/>
     <w:rsid w:val="00D93C78"/>
     <w:rsid w:val="00D93DB3"/>
     <w:rsid w:val="00D93DDC"/>
     <w:rsid w:val="00D94359"/>
     <w:rsid w:val="00D94D91"/>
+    <w:rsid w:val="00D95D68"/>
     <w:rsid w:val="00D95EA7"/>
     <w:rsid w:val="00D962D2"/>
     <w:rsid w:val="00D96794"/>
     <w:rsid w:val="00D96A61"/>
     <w:rsid w:val="00D96C2B"/>
     <w:rsid w:val="00D9760E"/>
     <w:rsid w:val="00DA10CA"/>
     <w:rsid w:val="00DA1D6B"/>
     <w:rsid w:val="00DA1F98"/>
     <w:rsid w:val="00DA2FB6"/>
     <w:rsid w:val="00DA3658"/>
     <w:rsid w:val="00DA40E9"/>
     <w:rsid w:val="00DA4B38"/>
     <w:rsid w:val="00DA50F7"/>
     <w:rsid w:val="00DA5372"/>
     <w:rsid w:val="00DA57A7"/>
     <w:rsid w:val="00DA5843"/>
     <w:rsid w:val="00DB071A"/>
     <w:rsid w:val="00DB14E9"/>
     <w:rsid w:val="00DB15A2"/>
     <w:rsid w:val="00DB1EAE"/>
     <w:rsid w:val="00DB298D"/>
     <w:rsid w:val="00DB2A48"/>
     <w:rsid w:val="00DB2ADB"/>
     <w:rsid w:val="00DB33C7"/>
@@ -5444,51 +5774,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5974,65 +6304,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>72</Words>
-  <Characters>413</Characters>
+  <Words>77</Words>
+  <Characters>441</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>484</CharactersWithSpaces>
+  <CharactersWithSpaces>517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>