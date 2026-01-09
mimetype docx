--- v0 (2025-12-10)
+++ v1 (2026-01-09)
@@ -1,385 +1,739 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000900CF" w:rsidRDefault="00B2205E" w:rsidP="000900CF">
+    <w:p w:rsidR="002E663E" w:rsidRPr="00CD64F0" w:rsidRDefault="001C37F1" w:rsidP="002E663E">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3606800</wp:posOffset>
+              <wp:posOffset>3500120</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-167005</wp:posOffset>
+              <wp:posOffset>-331470</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2506980" cy="3344545"/>
-            <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
+            <wp:extent cx="2503805" cy="3342005"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Зере\Desktop\index.jpg"/>
+            <wp:docPr id="3" name="Рисунок 5" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2506980" cy="3344545"/>
+                      <a:ext cx="2503805" cy="3342005"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="000900CF">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Өткізілген дәріс туралы анықтама </w:t>
+      <w:r w:rsidR="00885825" w:rsidRPr="002E663E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E663E" w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка о проведенной  лекции </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000900CF" w:rsidRDefault="000900CF" w:rsidP="000900CF">
+    <w:p w:rsidR="002E663E" w:rsidRPr="001C37F1" w:rsidRDefault="002E663E" w:rsidP="002E663E">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тема</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C37F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Административная ответственность несовершеннолетних», «Нарушение  Устава  школы,соблюдение    правил  внутренного  распорядка »</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E663E" w:rsidRPr="00CD64F0" w:rsidRDefault="002E663E" w:rsidP="002E663E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12 февраля  2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E663E" w:rsidRDefault="002E663E" w:rsidP="002E663E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 6  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD64F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E663E" w:rsidRDefault="002E663E" w:rsidP="002E663E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...2 lines deleted...]
-        <w:t>Тақырыбы:" Кәмелетке толмағандардың әкімшілік жауаптылығы", " мектеп Жарғысын бұзу,ішкі тәртіп ережелерін сақтау »</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 февраля  2020   года школьным инспектором  </w:t>
+      </w:r>
+      <w:r w:rsidR="00020EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Абдрасиловой С.Т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  среди учащихся </w:t>
+      </w:r>
+      <w:r w:rsidR="00020EC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-х   проведена  профилактическая   беседа, на вышеуказанную   тему. В ходе беседы школьный инспектор   еще раз    учащимся  разъяснила  статьи  Административного Кодекса  РК, а именно:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000900CF" w:rsidRDefault="000900CF" w:rsidP="000900CF">
+    <w:p w:rsidR="002E663E" w:rsidRPr="00CD4E18" w:rsidRDefault="002E663E" w:rsidP="002E663E">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 434-435 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мелкое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">улиганство, совершенное несовершеннолетним </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E663E" w:rsidRDefault="002E663E" w:rsidP="002E663E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Мелкое хулиганств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бросать мусор, семечки , нецензурно выражаться, ломать чужое имущество и.т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или хулиганство, предусмотренное частью первой </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00CD4E18">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>статьи 257</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан, совершенное несовершеннолетним в возрасте от четырнадцати до шестнадцати лет, - влечет штраф на родителей или лиц, их заменяющих, в размере </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от двух до пяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885825" w:rsidRDefault="00943372" w:rsidP="00943372">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...110 lines deleted...]
-      <w:r w:rsidR="00B2205E" w:rsidRPr="00B2205E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3155074" cy="2367655"/>
             <wp:effectExtent l="19050" t="0" r="7226" b="0"/>
-            <wp:docPr id="7" name="Рисунок 2" descr="C:\Users\Зере\Desktop\Сая.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\Сая.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\Сая.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3160265" cy="2371550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">* 442-2-бап кәмелетке толмағандардың заңды өкілдерінің еріп жүруінсіз тұрғын жайдан тыс жерлерде болуы </w:t>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3070991" cy="2304557"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Зере\Desktop\рррррррррррррррррррр.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\рррррррррррррррррррр.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3068565" cy="2302736"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000900CF" w:rsidRDefault="000900CF" w:rsidP="000900CF">
+    <w:p w:rsidR="00943372" w:rsidRPr="00CD4E18" w:rsidRDefault="00943372" w:rsidP="00943372">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>1.</w:t>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Кәмелетке толмағандардың заңды өкілдерінің еріп жүруінсіз тұрғын жайдан тыс жерде сағат 23 - тен таңғы 6-ға дейін болуы, - заңды өкілдеріне ескерту жасауға әкеп соғады.</w:t>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">442-2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нахождение несоверш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ннолетних без сопровождения законных представителей вне жилища</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC3BFA" w:rsidRDefault="000900CF" w:rsidP="000900CF">
+    <w:p w:rsidR="00943372" w:rsidRPr="00CD4E18" w:rsidRDefault="00943372" w:rsidP="00943372">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Нахождение несовершеннолетних без сопровождения законных представителей вне жилища с 23 до 6 часов утра -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>влечет предупреждение законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0035630C" w:rsidRPr="00DC3BFA" w:rsidRDefault="00943372" w:rsidP="0035630C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>2.</w:t>
+      <w:bookmarkStart w:id="0" w:name="SUB336040200"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00DC3BFA">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Действие, предусмотренное частью первой настоящей статьи, совершенное повторно в течение года после наложения административного взыскания, -</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00DC3BFA">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>Осы баптың бірінші бөлігінде көзделген, әкімшілік жаза қолданылғаннан кейін бір жыл ішінде қайталап жасалған іс - әрекет-заңды өкілдеріне бес айлық есептік көрсеткіш мөлшерінде айыппұл салуға әкеп соғады.</w:t>
+      <w:r w:rsidRPr="00DC3BFA">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влечет штраф на законных представителей в размере пяти </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00DC3BFA">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>месячных расчетных показателей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD4E18">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC3BFA" w:rsidRDefault="00DC3BFA" w:rsidP="00DC3BFA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC3BFA" w:rsidRDefault="00DC3BFA" w:rsidP="00DC3BFA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC3BFA" w:rsidRDefault="00DC3BFA" w:rsidP="00DC3BFA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC3BFA" w:rsidRDefault="00DC3BFA" w:rsidP="00DC3BFA">
       <w:pPr>
@@ -526,87 +880,87 @@
     </w:p>
     <w:sectPr w:rsidR="00161CB3" w:rsidRPr="00943372" w:rsidSect="00943372">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="23B92AC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6F2D95A"/>
     <w:lvl w:ilvl="0" w:tplc="7A78D4C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -900,52 +1254,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="40"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="91"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00885825"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="00005B1A"/>
     <w:rsid w:val="00005D41"/>
     <w:rsid w:val="0000672A"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
@@ -1081,51 +1434,50 @@
     <w:rsid w:val="00075BA8"/>
     <w:rsid w:val="000765B0"/>
     <w:rsid w:val="00077557"/>
     <w:rsid w:val="000776C0"/>
     <w:rsid w:val="000778D0"/>
     <w:rsid w:val="00077B45"/>
     <w:rsid w:val="00077D15"/>
     <w:rsid w:val="00080D53"/>
     <w:rsid w:val="000825EE"/>
     <w:rsid w:val="000827BC"/>
     <w:rsid w:val="000827FD"/>
     <w:rsid w:val="000828F6"/>
     <w:rsid w:val="00082985"/>
     <w:rsid w:val="00083A67"/>
     <w:rsid w:val="00084262"/>
     <w:rsid w:val="00084595"/>
     <w:rsid w:val="00084EB7"/>
     <w:rsid w:val="0008543C"/>
     <w:rsid w:val="00085C89"/>
     <w:rsid w:val="000866BC"/>
     <w:rsid w:val="0008677D"/>
     <w:rsid w:val="00086F53"/>
     <w:rsid w:val="000876A9"/>
     <w:rsid w:val="00087FF8"/>
     <w:rsid w:val="000900C7"/>
-    <w:rsid w:val="000900CF"/>
     <w:rsid w:val="000904AA"/>
     <w:rsid w:val="0009085D"/>
     <w:rsid w:val="00091E75"/>
     <w:rsid w:val="000924D7"/>
     <w:rsid w:val="00093653"/>
     <w:rsid w:val="00093F7A"/>
     <w:rsid w:val="0009562D"/>
     <w:rsid w:val="000958F9"/>
     <w:rsid w:val="0009632E"/>
     <w:rsid w:val="000967BB"/>
     <w:rsid w:val="000976AE"/>
     <w:rsid w:val="0009792D"/>
     <w:rsid w:val="00097E4A"/>
     <w:rsid w:val="000A0416"/>
     <w:rsid w:val="000A2356"/>
     <w:rsid w:val="000A2C8E"/>
     <w:rsid w:val="000A2D54"/>
     <w:rsid w:val="000A2E90"/>
     <w:rsid w:val="000A2F16"/>
     <w:rsid w:val="000A2F19"/>
     <w:rsid w:val="000A31A9"/>
     <w:rsid w:val="000A418F"/>
     <w:rsid w:val="000A42A0"/>
     <w:rsid w:val="000A436F"/>
     <w:rsid w:val="000A4839"/>
@@ -1566,51 +1918,50 @@
     <w:rsid w:val="00205B0C"/>
     <w:rsid w:val="00205E28"/>
     <w:rsid w:val="0020607F"/>
     <w:rsid w:val="002065C3"/>
     <w:rsid w:val="002067BF"/>
     <w:rsid w:val="00207286"/>
     <w:rsid w:val="00207671"/>
     <w:rsid w:val="0020782F"/>
     <w:rsid w:val="00210498"/>
     <w:rsid w:val="00210790"/>
     <w:rsid w:val="002109B0"/>
     <w:rsid w:val="00210E61"/>
     <w:rsid w:val="00211584"/>
     <w:rsid w:val="00211B49"/>
     <w:rsid w:val="00212550"/>
     <w:rsid w:val="0021391F"/>
     <w:rsid w:val="00214CF5"/>
     <w:rsid w:val="0021530D"/>
     <w:rsid w:val="00215E3F"/>
     <w:rsid w:val="00216404"/>
     <w:rsid w:val="002169D4"/>
     <w:rsid w:val="00216A28"/>
     <w:rsid w:val="00216AFD"/>
     <w:rsid w:val="0021704D"/>
     <w:rsid w:val="0021708A"/>
-    <w:rsid w:val="002171DF"/>
     <w:rsid w:val="0021729A"/>
     <w:rsid w:val="0022048D"/>
     <w:rsid w:val="002209F5"/>
     <w:rsid w:val="00221AE3"/>
     <w:rsid w:val="0022223F"/>
     <w:rsid w:val="0022240E"/>
     <w:rsid w:val="00222D4B"/>
     <w:rsid w:val="002233C6"/>
     <w:rsid w:val="0022369A"/>
     <w:rsid w:val="002237A8"/>
     <w:rsid w:val="00223863"/>
     <w:rsid w:val="002238D1"/>
     <w:rsid w:val="00224351"/>
     <w:rsid w:val="00224634"/>
     <w:rsid w:val="00224898"/>
     <w:rsid w:val="00225AC9"/>
     <w:rsid w:val="00225DEF"/>
     <w:rsid w:val="0022615E"/>
     <w:rsid w:val="002266B1"/>
     <w:rsid w:val="00226AD8"/>
     <w:rsid w:val="00226B69"/>
     <w:rsid w:val="0022721E"/>
     <w:rsid w:val="00230183"/>
     <w:rsid w:val="00230599"/>
     <w:rsid w:val="00230A2B"/>
@@ -1622,51 +1973,50 @@
     <w:rsid w:val="0023622C"/>
     <w:rsid w:val="00236D21"/>
     <w:rsid w:val="00236FC8"/>
     <w:rsid w:val="0023708B"/>
     <w:rsid w:val="00237780"/>
     <w:rsid w:val="00237F0E"/>
     <w:rsid w:val="00237F52"/>
     <w:rsid w:val="00240449"/>
     <w:rsid w:val="0024048A"/>
     <w:rsid w:val="002405CD"/>
     <w:rsid w:val="00240659"/>
     <w:rsid w:val="00241B1A"/>
     <w:rsid w:val="00241F09"/>
     <w:rsid w:val="00242085"/>
     <w:rsid w:val="002427A3"/>
     <w:rsid w:val="00242E54"/>
     <w:rsid w:val="00244063"/>
     <w:rsid w:val="002449EA"/>
     <w:rsid w:val="00244C67"/>
     <w:rsid w:val="00244C77"/>
     <w:rsid w:val="00244E2F"/>
     <w:rsid w:val="0024543D"/>
     <w:rsid w:val="002454E0"/>
     <w:rsid w:val="00245799"/>
     <w:rsid w:val="002459D5"/>
-    <w:rsid w:val="00245B22"/>
     <w:rsid w:val="00245CB4"/>
     <w:rsid w:val="002461DB"/>
     <w:rsid w:val="002466CC"/>
     <w:rsid w:val="002466D0"/>
     <w:rsid w:val="00247016"/>
     <w:rsid w:val="002477BD"/>
     <w:rsid w:val="002477ED"/>
     <w:rsid w:val="00247F67"/>
     <w:rsid w:val="0025012F"/>
     <w:rsid w:val="0025143F"/>
     <w:rsid w:val="00251E75"/>
     <w:rsid w:val="002520D2"/>
     <w:rsid w:val="0025222F"/>
     <w:rsid w:val="00252777"/>
     <w:rsid w:val="002529D3"/>
     <w:rsid w:val="00252CAA"/>
     <w:rsid w:val="0025355A"/>
     <w:rsid w:val="0025380A"/>
     <w:rsid w:val="00254008"/>
     <w:rsid w:val="002540A8"/>
     <w:rsid w:val="002545E2"/>
     <w:rsid w:val="002546A8"/>
     <w:rsid w:val="00254735"/>
     <w:rsid w:val="00254BBB"/>
     <w:rsid w:val="0025515A"/>
@@ -4286,51 +4636,50 @@
     <w:rsid w:val="00B1050C"/>
     <w:rsid w:val="00B10AA1"/>
     <w:rsid w:val="00B10EE9"/>
     <w:rsid w:val="00B11273"/>
     <w:rsid w:val="00B11450"/>
     <w:rsid w:val="00B11B43"/>
     <w:rsid w:val="00B120AD"/>
     <w:rsid w:val="00B1213A"/>
     <w:rsid w:val="00B126D7"/>
     <w:rsid w:val="00B12F4A"/>
     <w:rsid w:val="00B13939"/>
     <w:rsid w:val="00B14046"/>
     <w:rsid w:val="00B1446D"/>
     <w:rsid w:val="00B14B3C"/>
     <w:rsid w:val="00B14BB0"/>
     <w:rsid w:val="00B15575"/>
     <w:rsid w:val="00B156AD"/>
     <w:rsid w:val="00B1593C"/>
     <w:rsid w:val="00B16820"/>
     <w:rsid w:val="00B17ADA"/>
     <w:rsid w:val="00B20829"/>
     <w:rsid w:val="00B20ECE"/>
     <w:rsid w:val="00B20F5D"/>
     <w:rsid w:val="00B21430"/>
     <w:rsid w:val="00B21A21"/>
-    <w:rsid w:val="00B2205E"/>
     <w:rsid w:val="00B225D5"/>
     <w:rsid w:val="00B22C3C"/>
     <w:rsid w:val="00B2302E"/>
     <w:rsid w:val="00B23456"/>
     <w:rsid w:val="00B2348D"/>
     <w:rsid w:val="00B23709"/>
     <w:rsid w:val="00B23FB7"/>
     <w:rsid w:val="00B24577"/>
     <w:rsid w:val="00B247BD"/>
     <w:rsid w:val="00B24C89"/>
     <w:rsid w:val="00B24F56"/>
     <w:rsid w:val="00B25B70"/>
     <w:rsid w:val="00B27810"/>
     <w:rsid w:val="00B27B0B"/>
     <w:rsid w:val="00B27F2F"/>
     <w:rsid w:val="00B3022E"/>
     <w:rsid w:val="00B304A1"/>
     <w:rsid w:val="00B30F4A"/>
     <w:rsid w:val="00B30FD6"/>
     <w:rsid w:val="00B3117D"/>
     <w:rsid w:val="00B31D11"/>
     <w:rsid w:val="00B330A1"/>
     <w:rsid w:val="00B3310E"/>
     <w:rsid w:val="00B33B89"/>
     <w:rsid w:val="00B34102"/>
@@ -5666,51 +6015,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5954,51 +6303,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00943372"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000042951" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.zakon.kz/?m=ShowLink&amp;id=1000000358" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6244,67 +6593,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1231</Characters>
+  <Pages>1</Pages>
+  <Words>237</Words>
+  <Characters>1352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1444</CharactersWithSpaces>
+  <CharactersWithSpaces>1586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>