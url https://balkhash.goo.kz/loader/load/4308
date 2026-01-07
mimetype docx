--- v0 (2025-12-13)
+++ v1 (2026-01-07)
@@ -1,1319 +1,860 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0087425F" w:rsidRPr="009A4478" w:rsidRDefault="00BD2BCE" w:rsidP="009A4478">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="00CE740A" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3190240</wp:posOffset>
+              <wp:posOffset>3121660</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-541655</wp:posOffset>
+              <wp:posOffset>236220</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3170555" cy="2112010"/>
+            <wp:extent cx="3165475" cy="2112010"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\12 фев мероп\IMG_0261.JPG"/>
+            <wp:docPr id="3" name="Рисунок 1" descr="C:\Users\Зере\Desktop\12 фев мероп\IMG_0261.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\12 фев мероп\IMG_0261.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3170555" cy="2112010"/>
+                      <a:ext cx="3165475" cy="2112010"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00744749" w:rsidRPr="009A4478">
+      <w:r w:rsidR="006F0FC5" w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Информация  о проведении беседы</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әңгіме өткізу туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00744749" w:rsidRPr="009A4478" w:rsidRDefault="00744749" w:rsidP="00FF7E77">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A4478">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...40 lines deleted...]
-        <w:t>.01.2020</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өткізу күні: 11.01.2020</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00744749" w:rsidRPr="00FF7E77" w:rsidRDefault="00744749" w:rsidP="00BD2BCE">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A4478">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-        <w:tab/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыныптар: 6-шы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="001F50B2" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078635E">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...87 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    11 ақпан күні әлеуметтік педагог З. Р. Бейсекеева 6 сынып оқушыларымен "ішкі тәртіп ережелерін бұзу" тақырыбында алдын алу дәріс өткізді .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>. Учащиеся Школы обязаны:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1. Мектеп оқушылары міндетті:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">• </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• Қазақстан Республикасының заңдарын, Қазақстан Республикасының "Білім туралы" Заңын сақтау, оқу жоспарлары мен оқу бағдарламаларының талаптарын орындау;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A10226">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A10226">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> законы Республики Казахстан, Закон Республики Казахстан «Об образовании», выполнять требования учебных планов и учебных программ;</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* ата-аналарға қамқорлық жасау, басқа азаматтардың құқықтары мен мүдделерін құрметтеу, сыпайы және тәртіпті болу, мектеп беделіне қамқорлық жасау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> родителях, уважать права и интересы других граждан, быть вежливыми и дисциплинированными, заботиться о репутации Школы;</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* мектепте және одан тыс жерлерде өзін лайықты ұстау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> в Школе и за её пределами;</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• ұлттық тарихқа, өз және басқа халықтардың мәдениетіне құрметпен қарау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>• с уважением относиться к национальной истории, культуре своего и других народов;</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* табиғи ортаны қорғау; қоршаған ортаға, меншіктің барлық түрлеріне ұқыпты қарау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000627A9" w:rsidRDefault="000627A9" w:rsidP="000627A9">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE740A" w:rsidRPr="00CE740A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5344509" cy="3563006"/>
             <wp:effectExtent l="19050" t="0" r="8541" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\12 фев мероп\IMG_0259.JPG"/>
+            <wp:docPr id="4" name="Рисунок 2" descr="C:\Users\Зере\Desktop\12 фев мероп\IMG_0259.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\12 фев мероп\IMG_0259.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5347466" cy="3564977"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000627A9" w:rsidRPr="000627A9" w:rsidRDefault="000627A9" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...123 lines deleted...]
-      <w:r w:rsidR="00AB35C7" w:rsidRPr="00AB35C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>• өз денсаулығы мен басқа адамдардың денсаулығына зиян келтіруге жол бермеу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> придерживаться школьной формы одежды, утвержденным советом самоуправления учащихся, родительским комитетом и педагогическим советом школы.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* педагогикалық кеңестің, құқық бұзушылықтың алдын алу жөніндегі кеңестің шешімдеріне, мектеп директорының және директор орынбасарларының өз құзыреті шегінде қабылданған және Қазақстан Республикасының заңнамасына қайшы келмейтін бұйрықтарына бағыну;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Для мальчиков (юношей) в комплект входят пиджак, жилет, брюки, рубашка белого (в праздничные дни) или синег</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* күн мен тамақтанудың тиімді тәртібін, жеке және қоғамдық гигиена ережелерін, көру және есту, дене шынықтыру мен денсаулықты сақтау, оқушының жұмыс орнын ұйымдастыру, жұқпалы аурулардың алдын алу, Зиянды әдеттердің, жазатайым оқиғалардың алдын алу және т. б. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>о(</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепте болған кезде оқушылар ұқыпты болуға міндетті, шаштар оқуға және жазуға кедергі келтірмей, оқушылардың өзін-өзі басқару кеңесі, ата-аналар комитеті және мектептің педагогикалық кеңесі бекіткен мектеп киім үлгісін ұстануға тиіс.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A10226">
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>голубого) цветов. Волосы коротко и аккуратно подстрижены.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлдар (жасөспірімдер) үшін жиынтыққа пиджак, жилет, шалбар, ақ(мереке күндері) немесе көк (көгілдір) түсті жейде кіреді. Шаш қысқа және ұқыпты кесілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Для девочек (девушек) - пиджак, жилет, юбка, блузка белого (в праздничные дни) или синег</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қыздар (қыздар) үшін - пиджак, жилет, юбка, ақ (мереке күндері) немесе көк(көгілдір) түсті блузка, сарафан. Шаш өрілген, бумаға алынады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақ немесе көк бантпен, арнайы резеңкемен, қысқыштармен немесе шатырлармен байланған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 4. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>о(</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушыларға темекі шегуге, алкогольдік ішімдіктерді, улы және есірткі заттарын пайдалануға, былапыт сөздер қолдануға, сабақтарға дәлелсіз себептермен кешікпеуге, мектеп мүлкіне және басқа да тұлғаларға зиян келтіруге қатаң тыйым салынады.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A10226">
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>голубого) цветов, сарафан. Волосы заплетены в косы, забраны в пучок,</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру үдерісін ұйымдастырудың негізгі нысаны сабақ болып табылады. Мектепте сабақтар екі ауысымда өткізіледі. Мектептегі сабақтардың күн сайынғы саны және олардың бірізділігі санитарлық ережелер мен нормалардың (СанЕжН) талаптарын ескере отырып құрастырылатын және мектеп директорымен бекітілетін сабақ кестесімен анықталады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.5. Барлық сабақтар оқушылардың тиісті сыныптарға баруы үшін міндетті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>завязаны</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар сабаққа бірінші сабаққа қоңырау шалғанға дейін 10 минут бұрын және Үй тапсырмасы, оқулықтар, оқу құралдары, дәптерлер және сабаққа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">қажетті басқа да материалдармен бірге басқа сабақтарға қоңырау шалудан кешіктірмей келуге міндетті. </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A10226">
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> белым или синим бантом, специальной резинкой, заколоты зажимами или заколками.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыртқы киімді оқушылар гардеробқа тапсырады. Бірінші сабақ екінші қоңыраумен басталады. Оқушыларға сабақ аяқталғанға дейін мұғалімнің рұқсатынсыз оқу үй-жайларынан кетуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t>курить, употреблять алкогольные напитки, токсические и наркотические вещества, использовать нецензурные выражения, опаздывать на уроки без уважительных причин, наносить ущерб имуществу Школы и других лиц.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.6.Сабақ барысында ұялы телефондарды, плейерлерді және білім беру процесіне қатысы жоқ басқа да заттарды пайдалануға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Основной формой организации образовательного процесса является урок. Уроки в Школе проводятся в две смены. Ежедневное количество уроков в Школе и их последовательность определяются расписанием уроков, которое составляется с учетом требований Санитарных правил и норм (СанПиН) и утверждается директором Школы. </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.7.Оқушыларға әкімшіліктің рұқсатынсыз сабақ уақытында мектеп ғимаратын тастап кетуге қатаң тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A10226">
+    </w:p>
+    <w:p w:rsidR="006F0FC5" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A10226">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E7CC3" w:rsidRPr="006F0FC5" w:rsidRDefault="006F0FC5" w:rsidP="006F0FC5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F0FC5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Все уроки являются обязательными для посещения учащимися соответствующих классов.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исп. Бейсекеева З. Р.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
-[...288 lines deleted...]
-    <w:sectPr w:rsidR="005E7CC3" w:rsidRPr="005E7CC3" w:rsidSect="0087425F">
+    <w:sectPr w:rsidR="005E7CC3" w:rsidRPr="006F0FC5" w:rsidSect="006F0FC5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00744749"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="00005B1A"/>
@@ -2215,50 +1756,51 @@
     <w:rsid w:val="00303DA8"/>
     <w:rsid w:val="00304566"/>
     <w:rsid w:val="00304DBD"/>
     <w:rsid w:val="00305240"/>
     <w:rsid w:val="003055CF"/>
     <w:rsid w:val="00305694"/>
     <w:rsid w:val="00306379"/>
     <w:rsid w:val="00306616"/>
     <w:rsid w:val="00306D81"/>
     <w:rsid w:val="00306F64"/>
     <w:rsid w:val="003077CE"/>
     <w:rsid w:val="00307B36"/>
     <w:rsid w:val="00307CA7"/>
     <w:rsid w:val="003104F4"/>
     <w:rsid w:val="00310962"/>
     <w:rsid w:val="00310DF8"/>
     <w:rsid w:val="003111F0"/>
     <w:rsid w:val="00312AA4"/>
     <w:rsid w:val="00312B43"/>
     <w:rsid w:val="00312E9F"/>
     <w:rsid w:val="003137CA"/>
     <w:rsid w:val="00313F68"/>
     <w:rsid w:val="003142C8"/>
     <w:rsid w:val="003145F0"/>
     <w:rsid w:val="0031475D"/>
+    <w:rsid w:val="003148EE"/>
     <w:rsid w:val="0031600C"/>
     <w:rsid w:val="003163F0"/>
     <w:rsid w:val="00316494"/>
     <w:rsid w:val="0031651D"/>
     <w:rsid w:val="00316C5C"/>
     <w:rsid w:val="00316D73"/>
     <w:rsid w:val="00316E5C"/>
     <w:rsid w:val="00317C62"/>
     <w:rsid w:val="003201FF"/>
     <w:rsid w:val="00320CEB"/>
     <w:rsid w:val="00320EE9"/>
     <w:rsid w:val="00321210"/>
     <w:rsid w:val="00321430"/>
     <w:rsid w:val="00321BFE"/>
     <w:rsid w:val="00321C12"/>
     <w:rsid w:val="00322746"/>
     <w:rsid w:val="00322764"/>
     <w:rsid w:val="00322C0B"/>
     <w:rsid w:val="00323F02"/>
     <w:rsid w:val="00323F5D"/>
     <w:rsid w:val="00324C07"/>
     <w:rsid w:val="003251DC"/>
     <w:rsid w:val="00325AE7"/>
     <w:rsid w:val="0032629E"/>
     <w:rsid w:val="003266B8"/>
@@ -3297,50 +2839,51 @@
     <w:rsid w:val="006D0E58"/>
     <w:rsid w:val="006D1060"/>
     <w:rsid w:val="006D1BAE"/>
     <w:rsid w:val="006D225F"/>
     <w:rsid w:val="006D28E9"/>
     <w:rsid w:val="006D57E7"/>
     <w:rsid w:val="006D5AFF"/>
     <w:rsid w:val="006D7123"/>
     <w:rsid w:val="006D7B71"/>
     <w:rsid w:val="006E02AD"/>
     <w:rsid w:val="006E063B"/>
     <w:rsid w:val="006E104A"/>
     <w:rsid w:val="006E124E"/>
     <w:rsid w:val="006E2872"/>
     <w:rsid w:val="006E290A"/>
     <w:rsid w:val="006E2EAC"/>
     <w:rsid w:val="006E2FB4"/>
     <w:rsid w:val="006E36DD"/>
     <w:rsid w:val="006E4690"/>
     <w:rsid w:val="006E5E3F"/>
     <w:rsid w:val="006E6067"/>
     <w:rsid w:val="006E6623"/>
     <w:rsid w:val="006E683C"/>
     <w:rsid w:val="006E7570"/>
     <w:rsid w:val="006F0291"/>
+    <w:rsid w:val="006F0FC5"/>
     <w:rsid w:val="006F1116"/>
     <w:rsid w:val="006F158E"/>
     <w:rsid w:val="006F1740"/>
     <w:rsid w:val="006F1806"/>
     <w:rsid w:val="006F241B"/>
     <w:rsid w:val="006F2E14"/>
     <w:rsid w:val="006F3377"/>
     <w:rsid w:val="006F38F5"/>
     <w:rsid w:val="006F3AA1"/>
     <w:rsid w:val="006F4144"/>
     <w:rsid w:val="006F43F9"/>
     <w:rsid w:val="006F460F"/>
     <w:rsid w:val="006F477A"/>
     <w:rsid w:val="006F5DEB"/>
     <w:rsid w:val="006F71BF"/>
     <w:rsid w:val="006F7B25"/>
     <w:rsid w:val="006F7BCD"/>
     <w:rsid w:val="0070169F"/>
     <w:rsid w:val="007017B8"/>
     <w:rsid w:val="00701E9C"/>
     <w:rsid w:val="007023C2"/>
     <w:rsid w:val="00702A2D"/>
     <w:rsid w:val="00702CB5"/>
     <w:rsid w:val="00702F7C"/>
     <w:rsid w:val="00703180"/>
@@ -4997,50 +4540,51 @@
     <w:rsid w:val="00CD53CE"/>
     <w:rsid w:val="00CD5BB7"/>
     <w:rsid w:val="00CD5C5F"/>
     <w:rsid w:val="00CD6838"/>
     <w:rsid w:val="00CD6964"/>
     <w:rsid w:val="00CD6A65"/>
     <w:rsid w:val="00CD6EDF"/>
     <w:rsid w:val="00CD79FF"/>
     <w:rsid w:val="00CD7CEC"/>
     <w:rsid w:val="00CE0417"/>
     <w:rsid w:val="00CE0F9B"/>
     <w:rsid w:val="00CE1137"/>
     <w:rsid w:val="00CE16EE"/>
     <w:rsid w:val="00CE17C9"/>
     <w:rsid w:val="00CE1DFC"/>
     <w:rsid w:val="00CE1F28"/>
     <w:rsid w:val="00CE226B"/>
     <w:rsid w:val="00CE2A23"/>
     <w:rsid w:val="00CE2E0A"/>
     <w:rsid w:val="00CE3929"/>
     <w:rsid w:val="00CE43A9"/>
     <w:rsid w:val="00CE49B3"/>
     <w:rsid w:val="00CE505E"/>
     <w:rsid w:val="00CE515A"/>
     <w:rsid w:val="00CE6BC3"/>
+    <w:rsid w:val="00CE740A"/>
     <w:rsid w:val="00CE74D6"/>
     <w:rsid w:val="00CE7B7A"/>
     <w:rsid w:val="00CE7F08"/>
     <w:rsid w:val="00CE7F5F"/>
     <w:rsid w:val="00CF0A66"/>
     <w:rsid w:val="00CF190A"/>
     <w:rsid w:val="00CF2912"/>
     <w:rsid w:val="00CF3B8F"/>
     <w:rsid w:val="00CF3C1E"/>
     <w:rsid w:val="00CF3E21"/>
     <w:rsid w:val="00CF4275"/>
     <w:rsid w:val="00CF4441"/>
     <w:rsid w:val="00CF4FBE"/>
     <w:rsid w:val="00CF55CF"/>
     <w:rsid w:val="00CF5773"/>
     <w:rsid w:val="00CF689B"/>
     <w:rsid w:val="00CF69B4"/>
     <w:rsid w:val="00CF6F62"/>
     <w:rsid w:val="00CF74D2"/>
     <w:rsid w:val="00CF7B03"/>
     <w:rsid w:val="00CF7B52"/>
     <w:rsid w:val="00CF7C38"/>
     <w:rsid w:val="00CF7D22"/>
     <w:rsid w:val="00CF7E99"/>
     <w:rsid w:val="00D01339"/>
@@ -5824,51 +5368,51 @@
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
     <w:rsid w:val="00FF7E77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6372,66 +5916,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD45F836-ABE5-43E8-9A12-113E02BF7F78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>512</Words>
-  <Characters>2920</Characters>
+  <Words>495</Words>
+  <Characters>2825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3426</CharactersWithSpaces>
+  <CharactersWithSpaces>3314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>