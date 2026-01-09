--- v0 (2025-12-08)
+++ v1 (2026-01-09)
@@ -1,727 +1,2061 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D82662" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00550634">
-[...30 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психологиялық әңгіме "Выключи </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне взгляни на мир»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRPr="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A4730" w:rsidRPr="00D74932" w:rsidRDefault="001A4730" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О. Л. Смирнова өткізген "</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...127 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әне әлемге көз сал" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шарасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтті.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F3FEA" w:rsidRPr="00D74932" w:rsidRDefault="00A3357F" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...47 lines deleted...]
-        <w:t>!!!</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>слайдтармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернеттің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратпен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныстырды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Видеоға интернет тәуелділік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неге әкеледі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мысалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келтірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және көрсетті. Балаларға интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>елестету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынылды.!!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0373C" w:rsidRPr="00D74932" w:rsidRDefault="00C0373C" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перебой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аударатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>на перебой</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ед</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> начали перечислять то, чем бы они могли бы заняться – петь, рисовать играть в настольные игры, вязать и даже вышивать!</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ән айтқанды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салғанды, үстел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойындарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ойнауға, тоқу, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вышивать!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0373C" w:rsidRPr="00D74932" w:rsidRDefault="001E0AF6" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">оторые не только могут развлечь ребят, но и научить </w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылармен медитация, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тү</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>чему</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> то новому, интересному.</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інде тренинг </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>элементтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізілді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар жаңа, қызықты нәрселерді үйретті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E0AF6" w:rsidRPr="00D74932" w:rsidRDefault="001E0AF6" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Так же, ребята ответили на вопросы предложенной анкеты по теме </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C0072D" w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>–и</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–т</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C0072D" w:rsidRPr="00D74932">
-[...7 lines deleted...]
-        <w:t>нтернет-зависимости.</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әуелділік тақырыбы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынылған сауалнаманың сұрақтарына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C0072D" w:rsidRPr="00D74932" w:rsidRDefault="00C0072D" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRPr="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...37 lines deleted...]
-        <w:t>, чтения книг, прогулкам на свежем воздухе, о чем мы очень часто забываем.</w:t>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жаңа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологиялар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,И</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нтернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлемінде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарым-қатынас, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу, таза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>серуендеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табу қажет, бұл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұмытамыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A416D6" w:rsidRDefault="00A416D6" w:rsidP="00D82662">
+    <w:p w:rsidR="00A416D6" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D74932">
-[...18 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоцияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жандандырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернетсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керемет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB21F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00764905" w:rsidRPr="00764905">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00EB21F9" w:rsidRDefault="00EB21F9" w:rsidP="00EB21F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00764905" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00550634" w:rsidRPr="00D74932" w:rsidRDefault="00550634" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00764905" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F3FEA" w:rsidRPr="00D74932" w:rsidRDefault="005F3FEA" w:rsidP="00D82662">
+    <w:p w:rsidR="00550634" w:rsidRPr="00764905" w:rsidRDefault="00550634" w:rsidP="00D82662">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F3FEA" w:rsidRDefault="005758D4" w:rsidP="001A4730">
+    <w:p w:rsidR="00550634" w:rsidRPr="00764905" w:rsidRDefault="00550634" w:rsidP="00D82662">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00550634" w:rsidRPr="00764905" w:rsidRDefault="00550634" w:rsidP="00D82662">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F3FEA" w:rsidRPr="00764905" w:rsidRDefault="005F3FEA" w:rsidP="00D82662">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F3FEA" w:rsidRPr="00764905" w:rsidRDefault="005758D4" w:rsidP="001A4730">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00764905">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-757407</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>132229</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4642099" cy="2608730"/>
             <wp:effectExtent l="0" t="0" r="6350" b="1270"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_133004.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -744,54 +2078,54 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4645633" cy="2610716"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C06110" w:rsidRDefault="005758D4">
+    <w:p w:rsidR="00C06110" w:rsidRPr="00764905" w:rsidRDefault="005758D4">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="00764905">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2456440</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6707393</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3852059" cy="2164976"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_130855.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -813,51 +2147,51 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3854409" cy="2166297"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00764905">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-930275</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3990340</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4832350" cy="2715895"/>
             <wp:effectExtent l="0" t="0" r="6350" b="8255"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_133610.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -879,51 +2213,51 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4832350" cy="2715895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00764905">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1551462</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2202628</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4808447" cy="2702859"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\Admin\Desktop\24 января интернет зависимость  фото\P_20190124_134043.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -946,51 +2280,51 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4812483" cy="2705128"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C06110" w:rsidSect="00610477">
+    <w:sectPr w:rsidR="00C06110" w:rsidRPr="00764905" w:rsidSect="00610477">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1769,50 +3103,51 @@
     <w:rsid w:val="00733EE2"/>
     <w:rsid w:val="007344A0"/>
     <w:rsid w:val="007354CB"/>
     <w:rsid w:val="007364A0"/>
     <w:rsid w:val="00736BCB"/>
     <w:rsid w:val="00736FF5"/>
     <w:rsid w:val="007377C0"/>
     <w:rsid w:val="00737C56"/>
     <w:rsid w:val="007424BF"/>
     <w:rsid w:val="007424EE"/>
     <w:rsid w:val="00744EF7"/>
     <w:rsid w:val="00745411"/>
     <w:rsid w:val="0074720E"/>
     <w:rsid w:val="007515FD"/>
     <w:rsid w:val="00752A0C"/>
     <w:rsid w:val="00753CB2"/>
     <w:rsid w:val="00755006"/>
     <w:rsid w:val="00755674"/>
     <w:rsid w:val="00755DA4"/>
     <w:rsid w:val="007573E8"/>
     <w:rsid w:val="00760950"/>
     <w:rsid w:val="007611A7"/>
     <w:rsid w:val="007617BD"/>
     <w:rsid w:val="00763E14"/>
     <w:rsid w:val="0076460A"/>
+    <w:rsid w:val="00764905"/>
     <w:rsid w:val="007650E3"/>
     <w:rsid w:val="00765DFE"/>
     <w:rsid w:val="007665DB"/>
     <w:rsid w:val="00767DCE"/>
     <w:rsid w:val="00772B36"/>
     <w:rsid w:val="00772FC9"/>
     <w:rsid w:val="0077367C"/>
     <w:rsid w:val="00773758"/>
     <w:rsid w:val="00773E19"/>
     <w:rsid w:val="00773F78"/>
     <w:rsid w:val="00774F58"/>
     <w:rsid w:val="0077559D"/>
     <w:rsid w:val="007761B1"/>
     <w:rsid w:val="00777B4C"/>
     <w:rsid w:val="007800B5"/>
     <w:rsid w:val="0078151D"/>
     <w:rsid w:val="00782549"/>
     <w:rsid w:val="007826EA"/>
     <w:rsid w:val="00782B2F"/>
     <w:rsid w:val="00785ED3"/>
     <w:rsid w:val="00787D42"/>
     <w:rsid w:val="00787DFC"/>
     <w:rsid w:val="007906EE"/>
     <w:rsid w:val="0079071E"/>
     <w:rsid w:val="00791EE9"/>
@@ -2491,50 +3826,51 @@
     <w:rsid w:val="00E61A81"/>
     <w:rsid w:val="00E62912"/>
     <w:rsid w:val="00E646AA"/>
     <w:rsid w:val="00E66801"/>
     <w:rsid w:val="00E70690"/>
     <w:rsid w:val="00E7184C"/>
     <w:rsid w:val="00E73C7A"/>
     <w:rsid w:val="00E75BF4"/>
     <w:rsid w:val="00E7648F"/>
     <w:rsid w:val="00E77578"/>
     <w:rsid w:val="00E77F66"/>
     <w:rsid w:val="00E80988"/>
     <w:rsid w:val="00E80C67"/>
     <w:rsid w:val="00E81C0B"/>
     <w:rsid w:val="00E83758"/>
     <w:rsid w:val="00E84F17"/>
     <w:rsid w:val="00E84FE2"/>
     <w:rsid w:val="00E85AE0"/>
     <w:rsid w:val="00E860C2"/>
     <w:rsid w:val="00E87422"/>
     <w:rsid w:val="00E91461"/>
     <w:rsid w:val="00E95A41"/>
     <w:rsid w:val="00EA072A"/>
     <w:rsid w:val="00EA1233"/>
     <w:rsid w:val="00EA2AF9"/>
+    <w:rsid w:val="00EB21F9"/>
     <w:rsid w:val="00EB38A7"/>
     <w:rsid w:val="00EB3BF7"/>
     <w:rsid w:val="00EB4BCA"/>
     <w:rsid w:val="00EC04C0"/>
     <w:rsid w:val="00EC71A1"/>
     <w:rsid w:val="00ED0F24"/>
     <w:rsid w:val="00ED5740"/>
     <w:rsid w:val="00ED782B"/>
     <w:rsid w:val="00EE0314"/>
     <w:rsid w:val="00EE05B3"/>
     <w:rsid w:val="00EE0E7D"/>
     <w:rsid w:val="00EE13B7"/>
     <w:rsid w:val="00EE3F93"/>
     <w:rsid w:val="00EE49ED"/>
     <w:rsid w:val="00EE5774"/>
     <w:rsid w:val="00EE57E9"/>
     <w:rsid w:val="00EF070B"/>
     <w:rsid w:val="00EF0B41"/>
     <w:rsid w:val="00EF214D"/>
     <w:rsid w:val="00EF552F"/>
     <w:rsid w:val="00EF574A"/>
     <w:rsid w:val="00F0293E"/>
     <w:rsid w:val="00F02998"/>
     <w:rsid w:val="00F07D9F"/>
     <w:rsid w:val="00F12401"/>
@@ -3362,65 +4698,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>177</Words>
-  <Characters>1010</Characters>
+  <Words>164</Words>
+  <Characters>941</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1185</CharactersWithSpaces>
+  <CharactersWithSpaces>1103</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>