--- v0 (2025-12-08)
+++ v1 (2025-12-16)
@@ -1,177 +1,688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006A4CE1" w:rsidRPr="003939F5" w:rsidRDefault="006A4CE1" w:rsidP="0097084C">
+    <w:p w:rsidR="006A4CE1" w:rsidRPr="003939F5" w:rsidRDefault="00E17FC2" w:rsidP="0097084C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003939F5">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> «ОСШ № 1 г</w:t>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"Балқаш қаласының № 1 ЖББОМ" КММ "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мейі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003939F5">
-[...6 lines deleted...]
-        <w:t>.Б</w:t>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003939F5">
-[...86 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>волонтерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасағы мен "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұрпақ" клубы мүшелерінің ұйымдастыруымен "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біргеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акция </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .Волонтерлер-жақсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Дәл осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себептен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстанда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>волонтерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 жылдың 6 ақпанында біздің мектептің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>волонтерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бейсекеева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З. Р. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілігімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біргеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кциясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізді. Қысқы суық таңертең </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>волонтерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоғамдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , балқаштықтардың автобус </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аялдамасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ыстық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаймен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тәтті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пісірумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және тәттілермен қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сіздерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жақсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасауға шақырамыз. Өйткені әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> волонтер - үлгі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарқын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E17FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
       <w:r w:rsidR="0097084C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3617529" cy="2714694"/>
             <wp:effectExtent l="19050" t="0" r="1971" b="0"/>
             <wp:docPr id="6" name="Рисунок 1" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -418,72 +929,73 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0087425F" w:rsidSect="0097084C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="142" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="006A4CE1"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002DE2"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="00005B1A"/>
@@ -1565,50 +2077,51 @@
     <w:rsid w:val="00380061"/>
     <w:rsid w:val="00380619"/>
     <w:rsid w:val="00380751"/>
     <w:rsid w:val="00380D3C"/>
     <w:rsid w:val="00380F17"/>
     <w:rsid w:val="003810C3"/>
     <w:rsid w:val="00381A65"/>
     <w:rsid w:val="00381E0D"/>
     <w:rsid w:val="0038238D"/>
     <w:rsid w:val="003825C5"/>
     <w:rsid w:val="0038278B"/>
     <w:rsid w:val="00382F80"/>
     <w:rsid w:val="00383936"/>
     <w:rsid w:val="00383FD2"/>
     <w:rsid w:val="00384164"/>
     <w:rsid w:val="00384E9B"/>
     <w:rsid w:val="00385C26"/>
     <w:rsid w:val="003860D8"/>
     <w:rsid w:val="00386543"/>
     <w:rsid w:val="0038658A"/>
     <w:rsid w:val="00386B56"/>
     <w:rsid w:val="00387028"/>
     <w:rsid w:val="003906C2"/>
     <w:rsid w:val="00390B80"/>
     <w:rsid w:val="00390FAD"/>
+    <w:rsid w:val="003917D1"/>
     <w:rsid w:val="00391FF3"/>
     <w:rsid w:val="00392221"/>
     <w:rsid w:val="0039399D"/>
     <w:rsid w:val="003939F5"/>
     <w:rsid w:val="00393BC3"/>
     <w:rsid w:val="003941EC"/>
     <w:rsid w:val="00394232"/>
     <w:rsid w:val="00394871"/>
     <w:rsid w:val="00394BF3"/>
     <w:rsid w:val="00395906"/>
     <w:rsid w:val="00395953"/>
     <w:rsid w:val="003959C1"/>
     <w:rsid w:val="0039612A"/>
     <w:rsid w:val="003973C7"/>
     <w:rsid w:val="00397418"/>
     <w:rsid w:val="00397724"/>
     <w:rsid w:val="00397B38"/>
     <w:rsid w:val="003A05AA"/>
     <w:rsid w:val="003A08C3"/>
     <w:rsid w:val="003A0C95"/>
     <w:rsid w:val="003A139D"/>
     <w:rsid w:val="003A1537"/>
     <w:rsid w:val="003A1C86"/>
     <w:rsid w:val="003A254C"/>
     <w:rsid w:val="003A262B"/>
@@ -4610,50 +5123,51 @@
     <w:rsid w:val="00E05D2F"/>
     <w:rsid w:val="00E05E68"/>
     <w:rsid w:val="00E06217"/>
     <w:rsid w:val="00E0675B"/>
     <w:rsid w:val="00E06E15"/>
     <w:rsid w:val="00E07128"/>
     <w:rsid w:val="00E1032E"/>
     <w:rsid w:val="00E10985"/>
     <w:rsid w:val="00E10BE4"/>
     <w:rsid w:val="00E10E0D"/>
     <w:rsid w:val="00E11A35"/>
     <w:rsid w:val="00E11FB7"/>
     <w:rsid w:val="00E12993"/>
     <w:rsid w:val="00E12B85"/>
     <w:rsid w:val="00E13447"/>
     <w:rsid w:val="00E135FD"/>
     <w:rsid w:val="00E13B9C"/>
     <w:rsid w:val="00E13DAC"/>
     <w:rsid w:val="00E13EAC"/>
     <w:rsid w:val="00E14CBA"/>
     <w:rsid w:val="00E14F91"/>
     <w:rsid w:val="00E152AE"/>
     <w:rsid w:val="00E15869"/>
     <w:rsid w:val="00E15F66"/>
     <w:rsid w:val="00E17CE7"/>
+    <w:rsid w:val="00E17FC2"/>
     <w:rsid w:val="00E20A6A"/>
     <w:rsid w:val="00E20D71"/>
     <w:rsid w:val="00E20D7C"/>
     <w:rsid w:val="00E20FF8"/>
     <w:rsid w:val="00E235F3"/>
     <w:rsid w:val="00E23628"/>
     <w:rsid w:val="00E23A7B"/>
     <w:rsid w:val="00E2436A"/>
     <w:rsid w:val="00E24D52"/>
     <w:rsid w:val="00E2567D"/>
     <w:rsid w:val="00E256C4"/>
     <w:rsid w:val="00E2607A"/>
     <w:rsid w:val="00E26B9B"/>
     <w:rsid w:val="00E27CDD"/>
     <w:rsid w:val="00E305E1"/>
     <w:rsid w:val="00E30DDA"/>
     <w:rsid w:val="00E3149D"/>
     <w:rsid w:val="00E31BF8"/>
     <w:rsid w:val="00E31C2E"/>
     <w:rsid w:val="00E31E2A"/>
     <w:rsid w:val="00E32902"/>
     <w:rsid w:val="00E32FB6"/>
     <w:rsid w:val="00E333A9"/>
     <w:rsid w:val="00E35597"/>
     <w:rsid w:val="00E35B05"/>
@@ -5124,51 +5638,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5655,67 +6169,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>553</Characters>
+  <Pages>2</Pages>
+  <Words>93</Words>
+  <Characters>534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>649</CharactersWithSpaces>
+  <CharactersWithSpaces>626</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>