--- v0 (2025-12-09)
+++ v1 (2026-01-03)
@@ -1,1759 +1,1029 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007539FB" w:rsidRPr="00C265BB" w:rsidRDefault="00636655" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...69 lines deleted...]
-        <w:t>Информация</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007539FB" w:rsidRPr="00C265BB" w:rsidRDefault="007539FB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> года </w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу күні: 27-28 қаңтар 2020 жыл </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007539FB" w:rsidRPr="00C265BB" w:rsidRDefault="007539FB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...14 lines deleted...]
-        <w:t>учащиеся  6-х классов</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қатысушылар: 6 сынып оқушылары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007539FB" w:rsidRPr="00C265BB" w:rsidRDefault="007539FB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C265BB" w:rsidRPr="00C265BB" w:rsidRDefault="00C265BB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...15 lines deleted...]
-        <w:t>выработка негативного отношения к употреблению электронных сигарет  и насвая.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мақсаты: электронды темекі мен насыбай тұтынуға жағымсыз қарым-қатынасты қалыптастыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C265BB" w:rsidRPr="00C265BB" w:rsidRDefault="00C265BB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...7 lines deleted...]
-        <w:t>Задачи:</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міндеттер:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C265BB" w:rsidRPr="00C265BB" w:rsidRDefault="00C265BB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...5 lines deleted...]
-        <w:t>- повысить информационность подростков о вреде электронных  сигарет  и насвая;</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- электронды темекі мен насыбай зияны туралы жасөспірімдердің ақпараттылығын арттыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C265BB" w:rsidRPr="00C265BB" w:rsidRDefault="00C265BB" w:rsidP="00C265BB">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...5 lines deleted...]
-        <w:t>- выделить свойства снюса и насвая и их влияние на организм, в частности, на организм подростка;</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- снюс пен насыбай қасиеттерін және олардың ағзаға, атап айтқанда жасөспірім ағзасына әсерін бөліп көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C265BB" w:rsidRPr="00C25456" w:rsidRDefault="00C265BB" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C265BB">
-[...13 lines deleted...]
-        <w:t>выявить причины, побуждающие подростка попробовать снюс и насвай;</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- жасөспірімді снюс пен насвай сынап көруге итермелейтін себептерді анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C265BB" w:rsidRPr="00C25456" w:rsidRDefault="00C265BB" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C25456">
-[...5 lines deleted...]
-        <w:t>- формировать негативное отношение к употреблению снюса и насвая;</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- снюс пен насыбай қолдануға теріс көзқарасты қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="00F81527" w:rsidP="00F81527">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...217 lines deleted...]
-        <w:t>о, несмотря на сомнительный состав насвая, он все равно привлекателен для молодежи по причине низкой себестоимости и простоты употребления. Это интересно: Изначально, чтобы повысить интерес потребителя к насваю, его позиционировали как средство, позволяющее избавиться от никотиновой зависимости. Доля правды в этом есть: некоторые люди, употребляющие насвай, действительно отказываются от сигарет. Но у них появляется зависимость от нового наркотика.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- мәселені жағдай арқылы сезіну.27-28 қаңтар аралығында 6 сынып оқушылары арасында "насыбай және электронды темекінің зияны"атты алдын алу лекциясы өтті.  Бұл қара-жасыл немесе жер түсті шағын шарлар және сіріңке басы сәл көп. Таяқша немесе ұнтақ түрінде насвайды сирек кездестіруге болады.Қазақстанға зат Орталық Азиядан келді. Онда темекі мен сілтіден жасалады. Кейде дәмдеуішті жақсарту үшін дәмдеуіштер мен өсімдік майын қосыңыз. Суррогаттар да бар: бастапқы рецептурада сілті рөлін атқаратын сөндірілген әктің орнына, өсімдіктердің арзан күлін қосып, тіпті тауық немесе түйелер.Бірақ, насыбай күмәнді құрамына қарамастан, ол әлі де өзіндік құнының төмендігі және пайдаланудың қарапайымдылығы себебінен жастар үшін тартымды. Бұл қызықты: бастапқыда тұтынушының насваюға деген қызығушылығын арттыру үшін оны никотин тәуелділігінен арылуға мүмкіндік беретін құрал ретінде жайғастырды.  Бұл шындықтың үлесі бар: насыбай пайдаланатын кейбір адамдар шын мәнінде темекіден бас тартады. Бірақ олардың жаңа есірткіге тәуелділігі бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F81527" w:rsidRDefault="00F81527" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F81527" w:rsidRDefault="00F81527" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F81527" w:rsidRDefault="00F81527" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:drawing>
-[...51 lines deleted...]
-        </w:drawing>
+        <w:t>Күтілетін нәтиже</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Ожидаемый эффект</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ағзаға түскенде, насвай сілекеймен, бастың айналуымен, көзде уқалаумен және саусақтардың ұшында шаншумен қоса жүретін жеңіл мас болу сезімін тудырады. Әсердің ұзақтығы насыбай санына, сондай-ақ есірткіні қолданатын адамның жасы мен тәжірибесіне байланысты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>При попадании в организм насвай вызывает ощущения легкого опьянения, сопровождаемого слюноотделением, головокружением, помутнением в глазах и покалыванием в кончиках пальцев. Длительность эффекта зависит от количества насвая, а также возраста и опыта того, кто употребляет наркотик.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Студенттер әдетте" лақтырылады " үзілістерде, және олар бес минуттық қайфты ұстау үшін жеткілікті 3-4 доп. Ересек жасөспірімдер дискотекада және жастар тусовкалары кезінде заттарды пайдаланады, және насыбай саны Көмейде өлшенеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...46 lines deleted...]
-        <w:t>, и количество насвая измеряется уже в горстях.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл қызықты: студенттердің болжамы бойынша, насвай олар одан кейін темекі шегуге ниет жоғалуына байланысты пайдаланады. Никотиннің қажетті дозасын алу темекіден гөрі оңай.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Это интересно: По версии студентов, насвай они употребляют по причине того, что после него пропадает желание курить. А получить необходимую дозу никотина от насвая проще, чем от сигареты.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қалай қолданылады </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Насвай шайнайтын темекі деп аталғанына қарамастан, ол өмір сүрмейді.  Насыбайды қолданудан эйфориялық әсерге шарларды тіл астына немесе ерінге салғанда қол жеткізіледі. Жастар ортасында бұл "кинуть" немесе "закинуть"деп аталады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="00F81527" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...68 lines deleted...]
-        <w:t>Несмотря на то, что насвай называют жевательным табаком, его не жуют. Эйфорический эффект от употребления насвая достигается при закладывании шариков под язык или за губу. В молодежной среде это называется «кинуть» или «закинуть».</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шырышты сілтіге түскен кезде қышқылдықты өзгертеді және никотинге тез сіңуге көмектеседі. Үлкен мөлшерде пайда болатын сілекей міндетті түрде ұйықтайды. Оның жұтылуы жүрек айнуы, құсу және қатты улануды тудыруы мүмкін,әсіресе, егер насыбай құрамына суррогат өнімдері кіретін болса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>При попадании на слизистую щелочь изменяет кислотность и помогает никотину быстрее всасываться. Слюну, которая образуется в больших количествах, обязательно сплевывают. Ее проглатывание может вызвать тошноту, рвоту и сильное отравление, особенно, если в состав насвая входят суррогатные продукты.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ағзаға қауіп</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Опасность для организма</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Темекі темекіден гөрі есе қауіпті. Бірақ бұл туралы есірткі таратушылар, әрине, ескертпейді. Ауызға шарларды салғаннан кейін пайда болатын бірінші симптомдар бойынша зиян үлкен екенін түсіну. Шырышты қатты күйдіре бастайды, аузында жағымсыз дәм бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Насвай в разы опаснее, чем сигаретный табак. Но об этом распространители наркотика, разумеется, не предупреждают. Понять, что вред от насвая велик, можно по первым симптомам, возникающим после закладывания шариков в рот. Слизистую начинает сильно жечь, во рту появляется неприятный привкус.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл жағымсыз құбылыстар жылдам, бірақ қысқа мерзімді эйфория сезімімен басылады, содан кейін ағзаға теріс әсердің екінші толқыны: бас айналу, апатия, тітіркену. Соңғы абстиненттік синдромды тудырады, ол қайтадан насвай қолдануға ниет білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> вызывается абстинентным синдромом, заключающимся в желании употребить насвай снова.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұзақ тұтынудан болатын зардаптар</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Последствия от длительного употребления</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Алғашқы рет қабылдағаннан кейін бес студент ғана және оның қажеті жоқ екенін түсінеді. Қалған төртеуі есірткі билігіне түседі және оны үнемі жейді. Сонда насыбай қолданудың салдары ағза үшін өте өкінішті болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="000F4BCF">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...82 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Слизистая</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Даже после однократного закидывания шариков в рот, возникает ощущение жжения. Если принимать насвай регулярно, можно серьезно повредить слизистые оболочки вплоть до образования язв. Заядлыхнасвайщиков можно узнать по воспалившимся губам, которые кровоточат и источают резкий неприятный запах.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тіпті бір рет ауызға шарларды лақтырғаннан кейін де күйіп кету сезімі пайда болады. Егер насвай үнемі қабылданса, сіз шырышты қабықшаларды қатты зақымдауға болады. Сіз қан және жағымсыз иіс шығаратын қабынған еріндерден біле аласыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Внимание! Употребление насвая нередко становится причиной раковых заболевания губ, языка или гортани.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Назар аударыңыз! Насыбайды қолдану жиі еріннің, тілдің немесе көмейдің қатерлі ісігінің себебі болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Желудочно-кишечный тракт</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Асқазан-ішек жолы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Даже если всегда сплевывать образующуюся при употреблении насвая слюну, все равно какая-то часть разложившихся веществ будет попадать в желудок. Кроме тошноты и рвоты, это может вызывать диарею и появление хронических заболеваний: гастрита, язвы. На фоне частого приема насвая может развиться рак желудка.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тіпті егер үнемі сілекей қолданған кезде пайда болатын болса да, ыдыраған заттардың бір бөлігі асқазанға түседі. Жүрек айнуы мен құсу қатар, бұл диарея мен созылмалы аурулардың пайда болуын тудыруы мүмкін: гастрит, жара. Насыбай жиі қабылдау аясында асқазан обыры дамуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...59 lines deleted...]
-        </w:drawing>
+    </w:p>
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Суррогат затты қолданған кезде ағзаға жануарлардың экскременттері түсуінен туындаған ішек инфекциясын алуға болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...7 lines deleted...]
-        <w:t>При употреблении суррогатного вещества можно подхватить еще кишечную инфекцию, вызванную попаданием в организм экскрементов животных.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Орталық жүйке жүйесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Центральная нервная система</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жүйке жүйесінің бұзылуы есірткінің кез келген түрін тудырады. Насыбайдың салдарынан адамдар апатикалы, нәзік болады, оларға қандай да бір күштің төгілуін сезіну үшін кезекті доза қажет. Заттарды пайдаланатын оқушылар шашыраңқы, ұмытшақ және теңсіз болады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:cr/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...7 lines deleted...]
-        <w:t>Расстройства нервной системы вызывают любые виды наркотиков. Из-за насвая люди становятся апатичными, вялыми, им все чаще требуется очередная доза, чтобы почувствовать хоть какой-то прилив сил. Школьники, употребляющие вещество, становятся рассеянными, забывчивыми и неуравновешенными.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жүрек</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Сердце</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бір жылдан астам насвай қабылдайтын адамдарда жүрек пен қан ауруларының даму қаупі зор. Ерте инфаркт және инсульт ықтималдығы артады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...7 lines deleted...]
-        <w:t>У людей, принимающих насвай больше года, велик риск развития заболеваний сердца и крови. Возрастает вероятность ранних инфарктов и инсультов.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Репродуктивті жүйе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Репродуктивная система</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ерлер насвай кеудеге және бала туатын функция жағынан әсер етеді. Бұл жағдайда потенциал қалыпты күйінде қалады, бірақ Шәует сапасы күрт төмендейді. Бұл үшін ер адам бедеулікпен зардап шегеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...7 lines deleted...]
-        <w:t>На мужчин насвай воздействует губительно и со стороны детородной функции. При этом потенция остается в норме, но качество спермы резко падает. Из-за этого мужчины страдают бесплодием.</w:t>
+    </w:p>
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ағза үшін насыбайдың теріс салдары</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...22 lines deleted...]
-        <w:t>Негативные последствия употребления насвая для организма</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сатушылар насвайды темекімен күресудің зиянсыз құралы ретінде көрсетеді, бірақ бұл қарапайым жарнамалық трюк. Шын мәнінде, бұл зат темекіден бірнеше есе қауіпті: ол қатты тәуелділікті тудырады және онкологиялық аурулар сияқты ауыр зардаптарға әкеледі. Насвай дегеніміз не және ол ағзаға қандай әсер етеді? </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зиян</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...9 lines deleted...]
-        <w:t>Вред насвая</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Насыбай құрамының басты ингредиенті-темекі болғандықтан, зат ағзаға жойқын әсер етеді. Алайда, егер темекіден жеңіл зардап шегсе, онда ішкеннен кейін негізгі соққы асқазан-ішек жолы мен ауыз шырышты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Поскольку главный ингредиент состава насвая – табак, вещество оказывает разрушительное воздействие на организм. Однако если от сигарет сильнее страдают легкие, то после употребления насвая основной удар приходится на желудочно-кишечный тракт и слизистую рта.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоспаның тек бір дозасы бірден бірнеше темекі сияқты бірдей темекіден тұрады, сондықтан насвай және адам ағзасына көбірек зиян келтіреді. Ол сатушылардың айтуынша, никотинге тәуелділікті жеңе алмайды, сондай-ақ көптеген жанама әсерлерді тудырады. Бұл ретте оқушылар зардаптардың ауырлығын түсінбей, босаңсытып, "жылдам кіріс" алу үшін ауыспалы жерде насвай қолданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Всего одна доза смеси содержит столько же табака, сколько сразу несколько сигарет, поэтому насвай и оказывает более сокрушительное действие на человеческий организм. Он не только не помогает справиться с никотиновой зависимостью, как уверяют продавцы, но и вызывает множество побочных действий. При этом школьники, не осознавая тяжесть последствий, употребляют насвай на переменах, чтобы просто расслабиться и получить «быстрый приход».</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Асқорыту мен диареяның бұзылуы пайда болады, ол көп ұзамай созылмалы түрге ауысады. Қоспаның құрамында жиі түйе қи немесе тауық белгісі бар болғандықтан, тәуелді ішек инфекцияларын жиі ұстайды немесе паразиттермен жұқтырады. Мұндай жағдайларда жиі вирустық гепатиттер дамиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="003B43C1" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Уже в самом начале употребления насвая со стороны ЖКТ возникают нарушение пищеварения и диарея, которая вскоре переходит в хроническую форму. Поскольку в составе смеси зачастую присутствуют верблюжий навоз или куриный помет, зависимые нередко подхватывают кишечные инфекции или заражаются паразитами. Часто в подобных случаях развиваются вирусные гепатиты.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сөндірілген әк ауыз қуысының нәзік шырышты шырышты қабығын күйдіреді, ал асқазанға түскен кезде оның қабығын жейді. Ұзақ уақыт бойы насыбай жара ауруы дамиды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
+    <w:p w:rsidR="00C265BB" w:rsidRPr="003B43C1" w:rsidRDefault="003B43C1" w:rsidP="003B43C1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4BCF">
-[...6 lines deleted...]
-        <w:t>Гашеная известь обжигает нежную слизистую ротовой полости, а при попадании в желудок начинает разъедать его оболочку. При длительном употреблении насвая развивается язвенная болезнь.</w:t>
+      <w:r w:rsidRPr="003B43C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Темекі шегу сияқты, никотин ішкен кезде де, тістерге теріс әсер етеді. Көмей обыры мен ауыз қуысының даму қаупі артады. Тек темекі шегу кезінде бұл жағымсыз процестер баяу өтеді. Осының бәрін ескере отырып, темекіні тастауға көмектесетін құралдардан әлдеқайда күмәнді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4BCF" w:rsidRPr="000F4BCF" w:rsidRDefault="000F4BCF" w:rsidP="00C25456">
-[...32 lines deleted...]
-    <w:sectPr w:rsidR="00C265BB" w:rsidRPr="00C265BB" w:rsidSect="0087425F">
+    <w:sectPr w:rsidR="00C265BB" w:rsidRPr="003B43C1" w:rsidSect="0087425F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2996,50 +2266,51 @@
     <w:rsid w:val="003A40B0"/>
     <w:rsid w:val="003A4895"/>
     <w:rsid w:val="003A4B47"/>
     <w:rsid w:val="003A4C89"/>
     <w:rsid w:val="003A4EAE"/>
     <w:rsid w:val="003A5414"/>
     <w:rsid w:val="003A566F"/>
     <w:rsid w:val="003A6177"/>
     <w:rsid w:val="003A67B3"/>
     <w:rsid w:val="003A6A24"/>
     <w:rsid w:val="003A6B63"/>
     <w:rsid w:val="003A77F9"/>
     <w:rsid w:val="003A7980"/>
     <w:rsid w:val="003B011E"/>
     <w:rsid w:val="003B02E9"/>
     <w:rsid w:val="003B0B1A"/>
     <w:rsid w:val="003B194F"/>
     <w:rsid w:val="003B1DB8"/>
     <w:rsid w:val="003B1F47"/>
     <w:rsid w:val="003B1F93"/>
     <w:rsid w:val="003B2045"/>
     <w:rsid w:val="003B2115"/>
     <w:rsid w:val="003B2724"/>
     <w:rsid w:val="003B2FF1"/>
     <w:rsid w:val="003B31B3"/>
+    <w:rsid w:val="003B43C1"/>
     <w:rsid w:val="003B454F"/>
     <w:rsid w:val="003B494B"/>
     <w:rsid w:val="003B4ACB"/>
     <w:rsid w:val="003B521B"/>
     <w:rsid w:val="003B54DA"/>
     <w:rsid w:val="003B6917"/>
     <w:rsid w:val="003B6941"/>
     <w:rsid w:val="003B723B"/>
     <w:rsid w:val="003B7DCE"/>
     <w:rsid w:val="003C04C1"/>
     <w:rsid w:val="003C0AF4"/>
     <w:rsid w:val="003C1752"/>
     <w:rsid w:val="003C1935"/>
     <w:rsid w:val="003C3ECE"/>
     <w:rsid w:val="003C3FF3"/>
     <w:rsid w:val="003C58ED"/>
     <w:rsid w:val="003C61DB"/>
     <w:rsid w:val="003C678C"/>
     <w:rsid w:val="003C6971"/>
     <w:rsid w:val="003C7261"/>
     <w:rsid w:val="003C73BB"/>
     <w:rsid w:val="003C7DF1"/>
     <w:rsid w:val="003C7FE6"/>
     <w:rsid w:val="003D065F"/>
     <w:rsid w:val="003D0E56"/>
@@ -6082,50 +5353,51 @@
     <w:rsid w:val="00EE104B"/>
     <w:rsid w:val="00EE12E4"/>
     <w:rsid w:val="00EE1885"/>
     <w:rsid w:val="00EE3A10"/>
     <w:rsid w:val="00EE422F"/>
     <w:rsid w:val="00EE65AF"/>
     <w:rsid w:val="00EE6967"/>
     <w:rsid w:val="00EE7B5B"/>
     <w:rsid w:val="00EE7B89"/>
     <w:rsid w:val="00EE7DBF"/>
     <w:rsid w:val="00EF065D"/>
     <w:rsid w:val="00EF0744"/>
     <w:rsid w:val="00EF07AC"/>
     <w:rsid w:val="00EF1571"/>
     <w:rsid w:val="00EF3080"/>
     <w:rsid w:val="00EF366B"/>
     <w:rsid w:val="00EF3A53"/>
     <w:rsid w:val="00EF4DBC"/>
     <w:rsid w:val="00EF5013"/>
     <w:rsid w:val="00EF59D8"/>
     <w:rsid w:val="00EF5EE4"/>
     <w:rsid w:val="00EF75CF"/>
     <w:rsid w:val="00EF7AF0"/>
     <w:rsid w:val="00EF7ECA"/>
     <w:rsid w:val="00F00259"/>
+    <w:rsid w:val="00F00724"/>
     <w:rsid w:val="00F0072D"/>
     <w:rsid w:val="00F01153"/>
     <w:rsid w:val="00F0121E"/>
     <w:rsid w:val="00F012C8"/>
     <w:rsid w:val="00F01342"/>
     <w:rsid w:val="00F01AAE"/>
     <w:rsid w:val="00F01FB3"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F0399B"/>
     <w:rsid w:val="00F03A00"/>
     <w:rsid w:val="00F03A0C"/>
     <w:rsid w:val="00F043F5"/>
     <w:rsid w:val="00F05127"/>
     <w:rsid w:val="00F05A83"/>
     <w:rsid w:val="00F079D7"/>
     <w:rsid w:val="00F10188"/>
     <w:rsid w:val="00F107B0"/>
     <w:rsid w:val="00F110F6"/>
     <w:rsid w:val="00F12016"/>
     <w:rsid w:val="00F130A2"/>
     <w:rsid w:val="00F1375A"/>
     <w:rsid w:val="00F13DCB"/>
     <w:rsid w:val="00F1527C"/>
     <w:rsid w:val="00F16696"/>
     <w:rsid w:val="00F17049"/>
@@ -6637,51 +5909,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="463424246">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6928,66 +6200,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1091</Words>
-  <Characters>6224</Characters>
+  <Words>972</Words>
+  <Characters>5542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7301</CharactersWithSpaces>
+  <CharactersWithSpaces>6501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>