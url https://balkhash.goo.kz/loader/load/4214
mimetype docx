--- v0 (2025-12-17)
+++ v1 (2025-12-19)
@@ -1,691 +1,1221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="0087425F" w:rsidRPr="009A4478" w:rsidRDefault="00744749" w:rsidP="009A4478">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>Information about the conversation</w:t>
+      <w:r w:rsidRPr="009A4478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация  о проведении беседы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00744749" w:rsidRPr="009A4478" w:rsidRDefault="00A10226" w:rsidP="00FF7E77">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>Date: 23.01.2020</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2964180</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>48260</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3397885" cy="2658745"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="6" name="Рисунок 3" descr="C:\Users\Зере\Desktop\IMG_9547.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\IMG_9547.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:srcRect r="16674" b="2295"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3397885" cy="2658745"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00744749" w:rsidRPr="009A4478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00744749" w:rsidRPr="009A4478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 23.01.2020</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00744749" w:rsidRPr="00FF7E77" w:rsidRDefault="00744749" w:rsidP="00FF7E77">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>Classes: 5th</w:t>
+      <w:r w:rsidRPr="009A4478">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классы: 5-ые</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="001F50B2" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1275"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">    On January 23, 2020, social pedagogue Beisekeeva Z. R. held a repeated preventive lecture with students of 5th grades on the topic "Violation of internal regulations".</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00744749" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23 января  2020  года</w:t>
+      </w:r>
+      <w:r w:rsidR="00744749" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальным педагогом  Бейсекеевой  З.Р. с учащимися   5-х классов  проведена    повт</w:t>
+      </w:r>
+      <w:r w:rsidR="00782996" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орная  профилактическая  лекция  на тему </w:t>
+      </w:r>
+      <w:r w:rsidR="00782996" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7E77" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нарушение правил внутренного   распорядка» </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D16" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>3.1. School students are required to:</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Учащиеся Школы обязаны:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00AB35C7" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* comply with the laws of the Republic of Kazakhstan, the Law of the Republic of Kazakhstan "on education", comply with the requirements of curricula and training programs;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-94615</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>681990</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2745105" cy="2469515"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="7" name="Рисунок 1" descr="C:\Users\Зере\Desktop\IMG_9543.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\IMG_9543.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:srcRect l="2420" t="-6966" r="21968" b="12490"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2745105" cy="2469515"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдать</w:t>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законы Республики Казахстан, Закон Республики Казахстан «Об образовании», выполнять требования учебных планов и учебных программ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* take care of parents, respect the rights and interests of other citizens, be polite and disciplined, and take care of the reputation of the School;</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заботиться о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителях, уважать права и интересы других граждан, быть вежливыми и дисциплинированными, заботиться о репутации Школы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* behave with dignity in and out of School;</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достойно вести себя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Школе и за её пределами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* respect the national history and culture of one's own and other peoples;</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• с уважением относиться к национальной истории, культуре своего и других народов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* protect the natural environment; take care of the environment and all types of property;</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>• охранять природную среду; бережно относиться к окружающей среде, всем видам собственности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* avoid causing harm to your health and the health of others;</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не допускать причинения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вреда своему здоровью и здоровью других лиц;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>* obey the decisions of the pedagogical Council, the Council for the prevention of offenses, the orders of the School Director and Deputy Directors, adopted within their competence and not contradicting the legislation of the Republic of Kazakhstan;</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подчиняться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решениям педагогического совета, совета по профилактике правонарушений, приказам директора Школы и заместителей директора, принятым в пределах их компетенции и не противоречащим законодательству Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00AB35C7" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">* observe a rational daily routine and nutrition, rules of personal and public hygiene, protection of vision and hearing, physical culture and health, organization of the student's workplace, prevention of infectious diseases, prevention of bad habits, accidents, etc. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-115570</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>78105</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2902585" cy="2721610"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="8" name="Рисунок 2" descr="C:\Users\Зере\Desktop\IMG_9548.JPG"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\IMG_9548.JPG"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:srcRect l="33546" t="6438"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2902585" cy="2721610"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">•  </w:t>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдать</w:t>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рациональный режим дня и питания, правила личной и общественной гигиены, охраны зрения и слуха, физической культуры и здоровья, организации рабочего места ученика, профилактики инфекционных болезней, </w:t>
+      </w:r>
+      <w:r w:rsidR="00343A33" w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предупреждения формирования вредных привычек, несчастных случаев и.т.д.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB35C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>3.3. While at School, students are required to be neat, their hair in a hairstyle that does not interfere with reading and writing, and adhere to school uniforms approved by the student self-government Council, the parent Committee, and the school's teaching Council.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. Находясь в Школе, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащиеся обязаны быть опрятными, волосы убраны в прическу, так, чтобы не мешать чтению и письму,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> придерживаться школьной формы одежды, утвержденным советом самоуправления учащихся, родительским комитетом и педагогическим советом школы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">For boys (boys), the set includes a jacket, vest, trousers, and shirt in </w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для мальчиков (юношей) в комплект входят пиджак, жилет, брюки, рубашка белого (в праздничные дни) или синег</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>white(</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>on holidays) or blue (blue) colors. Her hair was cut short and neatly.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>голубого) цветов. Волосы коротко и аккуратно подстрижены.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>For girls (girls) - jacket, vest, skirt, blouse white (on holidays) or blue (blue) colors, sundress. Her hair is braided and tied up in a bun,</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для девочек (девушек) - пиджак, жилет, юбка, блузка белого (в праздничные дни) или синег</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>голубого) цветов, сарафан. Волосы заплетены в косы, забраны в пучок,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00924C0B">
-[...7 lines deleted...]
-        <w:t>tied</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>завязаны</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> with a white or blue bow, a special elastic band, pinned with clips or barrettes.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белым или синим бантом, специальной резинкой, заколоты зажимами или заколками.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> damage to the property of the School and other persons.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащимся категорически запрещается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курить, употреблять алкогольные напитки, токсические и наркотические вещества, использовать нецензурные выражения, опаздывать на уроки без уважительных причин, наносить ущерб имуществу Школы и других лиц.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> rules and regulations (SanPiN) and approved by the school Director. </w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основной формой организации образовательного процесса является урок. Уроки в Школе проводятся в две смены. Ежедневное количество уроков в Школе и их последовательность определяются расписанием уроков, которое составляется с учетом требований Санитарных правил и норм (СанПиН) и утверждается директором Школы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>3.5. All lessons are mandatory for students in their respective classes.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все уроки являются обязательными для посещения учащимися соответствующих классов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Students are required to report to the lesson no later than 10 minutes before the call to the first lesson, and no later than with a call to other lessons, with completed homework, textbooks, manuals, notebooks and other materials necessary for the lesson. </w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обязаны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являться на урок не позднее, чем за 10 минут до звонка на первый урок, и не позднее, чем со звонком на другие уроки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполненным домашним заданием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, учебниками, учебными пособиями, тетрадями и другими материалами необходимыми для урока. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...6 lines deleted...]
-        <w:t>Outerwear is given to students in the wardrobe. The first lesson begins with the second call. Students are not allowed to leave the classroom until the end of the lesson without the teacher's permission.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Верхняя одежда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сдается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащимися в гардероб. Первый урок начинается со вторым звонком. Учащимся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запрещается покидать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебные помещения до окончания урока без разрешения учителя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRPr="00A10226" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> the lesson, it is forbidden to use mobile phones, players, and other items that are not related to the educational process.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во время урока запрещается пользоваться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мобильными телефонами, плейерами и другими предметами, не имеющими отношения к образовательному процессу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="00343A33" w:rsidRDefault="00343A33" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00924C0B">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> are strictly prohibited from leaving the School building during lessons without permission from the administration.</w:t>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учащимся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категорически запрещается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без разрешения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     ад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">министрации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A10226">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>покидать здание Школы во время уроков.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="005E7CC3" w:rsidRDefault="005E7CC3" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924C0B" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="005E7CC3" w:rsidRDefault="005E7CC3" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7CC3" w:rsidRPr="00924C0B" w:rsidRDefault="00924C0B" w:rsidP="00924C0B">
+    <w:p w:rsidR="005E7CC3" w:rsidRPr="005E7CC3" w:rsidRDefault="005E7CC3" w:rsidP="00A10226">
       <w:pPr>
-        <w:rPr>
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> Z. R.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>исп.Бейсекеева  З.Р.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005E7CC3" w:rsidRPr="00924C0B" w:rsidSect="00970DD3">
+    <w:sectPr w:rsidR="005E7CC3" w:rsidRPr="005E7CC3" w:rsidSect="00970DD3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3354,51 +3884,50 @@
     <w:rsid w:val="00910C30"/>
     <w:rsid w:val="0091151C"/>
     <w:rsid w:val="00911883"/>
     <w:rsid w:val="00912128"/>
     <w:rsid w:val="009122A9"/>
     <w:rsid w:val="00913703"/>
     <w:rsid w:val="00913E10"/>
     <w:rsid w:val="00914193"/>
     <w:rsid w:val="009141A4"/>
     <w:rsid w:val="0091449C"/>
     <w:rsid w:val="009151A4"/>
     <w:rsid w:val="00915442"/>
     <w:rsid w:val="00915480"/>
     <w:rsid w:val="00915C1A"/>
     <w:rsid w:val="00916791"/>
     <w:rsid w:val="00920247"/>
     <w:rsid w:val="00921566"/>
     <w:rsid w:val="00921815"/>
     <w:rsid w:val="0092197B"/>
     <w:rsid w:val="009220B5"/>
     <w:rsid w:val="0092211A"/>
     <w:rsid w:val="0092371A"/>
     <w:rsid w:val="00923922"/>
     <w:rsid w:val="00924265"/>
     <w:rsid w:val="00924785"/>
-    <w:rsid w:val="00924C0B"/>
     <w:rsid w:val="00924D21"/>
     <w:rsid w:val="00925976"/>
     <w:rsid w:val="00926C8B"/>
     <w:rsid w:val="00926EBE"/>
     <w:rsid w:val="00927056"/>
     <w:rsid w:val="00927297"/>
     <w:rsid w:val="009272BB"/>
     <w:rsid w:val="00927450"/>
     <w:rsid w:val="009278C2"/>
     <w:rsid w:val="0093025F"/>
     <w:rsid w:val="009310E1"/>
     <w:rsid w:val="0093127D"/>
     <w:rsid w:val="00931449"/>
     <w:rsid w:val="009315F5"/>
     <w:rsid w:val="00931738"/>
     <w:rsid w:val="009317C3"/>
     <w:rsid w:val="00931AD0"/>
     <w:rsid w:val="0093252B"/>
     <w:rsid w:val="00932728"/>
     <w:rsid w:val="009338CB"/>
     <w:rsid w:val="00933D80"/>
     <w:rsid w:val="009355D0"/>
     <w:rsid w:val="00935D83"/>
     <w:rsid w:val="0093687A"/>
     <w:rsid w:val="00936FAD"/>
@@ -5469,51 +5998,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0002575B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5760,65 +6289,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>514</Words>
-  <Characters>2930</Characters>
+  <Words>511</Words>
+  <Characters>2918</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3438</CharactersWithSpaces>
+  <CharactersWithSpaces>3423</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>