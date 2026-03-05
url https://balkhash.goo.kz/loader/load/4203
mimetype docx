--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,7146 +1,1751 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000D6516" w:rsidRPr="000D6516" w:rsidRDefault="000D6516" w:rsidP="000D6516">
+    <w:p w:rsidR="0087425F" w:rsidRPr="00272953" w:rsidRDefault="00D949E9" w:rsidP="00D949E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="314"/>
           <w:tab w:val="center" w:pos="4677"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000D6516">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Жалпы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000D6516">
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FB2B1E" w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выписка из протокола  заседания  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FB2B1E" w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совещании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FB2B1E" w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при  директоре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00513B8D" w:rsidRPr="00272953" w:rsidRDefault="00513B8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата проведения:</w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000D6516">
+      <w:r w:rsidR="00D949E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000D6516">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28</w:t>
+      </w:r>
+      <w:r w:rsidR="00272953" w:rsidRPr="00272953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.09.2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00513B8D" w:rsidRPr="00F20D8D" w:rsidRDefault="00513B8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тема выступления:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF07F8" w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF07F8" w:rsidRPr="00272953">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организация питания  в школе»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20D8D" w:rsidRPr="00F20D8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00F20D8D" w:rsidP="00D949E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4183380</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2498725</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2061845" cy="2921635"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="8" name="Рисунок 1" descr="C:\Users\Зере\Desktop\бракеражка.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\бракеражка.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:srcRect t="19458" r="35808" b="12069"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2061845" cy="2921635"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B62DA5">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-357505</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1136015</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3091815" cy="2059940"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\Рисунок3.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\Рисунок3.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3091815" cy="2059940"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00DE499A">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D949E9">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> үзінді</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE499A" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По четвертому   вопросу  слушали  социального педагога  Бейсекееву  З.Р.  которая в своем выступлении    пояснила о том, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В средней школе № 1 организовано питание школьников ИП «Бадаева Галина Витальевна».</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повара, один из них</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разряда, другой</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разряда и__</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_кухонных работника.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">За счет ИП «Бадаева Галина Витальевна» питаются </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся  из малообеспеченных, многодетных семей и детей-сирот. Питание организовано в виде горячего блюда на сумму 50</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7C22" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге на одного учащегося.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D6516" w:rsidRPr="000D6516" w:rsidRDefault="000D6516" w:rsidP="000D6516">
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00BE3531" w:rsidP="00D949E9">
       <w:pPr>
-        <w:tabs>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общее количество учащихся, охваченных бесплатным горячим питанием </w:t>
+      </w:r>
+      <w:r w:rsidR="00263487" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 52  (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ез учащихся, находящихся на индивидуальном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучении</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00B10BC1" w:rsidRDefault="00BE3531" w:rsidP="00B10BC1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Общее количество детей охваченных горячим питание за счет Фонда всеобуча </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-11  классов 41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человек по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 500 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге на одного ребенка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Э</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">то  дети </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из малообеспеченных семей</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>многодетны</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семей </w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (5-11)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети-сироты</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опекаемые</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10BC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из учащихся  неблагополучных семей, дети с ООП. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00F20D8D" w:rsidP="00BA1C6A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>20955</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1484630</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2576830" cy="2101850"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="7" name="Рисунок 5" descr="C:\Users\Зере\Desktop\ааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааа.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\ааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааа.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2576830" cy="2101850"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3531" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школьная комиссия по контролю за организацией и качеством питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждается приказом директора по школе. В своей деятельности комиссия руководствуется законодательными и иными нормативными правовыми актами </w:t>
+      </w:r>
+      <w:r w:rsidR="009B125B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>РК</w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, приказами и распоряжениями отдела образования, уставом и локальными актами образовательного учреждения. Члены комиссии из своего состава выбирают председателя. Работа комиссии осуществляется в соответствии с планом, согласованным с администрацией школы. Результаты проверок и меры, принятые по устранению недостатков оформляются актами и рассматриваются на заседаниях комиссии с приглашением заинтересованных лиц. Заседание комиссии оформляется протоколом и </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">доводится до сведения администрации школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B125B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Основные направления деятельности комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B62DA5" w:rsidRPr="00B62DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>21481</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>5124</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2745170" cy="1828800"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Рисунок 3" descr="C:\Users\Зере\Desktop\Рисунок1.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\Рисунок1.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2745170" cy="1828800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D6516">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оказывает содействие администрации школы в организации питания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B125B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Күні: 11.10.2019</w:t>
+        <w:t>Осуществляет контроль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D6516" w:rsidRPr="000D6516" w:rsidRDefault="000D6516" w:rsidP="000D6516">
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00B62DA5" w:rsidP="00814257">
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:b/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D6516">
-[...36 lines deleted...]
-        <w:t>акт</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-189865</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>995680</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3680460" cy="2448560"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="6" name="Рисунок 4" descr="C:\Users\Зере\Desktop\еааа.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\еааа.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3680460" cy="2448560"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. За рациональным использованием финансовых средств, выделенных на питание обучающихся; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2. За целевым использованием продуктов питания и готовой продукции; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3. За соответствием рационов питания согласно утвержденному меню; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">4. За качеством готовой продукции; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">5. За санитарным состоянием пищеблока; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">6. За выполнением графика поставок продуктов и готовой продукции, сроками их хранения и использования; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">7. За организацией приема пищи </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000D6516">
-[...6 lines deleted...]
-        <w:t>.з</w:t>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000D6516">
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00814257" w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">8. За соблюдением графика работы столовой. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D6516" w:rsidRPr="000D6516" w:rsidRDefault="000D6516" w:rsidP="000D6516">
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:b/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D6516">
-[...38 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проводит проверки качества сырой продукции, поступающей на пищеблок, условий её хранения, соблюдения сроков реализации, норм вложения и технологии приготовления пищи, норм раздачи готовой продукции и выполнения других требований, предъявляемых надзорными органами и службами. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D6516" w:rsidRPr="000D6516" w:rsidRDefault="000D6516" w:rsidP="000D6516">
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:b/>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организует и проводит опрос </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по ассортименту и качеству отпускаемой продукции и представляет полученную информацию руководству школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вносит администрации школы предложения по улучшению обслуживания </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оказывает содействие администрации школы в проведении просветительской работы среди обучающихся и их родителей (законных представителей) по вопросам рационального питания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Привлекает родительскую общественность и различные формы самоуправления школы к организации и контролю за питанием </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00F20D8D" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F20D8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3300708</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-984513</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2955378" cy="1975945"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="3" name="Рисунок 2" descr="C:\Users\Зере\Desktop\Рисунок2.gif"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\Рисунок2.gif"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2955290" cy="1975485"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814257" w:rsidRPr="00D949E9" w:rsidRDefault="00814257" w:rsidP="00814257">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. План работы школьной комиссии по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организацией и качеством питания школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00BE3531" w:rsidP="00BE3531">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есть меню</w:t>
+      </w:r>
+      <w:r w:rsidR="009B125B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лето-весна, осень-зима)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и меню на каждый день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00BE3531" w:rsidP="00BE3531">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Все документы по приобретению мясной продукции находятся у арендаторов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уфетная продукция производится кондитерским </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00A24781" w:rsidRDefault="00BE3531" w:rsidP="00BE3531">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проверки бракеражной комиссии осуществляются 2 раза в месяц</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24781">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  по графику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00BE3531" w:rsidP="00BE3531">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Нарушений при составлении меню не было.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00BE3531" w:rsidP="00BE3531">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D949E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оснащенность школьной столовой соответствует требованиям СанПиНа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE3531" w:rsidRPr="00D949E9" w:rsidRDefault="00BE3531" w:rsidP="00BE3531">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D6516" w:rsidRPr="000D6516" w:rsidRDefault="000D6516" w:rsidP="000D6516">
+    <w:p w:rsidR="00BE3531" w:rsidRPr="007E682C" w:rsidRDefault="007E682C" w:rsidP="00BE3531">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D6516">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6568 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...197 lines deleted...]
-        <w:t>И.о.директора                             А.Касенова</w:t>
+        <w:t xml:space="preserve">                И.о.директора                             А.Касенова</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BE3531" w:rsidRPr="007E682C" w:rsidSect="00B62DA5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="40"/>
+  <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00FB2B1E"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="00005B1A"/>
     <w:rsid w:val="00005D41"/>
     <w:rsid w:val="0000672A"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
@@ -7366,51 +1971,50 @@
     <w:rsid w:val="000C5958"/>
     <w:rsid w:val="000C5B47"/>
     <w:rsid w:val="000C61BF"/>
     <w:rsid w:val="000C6740"/>
     <w:rsid w:val="000C71BD"/>
     <w:rsid w:val="000C7242"/>
     <w:rsid w:val="000C730B"/>
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000C748D"/>
     <w:rsid w:val="000C7D87"/>
     <w:rsid w:val="000C7E17"/>
     <w:rsid w:val="000D046B"/>
     <w:rsid w:val="000D0577"/>
     <w:rsid w:val="000D0A55"/>
     <w:rsid w:val="000D1511"/>
     <w:rsid w:val="000D1D80"/>
     <w:rsid w:val="000D1F56"/>
     <w:rsid w:val="000D27B3"/>
     <w:rsid w:val="000D37A9"/>
     <w:rsid w:val="000D4953"/>
     <w:rsid w:val="000D49A9"/>
     <w:rsid w:val="000D49EB"/>
     <w:rsid w:val="000D4C57"/>
     <w:rsid w:val="000D525D"/>
     <w:rsid w:val="000D63A7"/>
-    <w:rsid w:val="000D6516"/>
     <w:rsid w:val="000D6894"/>
     <w:rsid w:val="000D6BCE"/>
     <w:rsid w:val="000D720E"/>
     <w:rsid w:val="000E0368"/>
     <w:rsid w:val="000E07ED"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E176C"/>
     <w:rsid w:val="000E178F"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E29C4"/>
     <w:rsid w:val="000E3C5A"/>
     <w:rsid w:val="000E3FC8"/>
     <w:rsid w:val="000E49C3"/>
     <w:rsid w:val="000E5D09"/>
     <w:rsid w:val="000E5D6F"/>
     <w:rsid w:val="000E63D5"/>
     <w:rsid w:val="000E6648"/>
     <w:rsid w:val="000E7924"/>
     <w:rsid w:val="000E79FA"/>
     <w:rsid w:val="000E7A9A"/>
     <w:rsid w:val="000E7D63"/>
     <w:rsid w:val="000E7E86"/>
     <w:rsid w:val="000E7FED"/>
     <w:rsid w:val="000F1969"/>
@@ -10885,64 +5489,62 @@
     <w:rsid w:val="00D74934"/>
     <w:rsid w:val="00D76367"/>
     <w:rsid w:val="00D7681E"/>
     <w:rsid w:val="00D7683B"/>
     <w:rsid w:val="00D76DAD"/>
     <w:rsid w:val="00D77810"/>
     <w:rsid w:val="00D80681"/>
     <w:rsid w:val="00D81AB8"/>
     <w:rsid w:val="00D81F12"/>
     <w:rsid w:val="00D8236A"/>
     <w:rsid w:val="00D82578"/>
     <w:rsid w:val="00D82764"/>
     <w:rsid w:val="00D82B80"/>
     <w:rsid w:val="00D83472"/>
     <w:rsid w:val="00D83565"/>
     <w:rsid w:val="00D83E40"/>
     <w:rsid w:val="00D84660"/>
     <w:rsid w:val="00D84C95"/>
     <w:rsid w:val="00D84D95"/>
     <w:rsid w:val="00D84DD3"/>
     <w:rsid w:val="00D861B5"/>
     <w:rsid w:val="00D87115"/>
     <w:rsid w:val="00D8732F"/>
     <w:rsid w:val="00D876FB"/>
     <w:rsid w:val="00D87777"/>
-    <w:rsid w:val="00D877C2"/>
     <w:rsid w:val="00D90A98"/>
     <w:rsid w:val="00D9142B"/>
     <w:rsid w:val="00D91DA4"/>
     <w:rsid w:val="00D92F52"/>
     <w:rsid w:val="00D938BA"/>
     <w:rsid w:val="00D93C78"/>
     <w:rsid w:val="00D93DB3"/>
     <w:rsid w:val="00D93DDC"/>
     <w:rsid w:val="00D94359"/>
     <w:rsid w:val="00D949E9"/>
     <w:rsid w:val="00D94D91"/>
     <w:rsid w:val="00D962D2"/>
-    <w:rsid w:val="00D96455"/>
     <w:rsid w:val="00D96794"/>
     <w:rsid w:val="00D96A61"/>
     <w:rsid w:val="00D96C2B"/>
     <w:rsid w:val="00D9760E"/>
     <w:rsid w:val="00DA10CA"/>
     <w:rsid w:val="00DA1F98"/>
     <w:rsid w:val="00DA2FB6"/>
     <w:rsid w:val="00DA3658"/>
     <w:rsid w:val="00DA4B38"/>
     <w:rsid w:val="00DA5372"/>
     <w:rsid w:val="00DA57A7"/>
     <w:rsid w:val="00DA5843"/>
     <w:rsid w:val="00DB071A"/>
     <w:rsid w:val="00DB14E9"/>
     <w:rsid w:val="00DB15A2"/>
     <w:rsid w:val="00DB1EAE"/>
     <w:rsid w:val="00DB298D"/>
     <w:rsid w:val="00DB2A48"/>
     <w:rsid w:val="00DB2ADB"/>
     <w:rsid w:val="00DB33C7"/>
     <w:rsid w:val="00DB35AC"/>
     <w:rsid w:val="00DB38AA"/>
     <w:rsid w:val="00DB3BBB"/>
     <w:rsid w:val="00DB3E7B"/>
     <w:rsid w:val="00DB3F46"/>
@@ -11521,51 +6123,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11775,51 +6377,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B62DA5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12065,67 +6667,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5370</Characters>
+  <Pages>3</Pages>
+  <Words>561</Words>
+  <Characters>3198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6299</CharactersWithSpaces>
+  <CharactersWithSpaces>3752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>