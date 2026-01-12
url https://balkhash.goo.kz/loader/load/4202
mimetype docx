--- v0 (2025-12-09)
+++ v1 (2026-01-12)
@@ -2,1084 +2,490 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007F7C03" w:rsidRPr="008317AC" w:rsidRDefault="007F7C03" w:rsidP="007F7C03">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008317AC">
+      <w:r w:rsidRPr="00615EC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Выписка</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Extract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00615EC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007F7C03" w:rsidRPr="008317AC">
+        <w:t xml:space="preserve">   from the minutes of the school-wide parent meeting # 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>из    протокола  общешкольного  родительского  собрания № 1</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date: September 18-19, 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Venue: OSH # 1, act.hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Attended: parents of grades 1-11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      ON THE AGENDA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.  On the implementation Of the law of the Republic of Kazakhstan "on combating corruption", the comprehensive plan for the formation of an anti-corruption culture in society for 2019 and the information letter "on the prohibition of collecting money".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      LISTENED: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 The head of the school group "Adal Urpak" Beisekeeva Z. R., who explained to the parents present the implementation Of the law of the Republic of Kazakhstan "on combating corruption", the comprehensive plan for the formation of an anti-corruption culture in society for 2019 and the information letter "on the prohibition of collecting money". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           The school has a club "Adal Urpak", created from the number of students in grades 9-11.  Members of the club, guided by the city's anti-corruption plan, held the following events : class hours to improve the moral and legal culture of students, showing the cartoon " Who to be-who to become?", drawing contest "Image of honest and incorruptible work", mini-festival "Your future is in your hands", conversation " Say no to corruption!", essay contest " what is corruption and how to fight it?", "Youth against corruption", flashmob "We against corruption", etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Acting Director Kasenova A. M. acquainted the audience with the order No. 134 of 26.10.2019 "on preventing the creation of causes and conditions conducive to corruption" that school employees and parents are prohibited from collecting money for the needs of the class, for various events, for gifts to teachers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         DECISION:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Strictly adhere to the above information, and act in accordance with the laws of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001669E4" w:rsidRPr="00133BFC" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The parent Committee should send this information to all parents of the school.</w:t>
+      </w:r>
+      <w:r w:rsidR="001669E4">
+        <w:rPr>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008317AC">
+      <w:r w:rsidR="00133BFC">
+        <w:rPr>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidR="001669E4" w:rsidRPr="00133BFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дата проведения: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">И.о.директора  </w:t>
+      </w:r>
+      <w:r w:rsidR="00133BFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>18-19 сентября  2019 года</w:t>
-[...925 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00133BFC">
+      <w:r w:rsidR="001669E4" w:rsidRPr="00133BFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> А.Касенова</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008317AC" w:rsidRPr="00133BFC" w:rsidRDefault="00133BFC" w:rsidP="001669E4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2638,1954 +2044,1157 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007F7C03" w:rsidRDefault="007F7C03" w:rsidP="008A6ECB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A6ECB" w:rsidRDefault="00211C17" w:rsidP="008A6ECB">
-[...11 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>В</w:t>
-[...123 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Extract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>from the minutes of the school-wide parent meeting # 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date: September 18-19, 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Venue: OSH # 1, act.hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E77D90" w:rsidRPr="008A6ECB" w:rsidRDefault="00E77D90" w:rsidP="00E77D90">
-[...164 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Attended: parents of grades 1-11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           ON THE AGENDA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Analysis of crime prevention for the 2018-2019 academic year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       LISTENED: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    On the second question, we listened to the social teacher Beisekeeva Z. R. who explained that in the 2018-2019 school year, the work on prevention of juvenile delinquency was aimed at fulfilling the goal - creating conditions for the education of a socially adapted person, i.e. an educated person who owns a vital stock of knowledge, is socially mobile, capable of changing social roles, and has a responsible attitude to the implementation of law and order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            To work on the prevention of offenses and crimes, to strengthen discipline among students, the school created a crime prevention Council and mobile groups.  The Council studies and analyzes the state of violations among students, educational and preventive work aimed at prevention: examines the personal files of students who violate the order; monitors the behavior of adolescents; identifies difficult-to-educate students and parents who do not fulfill their responsibilities for raising children; involves teenagers who are prone to offenses in sections and circles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              Mobile groups from among the administration, school teachers, parents ' community and law enforcement representatives conduct preventive RAID events in the evening according to the schedule.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Work on crime prevention is carried out according to the school's work plan. The school administration and the teaching staff hold annual pedagogical councils and meetings with the Director that affect the problems of education.. Normative documents, the school's work plan for the prevention of offenses are located on the school's website. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Social work at the school was carried out in the following forms: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Working with students;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Work with parents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Working with classroom teachers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Constant monitoring of school performance and attendance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Involvement of the teenager in educational activities of the class and school;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Organization of leisure and employment of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Preventive conversations with students and their parents ( class teacher, school administration)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Prevention advice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               During the summer period of the 2018-2019 academic year, students of the school committed the following offenses: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of students who committed an administrative offense: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>p / n Article number of children</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> St. . 442, CH2.- The presence of minors unaccompanied by legal representatives outside the dilishcha during the time period from 23.00.    until 06.00. hours of the morning 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Article 435 Petty hooliganism</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">One </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00C2522E" w:rsidRPr="00C92C68">
-[...609 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           Upon the fact of the detained students, the behavior of violators was considered at the meetings of the Council for the prevention of offenses, where decisions were made; on registration in the state unitary ENTERPRISE of OMPS or VSHU, as well as on bringing to administrative responsibility of legal representatives under article 127 of the Krkobap for failure to perform their parental duties at the proper level. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           At the SPP meetings, students ' behaviors will be considered for different types. Reasons for the invitation to the SPP: skipping classes and violation of discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    To date, preventive records consist of: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   In GJUP OMPS OVD-1 the pupil consists on  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  In-school registration consists of 3 students. (since the beginning of the year, 2 students have been assigned)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also in GOVD -7 families consist of the category "Dysfunctional family", that is, a family where both parents abuse alcoholic beverages, where conditions for living and development are not created for children, where mothers abandoned their children, etc.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For effective crime prevention, the KDN (Commission for juvenile Affairs and protection of their rights under the mayor's office ) helps to solve problems of offenses.  Over the past year, at a meeting of the Commission on juvenile Affairs, the behavior of 3 students was considered, where the last one was decided to send a student to the village of Kerney Bukhar in the Zhyrau district, for compulsory education in a specialized closed institution.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Preventive cases were initiated on these students, and class teachers made plans for individual work, which include: visiting the child at home, preventive conversations with parents and students on the topic of the rights and obligations of adolescents, personal safety rules, prevention of tobacco Smoking, use of nasvai, alcoholic beverages and mounting adhesives.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Solution: 1. Work on crime prevention for the 2019-2020 school year is carried out according to the school's annual plan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  2. In order to prevent students from committing offenses, legal representatives should ensure that children are organized in their free time, engage in group activities, and pay special attention to the companies of children with whom they spend their free time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00177869" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Совет профилактики.</w:t>
-[...967 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">                3. Also inform the parents of article 127 of the Crkobap and warn that, in case of improper performance of their parental duties, administrative measures will be taken against them in the form of a fine of 7 MCI.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00177869" w:rsidRDefault="001364C8" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00C221D2">
@@ -5024,51 +3633,50 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00B8494E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2F5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2676022" cy="1840832"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="34" name="Рисунок 23" descr="C:\Users\Зере\Desktop\фото лекции\спп.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="19459" name="Picture 3" descr="C:\Users\Зере\Desktop\фото лекции\спп.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -5140,50 +3748,51 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00B8494E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983F62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3217445" cy="1816768"/>
             <wp:effectExtent l="19050" t="0" r="2005" b="0"/>
             <wp:docPr id="2" name="Рисунок 1" descr="C:\Users\Зере\Desktop\фото лекции\66666666666666666666666.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="21506" name="Picture 2" descr="C:\Users\Зере\Desktop\фото лекции\66666666666666666666666.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -5536,51 +4145,50 @@
                       </a:contourClr>
                     </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2457450" cy="2514311"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\собрание   16   февраля\IMG_1816.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\собрание   16   февраля\IMG_1816.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -5614,50 +4222,51 @@
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75CF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2552700" cy="2114550"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="36" name="Рисунок 25" descr="C:\Users\Зере\Desktop\фото лекции\лекция насвай.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="20482" name="Picture 2" descr="C:\Users\Зере\Desktop\фото лекции\лекция насвай.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -5997,51 +4606,50 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F59F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2266950" cy="2247900"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Рисунок 12" descr="C:\Users\Зере\Desktop\111111111111111111111111.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10244" name="Рисунок 4" descr="C:\Users\Зере\Desktop\111111111111111111111111.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -6131,50 +4739,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064640F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2784308" cy="1744579"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="25" name="Рисунок 16" descr="C:\Users\Зере\Desktop\IMG_1582.JPG"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12291" name="Рисунок 3" descr="C:\Users\Зере\Desktop\IMG_1582.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -6544,50 +5153,51 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2F5D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2931465" cy="2019300"/>
             <wp:effectExtent l="19050" t="0" r="2235" b="0"/>
             <wp:docPr id="30" name="Рисунок 20" descr="C:\Users\Зере\Desktop\акции\IMG_9802.JPG"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="18434" name="Picture 2" descr="C:\Users\Зере\Desktop\акции\IMG_9802.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -7120,1297 +5730,1209 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00F80B53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00F80B53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00F80B53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-567" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F80B53" w:rsidRDefault="00F80B53" w:rsidP="00F80B53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0087425F" w:rsidRPr="00CA161E" w:rsidRDefault="006E025D" w:rsidP="00CA161E">
-[...1162 lines deleted...]
-    <w:p w:rsidR="00453A92" w:rsidRPr="00453A92" w:rsidRDefault="00453A92" w:rsidP="00453A92">
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00453A92" w:rsidRPr="00453A92" w:rsidRDefault="00453A92" w:rsidP="00453A92">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Extract from the minutes of the school-wide parent meeting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00DE374B" w:rsidRDefault="00DE374B" w:rsidP="00DE374B">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date: 11.10.2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Venue: OSH # 1, act.hall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Attended: parents of grades 1-4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           ON THE AGENDA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Organization of hot meals for students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       LISTENED: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. On the fourth question, we listened to the social teacher Beisekeeva Z. R., who told us about the activities of the school canteen.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>The need to seriously engage in the formation of a health culture in the General education system is due to a number of objective reasons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• the Foundation of human health is laid in childhood, and, consequently, healthy interests and habits, value attitude to health, it is advisable to start developing during this period;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• at the same age, the foundations of a healthy lifestyle are laid, as a system of rules and regulations that the child learns in a specially projected activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* the school period in the development of the most sensitive in the formation of key knowledge about the features of the development of the human body, about the factors and methods of preserving and developing health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rational nutrition of students is one of the conditions for creating a health-saving environment in General education institutions, reducing the negative effects and consequences of the functioning of the education system. Insufficient intake of nutrients in childhood has a negative impact on physical development, morbidity, academic performance, contributes to the manifestation of metabolic disorders and chronic pathology. The most important condition for maintaining health, high performance and endurance of a person is a full and proper diet. The organization of school meals has been of great interest in recent years. The basis of the proposed approaches is the introduction of new nutrition schemes for school children and the use of modern high-quality equipment that allows for minimal costs to provide food for school children at the level of today's requirements. Therefore, the school administration today pays great attention to the life and health of children and adolescents. Especially now there was a question about the proper organization of school feeding. The food should be balanced, and the child should receive the minimum amount of food and mineral substances necessary for this purpose during the day. If you take into account that most of the time children spend in school, then they should eat fully here. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>The system of catering in KSU " secondary School No. 1.M. Gorky " in the school sets the following tasks:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Provide students with a full hot meal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Monitor the calorie content and balance of food;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• To instil in students skills of healthy lifestyle;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Develop healthy habits and shape the need for a healthy lifestyle;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Develop a food culture and self-service skills;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    In the dining room of KSU " secondary School No. 1 named after.M. Gorky " fulfills all sanitary and epidemiological requirements for the organization of food for students in school.    The school has a plan for the organization of food and control over food, guidelines, orders for the organization of nutrition of schoolchildren with indication of responsible persons; permit UGSEN of Balkhash town for the opening </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>of the dining room acts brokering Commission, protocols, schedule of administration in the dining room.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- A plan of measures for the organization of control of students ' meals in the school cafeteria, the quality of products, which includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Creation of a rejection Commission ;( verification of the rejection Commission is carried out 2 times a month. Members of the Commission carry out control measurements when placing products, as well as control the quality of food. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Preparation of the school children's nutrition regime;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Daily monitoring of attendance of students covered by free hot meals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Conducting explanatory work on food culture and behavior in the dining room;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Consideration of issues related to catering at a school-wide parent-teacher meeting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Conducting a survey;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• At the beginning of the 2019-2020 school year, according to the standard of providing services "providing free preferential food", students from unprotected segments of the population ( low-income, large children, orphans and OBPR, children with PLO, children who found themselves in TZhS, children from an orphanage).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• A separate action plan has also been drawn up to promote healthy nutrition for students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• A schedule of school meals has been compiled;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* There is a passport of the school food Department, a book of complaints and suggestions of parents and students;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• The school has an adapted dining room with 90 seats. The medic of the school has available reject logs of raw and finished products, which are kept daily.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* The school canteen menu is made up for two weeks, according to the requirements of the ugsen, which takes into account the calorie content and the rate of meals per child.The menu is approved by the school Director and agreed with the USSEN. The menu includes fruits once a week, juices 3 times a week, and dairy products 1 time a week: kefir, yogurt, and snowball produced by the Balkhash dairy plant.All documents for the purchase of meat and other products are with the tenants, there are certificates. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• In addition to organized meals for students, the school has a buffet, which is constantly present not only pastries from the school cafeteria, but also a variety of juices, fruits, and dairy products.  The range of pastries includes 17 items of puff, butter, biscuit and shortbread dough, with a variety of fillings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* The dining room is equipped with a sufficient number of dishes, employees have work clothes. The equipment in the dining room is in working condition, but 70% with a degree of wear. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Are :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• 3 washing tubs for washing dishes, electric stove, oven, brazier, 1 household and 1 industrial refrigerator. A storage room is equipped for storing products. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• In 2010, the school cafeteria was renovated as part of the national Road map program. During the repair, the sewer pipes, cold and hot water were replaced, the toilet and exhaust system were repaired, the kitchen and eating areas were re-equipped, and the curtains were replaced.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• In the dining room there are 3 wash basins for washing children's hands.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615EC6" w:rsidRPr="00615EC6" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In our dining room there are 2 chefs of 4 categories and 2 kitchen workers who have sufficient experience in this specialty. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE374B" w:rsidRDefault="00615EC6" w:rsidP="00615EC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>The issue of organizing a drinking regime is considered very important in school. Boiled drinking water is always available for children.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE374B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE374B" w:rsidRDefault="00DE374B" w:rsidP="00DE374B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE374B" w:rsidRPr="002C1497" w:rsidRDefault="00DE374B" w:rsidP="00DE374B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9589,50 +8111,51 @@
     <w:rsid w:val="0044344C"/>
     <w:rsid w:val="0044454F"/>
     <w:rsid w:val="00451DB9"/>
     <w:rsid w:val="00453A92"/>
     <w:rsid w:val="00461F32"/>
     <w:rsid w:val="0046590E"/>
     <w:rsid w:val="004716AD"/>
     <w:rsid w:val="00472964"/>
     <w:rsid w:val="00473B14"/>
     <w:rsid w:val="004837CE"/>
     <w:rsid w:val="004E0105"/>
     <w:rsid w:val="004F49EB"/>
     <w:rsid w:val="005124A7"/>
     <w:rsid w:val="005147A5"/>
     <w:rsid w:val="0052374D"/>
     <w:rsid w:val="005253D1"/>
     <w:rsid w:val="00576A89"/>
     <w:rsid w:val="00585134"/>
     <w:rsid w:val="00597476"/>
     <w:rsid w:val="005A61B0"/>
     <w:rsid w:val="005B781F"/>
     <w:rsid w:val="005D7F63"/>
     <w:rsid w:val="005E159B"/>
     <w:rsid w:val="005F28CE"/>
     <w:rsid w:val="00613B65"/>
+    <w:rsid w:val="00615EC6"/>
     <w:rsid w:val="006212A8"/>
     <w:rsid w:val="0062780C"/>
     <w:rsid w:val="00637FDE"/>
     <w:rsid w:val="006538D1"/>
     <w:rsid w:val="00673A71"/>
     <w:rsid w:val="00684DD6"/>
     <w:rsid w:val="00687993"/>
     <w:rsid w:val="00687B33"/>
     <w:rsid w:val="00691B6A"/>
     <w:rsid w:val="006A205E"/>
     <w:rsid w:val="006C3AFE"/>
     <w:rsid w:val="006C4DC8"/>
     <w:rsid w:val="006E025D"/>
     <w:rsid w:val="007017B8"/>
     <w:rsid w:val="00703C8D"/>
     <w:rsid w:val="0072255D"/>
     <w:rsid w:val="007328F2"/>
     <w:rsid w:val="00742E8F"/>
     <w:rsid w:val="0075165B"/>
     <w:rsid w:val="00776CA6"/>
     <w:rsid w:val="007934CC"/>
     <w:rsid w:val="007C354E"/>
     <w:rsid w:val="007C717B"/>
     <w:rsid w:val="007C7538"/>
     <w:rsid w:val="007D0A07"/>
@@ -9667,50 +8190,51 @@
     <w:rsid w:val="009B5480"/>
     <w:rsid w:val="009C610B"/>
     <w:rsid w:val="009F3E96"/>
     <w:rsid w:val="00A02844"/>
     <w:rsid w:val="00A13298"/>
     <w:rsid w:val="00A17548"/>
     <w:rsid w:val="00A37E39"/>
     <w:rsid w:val="00A4733C"/>
     <w:rsid w:val="00A6378A"/>
     <w:rsid w:val="00A66CBF"/>
     <w:rsid w:val="00A87434"/>
     <w:rsid w:val="00AB11E8"/>
     <w:rsid w:val="00AC2F9A"/>
     <w:rsid w:val="00AC3BA9"/>
     <w:rsid w:val="00AC4012"/>
     <w:rsid w:val="00B00A5D"/>
     <w:rsid w:val="00B050CD"/>
     <w:rsid w:val="00B156AD"/>
     <w:rsid w:val="00B25B70"/>
     <w:rsid w:val="00B8494E"/>
     <w:rsid w:val="00BC4729"/>
     <w:rsid w:val="00BE76F8"/>
     <w:rsid w:val="00BF05C0"/>
     <w:rsid w:val="00C05C6D"/>
     <w:rsid w:val="00C127FB"/>
+    <w:rsid w:val="00C150D8"/>
     <w:rsid w:val="00C221D2"/>
     <w:rsid w:val="00C2522E"/>
     <w:rsid w:val="00C52B88"/>
     <w:rsid w:val="00C83838"/>
     <w:rsid w:val="00C84A41"/>
     <w:rsid w:val="00C92C68"/>
     <w:rsid w:val="00C93FF0"/>
     <w:rsid w:val="00CA161E"/>
     <w:rsid w:val="00CA603B"/>
     <w:rsid w:val="00CB54C0"/>
     <w:rsid w:val="00CD15BF"/>
     <w:rsid w:val="00CD4AF3"/>
     <w:rsid w:val="00CD5BB7"/>
     <w:rsid w:val="00CD6964"/>
     <w:rsid w:val="00CF7D22"/>
     <w:rsid w:val="00D167B6"/>
     <w:rsid w:val="00D41793"/>
     <w:rsid w:val="00D564E3"/>
     <w:rsid w:val="00D629AC"/>
     <w:rsid w:val="00D73704"/>
     <w:rsid w:val="00D94D91"/>
     <w:rsid w:val="00DC5737"/>
     <w:rsid w:val="00DE374B"/>
     <w:rsid w:val="00E12993"/>
     <w:rsid w:val="00E13B9C"/>
@@ -9724,51 +8248,51 @@
     <w:rsid w:val="00ED19E2"/>
     <w:rsid w:val="00EE0056"/>
     <w:rsid w:val="00F12016"/>
     <w:rsid w:val="00F80B53"/>
     <w:rsid w:val="00F97952"/>
     <w:rsid w:val="00FC1427"/>
     <w:rsid w:val="00FD4367"/>
     <w:rsid w:val="00FE0E97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10341,66 +8865,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3489114B-9095-46F7-B7F8-CA0F65A90810}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2280</Words>
-  <Characters>13002</Characters>
+  <Words>2267</Words>
+  <Characters>12922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
+  <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15252</CharactersWithSpaces>
+  <CharactersWithSpaces>15159</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>