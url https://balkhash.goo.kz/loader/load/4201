--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -1,3835 +1,1562 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-      <w:pPr>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007B30E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>6-қосымша</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к приказу</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-      <w:pPr>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007B30E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>бұйрыққа</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-      <w:pPr>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007B30E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от «13» апреля 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...204 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>No 198</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-      <w:pPr>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007B30E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Мемлекеттік</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B30E9">
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(основные пункты)</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B30E9">
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B30E9">
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) с момента сдачи документов услугодателю, а также при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>портал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7318">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– пять рабочих дней</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...969 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-[...237 lines deleted...]
-        <w:t>;</w:t>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) максимально допустимое время ожидания для сдачи документов у</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-[...106 lines deleted...]
-        <w:t>;</w:t>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя – 15 минут;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-[...237 lines deleted...]
-        <w:t xml:space="preserve"> уақыты-30</w:t>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) максимально допустимое время обслуживания услугодателем – 30</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-[...34 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B30E9" w:rsidRPr="007B30E9" w:rsidRDefault="007B30E9" w:rsidP="007B30E9">
-[...164 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007B30E9">
-[...1639 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги – электронная (частично</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:sectPr w:rsidR="00C564AA" w:rsidRPr="007B30E9" w:rsidSect="00C564AA">
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Результат оказания государственной услуги – справка о</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставлении бесплатного и льготного питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школе по форме согласно приложению 1 к настоящему стандарту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги –</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается бесплатно физическим лицам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) услугодателя: с понедельника по пятницу включительно,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кроме выходных и праздничных дней, согласно трудовому законодательству РК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осуществляется</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>без</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>связи с проведением ремонтных работ (при обращении услугополучателя после</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>окончания рабочего времени, в выходные и праздничные дни согласно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>трудовому законодательству Республики Казахстан, прием заявления и выдача</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>результата оказания государственной услуги осуществляется следующим</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) заявление по форме согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность родителей (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) копия свидетельства о рождении ребенка в случае рождения ребенка до 13 августа 2007 года либо за пределами Республики Казахстан (требуется для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) копия свидетельства о заключении или расторжении брака (в случае заключения или расторжения брака до 2008 года либо за пределами Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) справка, подтверждающая принадлежность услугополучателя (семьи) к потребителям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории услугополучателей из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) документы о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев для услугополучателей из </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) решение уполномоченного органа об утверждении опеки (попечительства), патронатного воспитания для детей-сирот и детей, оставшихся без попечения родителей, воспитывающихся в семьях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) копия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>решения коллегиального органа управления организации образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о предоставлении бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах на основании обследования материально-бытового положения семьи, а также других необходимых документов для принятия решения об оказании финансовой и материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Документы представляются в подлинниках для сверки, после чего</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подлинники возвращаются услугополучателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При приеме документов услугодатель выдает услугополучателю расписку</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о приеме соответствующих документов с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) количества и названия приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) фамилии, имени, а также отчества (при наличии) работника</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принявшего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) фамилии, имени, а также отчества (при наличии) родителей и его</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7318" w:rsidRPr="005B7318" w:rsidRDefault="005B7318" w:rsidP="005B7318">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B7318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C564AA" w:rsidRDefault="00C564AA"/>
+    <w:sectPr w:rsidR="00C564AA" w:rsidSect="00C564AA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="03C37E48"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3F0723E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4377,51 +2104,51 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="005B7318"/>
     <w:rsid w:val="00000A70"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001119"/>
     <w:rsid w:val="000013D1"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="00003430"/>
     <w:rsid w:val="00003B67"/>
     <w:rsid w:val="00004094"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00004ACB"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00006C6A"/>
     <w:rsid w:val="000070E7"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="00011D99"/>
     <w:rsid w:val="0001203F"/>
     <w:rsid w:val="000125B6"/>
     <w:rsid w:val="00012865"/>
     <w:rsid w:val="000132AA"/>
@@ -5397,51 +3124,50 @@
     <w:rsid w:val="0033136D"/>
     <w:rsid w:val="00331B9D"/>
     <w:rsid w:val="00331E0F"/>
     <w:rsid w:val="00332070"/>
     <w:rsid w:val="003323D0"/>
     <w:rsid w:val="0033262A"/>
     <w:rsid w:val="00333510"/>
     <w:rsid w:val="00333866"/>
     <w:rsid w:val="00334DFF"/>
     <w:rsid w:val="00334E46"/>
     <w:rsid w:val="003353F2"/>
     <w:rsid w:val="0033555B"/>
     <w:rsid w:val="003366CA"/>
     <w:rsid w:val="0033730E"/>
     <w:rsid w:val="003373BE"/>
     <w:rsid w:val="003378BB"/>
     <w:rsid w:val="00337B66"/>
     <w:rsid w:val="00340164"/>
     <w:rsid w:val="003401A1"/>
     <w:rsid w:val="00340E08"/>
     <w:rsid w:val="00344137"/>
     <w:rsid w:val="00344323"/>
     <w:rsid w:val="00344731"/>
     <w:rsid w:val="00344AC9"/>
     <w:rsid w:val="00344C27"/>
-    <w:rsid w:val="00345749"/>
     <w:rsid w:val="00345E1A"/>
     <w:rsid w:val="00346AC9"/>
     <w:rsid w:val="00346CD7"/>
     <w:rsid w:val="00346DCD"/>
     <w:rsid w:val="00347123"/>
     <w:rsid w:val="0035024E"/>
     <w:rsid w:val="00350251"/>
     <w:rsid w:val="00350460"/>
     <w:rsid w:val="00350AA4"/>
     <w:rsid w:val="00350B90"/>
     <w:rsid w:val="00350CDD"/>
     <w:rsid w:val="00350ED0"/>
     <w:rsid w:val="00351278"/>
     <w:rsid w:val="00351402"/>
     <w:rsid w:val="00351F6C"/>
     <w:rsid w:val="0035266D"/>
     <w:rsid w:val="003531A1"/>
     <w:rsid w:val="00353809"/>
     <w:rsid w:val="00353D30"/>
     <w:rsid w:val="00354642"/>
     <w:rsid w:val="003547FB"/>
     <w:rsid w:val="00354B3A"/>
     <w:rsid w:val="00354CD7"/>
     <w:rsid w:val="00355688"/>
     <w:rsid w:val="00355ADA"/>
@@ -5518,51 +3244,50 @@
     <w:rsid w:val="00393F0E"/>
     <w:rsid w:val="00394E5D"/>
     <w:rsid w:val="00394EE8"/>
     <w:rsid w:val="00395F7B"/>
     <w:rsid w:val="00396792"/>
     <w:rsid w:val="0039687B"/>
     <w:rsid w:val="00397350"/>
     <w:rsid w:val="00397673"/>
     <w:rsid w:val="00397D22"/>
     <w:rsid w:val="003A086D"/>
     <w:rsid w:val="003A0ECE"/>
     <w:rsid w:val="003A1B73"/>
     <w:rsid w:val="003A241F"/>
     <w:rsid w:val="003A3141"/>
     <w:rsid w:val="003A36A8"/>
     <w:rsid w:val="003A3984"/>
     <w:rsid w:val="003A39CA"/>
     <w:rsid w:val="003A3EB3"/>
     <w:rsid w:val="003A4001"/>
     <w:rsid w:val="003A44B0"/>
     <w:rsid w:val="003A453D"/>
     <w:rsid w:val="003A495E"/>
     <w:rsid w:val="003A51EE"/>
     <w:rsid w:val="003A5366"/>
     <w:rsid w:val="003A53A0"/>
-    <w:rsid w:val="003A5B8B"/>
     <w:rsid w:val="003A7DF3"/>
     <w:rsid w:val="003A7F81"/>
     <w:rsid w:val="003B0053"/>
     <w:rsid w:val="003B008F"/>
     <w:rsid w:val="003B06E6"/>
     <w:rsid w:val="003B1F9E"/>
     <w:rsid w:val="003B27FC"/>
     <w:rsid w:val="003B286C"/>
     <w:rsid w:val="003B321A"/>
     <w:rsid w:val="003B340A"/>
     <w:rsid w:val="003B3644"/>
     <w:rsid w:val="003B3675"/>
     <w:rsid w:val="003B3A86"/>
     <w:rsid w:val="003B3F93"/>
     <w:rsid w:val="003B483B"/>
     <w:rsid w:val="003B4A5E"/>
     <w:rsid w:val="003B4CD4"/>
     <w:rsid w:val="003B554C"/>
     <w:rsid w:val="003B558B"/>
     <w:rsid w:val="003B6001"/>
     <w:rsid w:val="003B6014"/>
     <w:rsid w:val="003B6122"/>
     <w:rsid w:val="003B6279"/>
     <w:rsid w:val="003B63A8"/>
     <w:rsid w:val="003B661A"/>
@@ -6822,51 +4547,50 @@
     <w:rsid w:val="007A1E87"/>
     <w:rsid w:val="007A1EA6"/>
     <w:rsid w:val="007A2695"/>
     <w:rsid w:val="007A296F"/>
     <w:rsid w:val="007A2D9D"/>
     <w:rsid w:val="007A3EB2"/>
     <w:rsid w:val="007A4335"/>
     <w:rsid w:val="007A4B53"/>
     <w:rsid w:val="007A58FD"/>
     <w:rsid w:val="007A5C22"/>
     <w:rsid w:val="007A5CEF"/>
     <w:rsid w:val="007A5ED1"/>
     <w:rsid w:val="007A61C1"/>
     <w:rsid w:val="007A74E9"/>
     <w:rsid w:val="007A7A9B"/>
     <w:rsid w:val="007A7C78"/>
     <w:rsid w:val="007A7D2C"/>
     <w:rsid w:val="007B0BA1"/>
     <w:rsid w:val="007B0E25"/>
     <w:rsid w:val="007B0F59"/>
     <w:rsid w:val="007B1AEA"/>
     <w:rsid w:val="007B204B"/>
     <w:rsid w:val="007B2164"/>
     <w:rsid w:val="007B2718"/>
     <w:rsid w:val="007B2DE5"/>
-    <w:rsid w:val="007B30E9"/>
     <w:rsid w:val="007B3234"/>
     <w:rsid w:val="007B32CD"/>
     <w:rsid w:val="007B3BC1"/>
     <w:rsid w:val="007B3FB8"/>
     <w:rsid w:val="007B4D93"/>
     <w:rsid w:val="007B5264"/>
     <w:rsid w:val="007B57CF"/>
     <w:rsid w:val="007B5C5F"/>
     <w:rsid w:val="007B647E"/>
     <w:rsid w:val="007B67C2"/>
     <w:rsid w:val="007B6C05"/>
     <w:rsid w:val="007B6F82"/>
     <w:rsid w:val="007B718B"/>
     <w:rsid w:val="007B7956"/>
     <w:rsid w:val="007C01E5"/>
     <w:rsid w:val="007C0792"/>
     <w:rsid w:val="007C1206"/>
     <w:rsid w:val="007C165E"/>
     <w:rsid w:val="007C1A6B"/>
     <w:rsid w:val="007C1C3D"/>
     <w:rsid w:val="007C2482"/>
     <w:rsid w:val="007C2AB3"/>
     <w:rsid w:val="007C321A"/>
     <w:rsid w:val="007C37D4"/>
     <w:rsid w:val="007C37E6"/>
@@ -9490,51 +7214,51 @@
     <w:rsid w:val="00FF5D55"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF6C37"/>
     <w:rsid w:val="00FF6C8A"/>
     <w:rsid w:val="00FF6DD3"/>
     <w:rsid w:val="00FF761A"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10033,50 +7757,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>677</Words>
-  <Characters>3860</Characters>
+  <Words>648</Words>
+  <Characters>3699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4528</CharactersWithSpaces>
+  <CharactersWithSpaces>4339</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>