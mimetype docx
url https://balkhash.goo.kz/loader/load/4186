--- v0 (2025-12-11)
+++ v1 (2025-12-16)
@@ -1,460 +1,564 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A503A4" w:rsidRPr="00A503A4" w:rsidRDefault="00A503A4" w:rsidP="00A503A4">
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адалдық дегеніміз не?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Жанға қисық емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Қандай шындық?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Өзіңмен өзің болу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Қандай шындық? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Мейірімді, адал болу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Және әрқашан көмекке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адамдарға келу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Қандай шындық?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Құрмет білуіміз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Және өз Отаны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Соңына дейін қызмет ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адамға адал болуға қалай көмектесуге болады? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл туралы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінде ойластырылған. Деп шештік бастау керек бизнес. Ол үшін бүкіл Қазақстан бойынша адалдық дүкендері ашылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бірінші мектепте керемет дүкен бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мен сізге құпия айтайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сатып алу жоқ, дәл кетпейді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл дүкен ұшуда емес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еліміздегі ең адал дүкендердің бірі,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сөрелерде қаламдар, қарындаштар, көптеген дамытатын ойыншықтар,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F150B9" w:rsidRPr="00F150B9" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F150B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онда құлыптар, сатушылар жоқ, кассир жоқ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A503A4" w:rsidRPr="00A503A4" w:rsidRDefault="00F150B9" w:rsidP="00F150B9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F150B9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:drawing>
-[...358 lines deleted...]
-        <w:t>Охраны здесь тоже, естественно, нет!</w:t>
+        <w:t>Мұнда күзет, әрине, жоқ!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0087425F" w:rsidRDefault="00A503A4" w:rsidP="00A503A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00A503A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3382712" cy="3762704"/>
             <wp:effectExtent l="19050" t="0" r="8188" b="0"/>
             <wp:docPr id="6" name="Рисунок 3" descr="Нет описания фото."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Нет описания фото."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId4"/>
                     <a:srcRect r="-41" b="16451"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3389284" cy="3770015"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -4657,50 +4761,51 @@
     <w:rsid w:val="00EF7AF0"/>
     <w:rsid w:val="00EF7ECA"/>
     <w:rsid w:val="00F00259"/>
     <w:rsid w:val="00F0072D"/>
     <w:rsid w:val="00F01153"/>
     <w:rsid w:val="00F0121E"/>
     <w:rsid w:val="00F012C8"/>
     <w:rsid w:val="00F01342"/>
     <w:rsid w:val="00F01AAE"/>
     <w:rsid w:val="00F01FB3"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F0399B"/>
     <w:rsid w:val="00F03A00"/>
     <w:rsid w:val="00F03A0C"/>
     <w:rsid w:val="00F043F5"/>
     <w:rsid w:val="00F05127"/>
     <w:rsid w:val="00F05A83"/>
     <w:rsid w:val="00F079D7"/>
     <w:rsid w:val="00F10188"/>
     <w:rsid w:val="00F107B0"/>
     <w:rsid w:val="00F110F6"/>
     <w:rsid w:val="00F12016"/>
     <w:rsid w:val="00F130A2"/>
     <w:rsid w:val="00F1375A"/>
     <w:rsid w:val="00F13DCB"/>
+    <w:rsid w:val="00F150B9"/>
     <w:rsid w:val="00F1527C"/>
     <w:rsid w:val="00F16696"/>
     <w:rsid w:val="00F17049"/>
     <w:rsid w:val="00F17FB8"/>
     <w:rsid w:val="00F204C5"/>
     <w:rsid w:val="00F20997"/>
     <w:rsid w:val="00F20A46"/>
     <w:rsid w:val="00F20AF1"/>
     <w:rsid w:val="00F220A4"/>
     <w:rsid w:val="00F22780"/>
     <w:rsid w:val="00F238DD"/>
     <w:rsid w:val="00F23DB0"/>
     <w:rsid w:val="00F24046"/>
     <w:rsid w:val="00F2578F"/>
     <w:rsid w:val="00F25FF9"/>
     <w:rsid w:val="00F261FA"/>
     <w:rsid w:val="00F26A04"/>
     <w:rsid w:val="00F26D24"/>
     <w:rsid w:val="00F273FB"/>
     <w:rsid w:val="00F27C43"/>
     <w:rsid w:val="00F30351"/>
     <w:rsid w:val="00F303CD"/>
     <w:rsid w:val="00F313A3"/>
     <w:rsid w:val="00F319BD"/>
     <w:rsid w:val="00F31DD3"/>
@@ -5302,51 +5407,51 @@
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo.php?fbid=453035848906978&amp;set=pcb.453036015573628&amp;type=3&amp;__tn__=HH-R&amp;eid=ARDvoQbBB10W8_jusBxad84msHH536iteMsXZREqxJJVtJX8T2FRgBJ6xOko-FNWkKaXfZ-NV66Y9-TZ" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5592,51 +5697,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>112</Words>
-  <Characters>641</Characters>
+  <Characters>640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>752</CharactersWithSpaces>
+  <CharactersWithSpaces>751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>