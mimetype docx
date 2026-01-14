--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -1,677 +1,260 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C32C67" w:rsidRPr="008F50CB" w:rsidRDefault="00C11C05" w:rsidP="001767F5">
-[...280 lines deleted...]
-    <w:p w:rsidR="00D518F0" w:rsidRPr="008F50CB" w:rsidRDefault="00D518F0" w:rsidP="001767F5">
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00C11C05" w:rsidP="00DF5989">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F50CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Не хочешь страну с коррупцией – не допускай ее сам,</w:t>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5989" w:rsidRPr="00DF5989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Адалдық алаңы" облыстық жобасын жүзеге асыру аясында қаланың жалпы білім беретін мектептері арасында "үздік адалдық дүкені"байқауы өткізілді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D518F0" w:rsidRPr="008F50CB" w:rsidRDefault="00D518F0" w:rsidP="001767F5">
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F50CB">
+      <w:r w:rsidRPr="00DF5989">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мы строим  буд</w:t>
-[...8 lines deleted...]
-        <w:t>ущее, без коррупции – Казахстан!</w:t>
+        <w:t xml:space="preserve"> Дүкеннің жұмыс принципі-өзіне-өзі қызмет көрсету. Дүкендерде оқушылар қажетті тауарларды сатып ала алады, бұл ретте тауар үшін ақша кассир-сатушының орнын ауыстыратын арнайы жәшікке салынады. Мұнда сіз тапсыруды ала аласыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D518F0" w:rsidRPr="008F50CB" w:rsidRDefault="00D518F0" w:rsidP="001767F5">
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F50CB">
+      <w:r w:rsidRPr="00DF5989">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Коррупция- зло и приносит урон, коррупции вместе поставим заслон!</w:t>
+        <w:t xml:space="preserve">       Мектептерде адалдық дүкендерінің ашылуы өскелең ұрпақтың жағымды моральдық қасиеттерін, соның ішінде ішкі парасаттылық пен адалдықты тәрбиелеуге көмектеседі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D518F0" w:rsidRPr="008F50CB" w:rsidRDefault="001767F5" w:rsidP="001767F5">
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F50CB">
+      <w:r w:rsidRPr="00DF5989">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">             </w:t>
+        <w:t>Ал бұл факторлар "Сыбайлас жемқорлыққа қарсы иммунитетті"қалыптастыруға тікелей әсер етеді.</w:t>
       </w:r>
-      <w:r w:rsidR="00D518F0" w:rsidRPr="008F50CB">
+    </w:p>
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Знания, терпения,нравстенность  и труд</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008F50CB">
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5989">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>Емес хочешь елге сыбайлас жемқорлыққа – жоқ допускай оның өзі,</w:t>
       </w:r>
-      <w:r w:rsidR="00D518F0" w:rsidRPr="008F50CB">
+    </w:p>
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> коррупцию в порошок  сотрут!</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біз болашақты, сыбайлас жемқорлықсыз – Қазақстанды құрудамыз!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F50CB" w:rsidRPr="008F50CB" w:rsidRDefault="0078718E" w:rsidP="008F50CB">
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлық-зұлымдық және залал әкеледі,сыбайлас жемқорлыққа бірге тосқауыл қоямыз!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF5989" w:rsidRPr="00DF5989" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5989">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Білім, шыдамдылық,адамгершілік және еңбек сыбайлас жемқорлықты ұнтақ етеді!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F50CB" w:rsidRPr="008F50CB" w:rsidRDefault="00DF5989" w:rsidP="00DF5989">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F50CB">
+      <w:r w:rsidRPr="00DF5989">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...189 lines deleted...]
-        <w:t xml:space="preserve"> Поздравляем!  Молодцы!</w:t>
+        <w:t xml:space="preserve">          Балқаш қаласы білім бөлімінің бас маманы О. Қ. Садуақасова, Балқаш аймағы бойынша Сыбайлас жемқорлыққа қарсы қызметтің аға офицері Әлібек Мұхтарұлы Жүнісов, Балқаш қаласы білім бөлімінің қорғаншылық және қамқоршылық секторының меңгерушісі Перизат Қанатбекқызы Аристамбекова, Балалар маслихатының төрағасы барлық талаптарға сай келетін адалдықтың ең үздік дүкендерін таңдады. Сайыс қорытындысы бойынша жүлделі орындар келесідей бөлінді: 1 орын - № 1 ОМ.2 орын - № 9 ОМ ,3 орын – № 16 ОМ, 15!   Құттықтаймыз!  Молодцы!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F50CB" w:rsidRPr="008F50CB" w:rsidRDefault="00FA5168" w:rsidP="008F50CB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA5168">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5057446" cy="3852053"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Рисунок 1" descr="C:\Users\Зере\Desktop\ппп\IMG_9129.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\ппп\IMG_9129.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect r="14672" b="2573"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -695,51 +278,50 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F50CB" w:rsidRDefault="00FA5168" w:rsidP="008F50CB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5927725" cy="3951605"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 3" descr="C:\Users\Зере\Desktop\ппп\IMG_9119.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\ппп\IMG_9119.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -776,50 +358,51 @@
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F50CB" w:rsidRDefault="00FA5168" w:rsidP="008F50CB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5927725" cy="3951605"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 2" descr="C:\Users\Зере\Desktop\ппп\IMG_9164.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\ппп\IMG_9164.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -1093,51 +676,51 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="91"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00576069"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00001646"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="00005B1A"/>
     <w:rsid w:val="00005D41"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
     <w:rsid w:val="00011EB1"/>
@@ -4928,50 +4511,51 @@
     <w:rsid w:val="00DE4244"/>
     <w:rsid w:val="00DE4479"/>
     <w:rsid w:val="00DE4622"/>
     <w:rsid w:val="00DE5752"/>
     <w:rsid w:val="00DE57B7"/>
     <w:rsid w:val="00DE6D06"/>
     <w:rsid w:val="00DE6FA0"/>
     <w:rsid w:val="00DE7DF2"/>
     <w:rsid w:val="00DE7EC3"/>
     <w:rsid w:val="00DE7F69"/>
     <w:rsid w:val="00DF0010"/>
     <w:rsid w:val="00DF068E"/>
     <w:rsid w:val="00DF13AF"/>
     <w:rsid w:val="00DF19FA"/>
     <w:rsid w:val="00DF1B8C"/>
     <w:rsid w:val="00DF1DD4"/>
     <w:rsid w:val="00DF2123"/>
     <w:rsid w:val="00DF2702"/>
     <w:rsid w:val="00DF2A03"/>
     <w:rsid w:val="00DF2A91"/>
     <w:rsid w:val="00DF327C"/>
     <w:rsid w:val="00DF37B7"/>
     <w:rsid w:val="00DF47FD"/>
     <w:rsid w:val="00DF4EBF"/>
     <w:rsid w:val="00DF5091"/>
+    <w:rsid w:val="00DF5989"/>
     <w:rsid w:val="00DF5D08"/>
     <w:rsid w:val="00DF5F16"/>
     <w:rsid w:val="00DF69B9"/>
     <w:rsid w:val="00DF739B"/>
     <w:rsid w:val="00DF7AB3"/>
     <w:rsid w:val="00DF7BE9"/>
     <w:rsid w:val="00E0146A"/>
     <w:rsid w:val="00E01925"/>
     <w:rsid w:val="00E01A40"/>
     <w:rsid w:val="00E02C6A"/>
     <w:rsid w:val="00E02EB0"/>
     <w:rsid w:val="00E03A93"/>
     <w:rsid w:val="00E05598"/>
     <w:rsid w:val="00E05A85"/>
     <w:rsid w:val="00E05D2F"/>
     <w:rsid w:val="00E05E68"/>
     <w:rsid w:val="00E06217"/>
     <w:rsid w:val="00E06E15"/>
     <w:rsid w:val="00E07128"/>
     <w:rsid w:val="00E1032E"/>
     <w:rsid w:val="00E10985"/>
     <w:rsid w:val="00E10BE4"/>
     <w:rsid w:val="00E10E0D"/>
     <w:rsid w:val="00E11A35"/>
     <w:rsid w:val="00E11FB7"/>
@@ -6008,67 +5592,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1268</Characters>
+  <Pages>4</Pages>
+  <Words>221</Words>
+  <Characters>1264</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1488</CharactersWithSpaces>
+  <CharactersWithSpaces>1483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>