--- v0 (2025-12-09)
+++ v1 (2026-01-14)
@@ -12,1073 +12,2194 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="009A297D" w:rsidRDefault="009A297D" w:rsidP="00AB6C8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB6C8C" w:rsidRDefault="00267726" w:rsidP="00AB6C8C">
-[...971 lines deleted...]
-    <w:p w:rsidR="002A3FFA" w:rsidRPr="002A3FFA" w:rsidRDefault="002A3FFA" w:rsidP="002A3FFA">
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3090"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпарат </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">профилактикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рейдтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу күні: 18 желтоқсан 2019 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өткізу уақыты: 20. 00-ден 24.00-ге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.  жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиналатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сағат </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қатысушылар саны: 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны: 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қушылар саны: 0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           2019 жылдың 18 желтоқсанында педагогикалық ұжымды, әкімшілік мүшелерін, әкелер кеңесін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "түнгі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акциясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиналатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рейсі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастырылды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Іс-шараның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бұзушылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бейім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жасөспірімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орындарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>темекі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>шегу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ішу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>былапыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>вандализм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>т.б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRPr="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рейдтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>топ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мүшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>компьютерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>клубтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ("</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Мега</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"," Blog"), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағалауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>аллея</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ат.Хамзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ц </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айналасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кіріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бөгде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көзқарастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жасырын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>аз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ағартылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>орындарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>назардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалдырмады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>автожуу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>автовокзал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>аумағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE0B52" w:rsidRDefault="00EE0B52" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рейдінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қорытындысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мектептік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>линейкада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жеткізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE0B52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002A3FFA" w:rsidRPr="007911DA" w:rsidRDefault="002A3FFA" w:rsidP="00EE0B52">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007911DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A3FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>И.о</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007911DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A3FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.д</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007911DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A3FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">иректора           А.Касенова </w:t>
+        <w:t>директора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007911DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007911DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002A3FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Касенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007911DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004D56A2" w:rsidRPr="00E83094" w:rsidRDefault="002447E4" w:rsidP="00D6620F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D6620F" w:rsidRPr="00D6620F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>и</w:t>
@@ -1627,73 +2748,73 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007279EC" w:rsidRPr="00E83094" w:rsidSect="00F155FB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="0" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00267726"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001514"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="0000254B"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="00007D07"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="00015C3B"/>
     <w:rsid w:val="00016C1A"/>
@@ -2824,50 +3945,51 @@
     <w:rsid w:val="00762ECF"/>
     <w:rsid w:val="00763119"/>
     <w:rsid w:val="007642C4"/>
     <w:rsid w:val="00766256"/>
     <w:rsid w:val="007679DD"/>
     <w:rsid w:val="00767E5E"/>
     <w:rsid w:val="007700C9"/>
     <w:rsid w:val="0077062E"/>
     <w:rsid w:val="00770CF5"/>
     <w:rsid w:val="00771125"/>
     <w:rsid w:val="00772F94"/>
     <w:rsid w:val="00773260"/>
     <w:rsid w:val="007738A9"/>
     <w:rsid w:val="0077507A"/>
     <w:rsid w:val="0077537A"/>
     <w:rsid w:val="0077689A"/>
     <w:rsid w:val="00781FB1"/>
     <w:rsid w:val="007825A4"/>
     <w:rsid w:val="007839BC"/>
     <w:rsid w:val="007862F2"/>
     <w:rsid w:val="00786999"/>
     <w:rsid w:val="00787266"/>
     <w:rsid w:val="00790AEB"/>
     <w:rsid w:val="00790B37"/>
     <w:rsid w:val="00790FFE"/>
+    <w:rsid w:val="007911DA"/>
     <w:rsid w:val="00792122"/>
     <w:rsid w:val="0079396A"/>
     <w:rsid w:val="00793C81"/>
     <w:rsid w:val="00793E3D"/>
     <w:rsid w:val="00793EDF"/>
     <w:rsid w:val="007946AC"/>
     <w:rsid w:val="007948AB"/>
     <w:rsid w:val="00796D08"/>
     <w:rsid w:val="00796DBC"/>
     <w:rsid w:val="00797311"/>
     <w:rsid w:val="007A0A0B"/>
     <w:rsid w:val="007A1E87"/>
     <w:rsid w:val="007A2695"/>
     <w:rsid w:val="007A4335"/>
     <w:rsid w:val="007A4B53"/>
     <w:rsid w:val="007A7C78"/>
     <w:rsid w:val="007A7D2C"/>
     <w:rsid w:val="007B2164"/>
     <w:rsid w:val="007B2DE5"/>
     <w:rsid w:val="007B32CD"/>
     <w:rsid w:val="007B3BC1"/>
     <w:rsid w:val="007B3FB8"/>
     <w:rsid w:val="007B5264"/>
     <w:rsid w:val="007B57CF"/>
     <w:rsid w:val="007B5C5F"/>
@@ -2899,50 +4021,51 @@
     <w:rsid w:val="007F1050"/>
     <w:rsid w:val="007F12C3"/>
     <w:rsid w:val="007F18AF"/>
     <w:rsid w:val="007F19EF"/>
     <w:rsid w:val="007F1AF2"/>
     <w:rsid w:val="007F2B54"/>
     <w:rsid w:val="007F3630"/>
     <w:rsid w:val="007F503C"/>
     <w:rsid w:val="007F5B60"/>
     <w:rsid w:val="007F5D49"/>
     <w:rsid w:val="007F5FA1"/>
     <w:rsid w:val="007F6D16"/>
     <w:rsid w:val="007F6DBD"/>
     <w:rsid w:val="007F6ED4"/>
     <w:rsid w:val="00803C03"/>
     <w:rsid w:val="0080404D"/>
     <w:rsid w:val="00805EC0"/>
     <w:rsid w:val="00806605"/>
     <w:rsid w:val="008079FA"/>
     <w:rsid w:val="00807F32"/>
     <w:rsid w:val="00810013"/>
     <w:rsid w:val="008101DB"/>
     <w:rsid w:val="00810E9D"/>
     <w:rsid w:val="008119C7"/>
     <w:rsid w:val="008125B8"/>
+    <w:rsid w:val="00813689"/>
     <w:rsid w:val="008179A7"/>
     <w:rsid w:val="00820C9B"/>
     <w:rsid w:val="00822325"/>
     <w:rsid w:val="00825A46"/>
     <w:rsid w:val="00826510"/>
     <w:rsid w:val="00830595"/>
     <w:rsid w:val="0083084E"/>
     <w:rsid w:val="0083178B"/>
     <w:rsid w:val="00831A1D"/>
     <w:rsid w:val="0083293E"/>
     <w:rsid w:val="00832ACB"/>
     <w:rsid w:val="0083409C"/>
     <w:rsid w:val="00835BE7"/>
     <w:rsid w:val="00836F88"/>
     <w:rsid w:val="00840597"/>
     <w:rsid w:val="00840E42"/>
     <w:rsid w:val="00841B5B"/>
     <w:rsid w:val="00842D92"/>
     <w:rsid w:val="00843A0A"/>
     <w:rsid w:val="00844008"/>
     <w:rsid w:val="00845B9D"/>
     <w:rsid w:val="00845F95"/>
     <w:rsid w:val="00846150"/>
     <w:rsid w:val="00847C34"/>
     <w:rsid w:val="00850803"/>
@@ -3922,50 +5045,51 @@
     <w:rsid w:val="00EB517B"/>
     <w:rsid w:val="00EB52B2"/>
     <w:rsid w:val="00EB5839"/>
     <w:rsid w:val="00EB58D0"/>
     <w:rsid w:val="00EB5C91"/>
     <w:rsid w:val="00EB5FC1"/>
     <w:rsid w:val="00EB6A3D"/>
     <w:rsid w:val="00EB6F88"/>
     <w:rsid w:val="00EC0FA3"/>
     <w:rsid w:val="00EC1543"/>
     <w:rsid w:val="00EC2075"/>
     <w:rsid w:val="00EC31BA"/>
     <w:rsid w:val="00EC3810"/>
     <w:rsid w:val="00EC437E"/>
     <w:rsid w:val="00EC499A"/>
     <w:rsid w:val="00EC5146"/>
     <w:rsid w:val="00EC7EE3"/>
     <w:rsid w:val="00ED04AC"/>
     <w:rsid w:val="00ED0709"/>
     <w:rsid w:val="00ED0F20"/>
     <w:rsid w:val="00ED20BF"/>
     <w:rsid w:val="00ED212B"/>
     <w:rsid w:val="00ED2B5F"/>
     <w:rsid w:val="00ED4E0A"/>
     <w:rsid w:val="00ED5FB2"/>
+    <w:rsid w:val="00EE0B52"/>
     <w:rsid w:val="00EE0B77"/>
     <w:rsid w:val="00EE1EF2"/>
     <w:rsid w:val="00EE24A5"/>
     <w:rsid w:val="00EE265F"/>
     <w:rsid w:val="00EE2AEF"/>
     <w:rsid w:val="00EE439F"/>
     <w:rsid w:val="00EE4BF7"/>
     <w:rsid w:val="00EE4D8A"/>
     <w:rsid w:val="00EE5249"/>
     <w:rsid w:val="00EE53F3"/>
     <w:rsid w:val="00EE5B40"/>
     <w:rsid w:val="00EE7952"/>
     <w:rsid w:val="00EF04E5"/>
     <w:rsid w:val="00EF147A"/>
     <w:rsid w:val="00EF33BF"/>
     <w:rsid w:val="00EF3BA2"/>
     <w:rsid w:val="00EF3E4A"/>
     <w:rsid w:val="00EF4881"/>
     <w:rsid w:val="00EF4CE5"/>
     <w:rsid w:val="00EF5BCA"/>
     <w:rsid w:val="00EF7349"/>
     <w:rsid w:val="00F011AA"/>
     <w:rsid w:val="00F01889"/>
     <w:rsid w:val="00F0215E"/>
     <w:rsid w:val="00F02CC5"/>
@@ -4104,51 +5228,51 @@
     <w:rsid w:val="00FE7643"/>
     <w:rsid w:val="00FF2550"/>
     <w:rsid w:val="00FF3F9C"/>
     <w:rsid w:val="00FF4C5C"/>
     <w:rsid w:val="00FF52A8"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22530"/>
+    <o:shapedefaults v:ext="edit" spidmax="23554"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4667,66 +5791,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>188</Words>
-  <Characters>1074</Characters>
+  <Words>160</Words>
+  <Characters>918</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1260</CharactersWithSpaces>
+  <CharactersWithSpaces>1076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>