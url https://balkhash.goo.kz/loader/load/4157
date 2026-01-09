--- v0 (2025-12-09)
+++ v1 (2026-01-09)
@@ -1,3415 +1,1884 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009A297D" w:rsidRPr="009E7404" w:rsidRDefault="009A297D" w:rsidP="00AB6C8C">
+    <w:p w:rsidR="009A297D" w:rsidRDefault="009A297D" w:rsidP="00AB6C8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00850BAC" w:rsidRPr="009E7404" w:rsidRDefault="00850BAC" w:rsidP="00850BAC">
+    <w:p w:rsidR="00AB6C8C" w:rsidRDefault="00267726" w:rsidP="00AB6C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C564AA" w:rsidRDefault="00267726" w:rsidP="00AB6C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о проведении </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактических  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рейдовых мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6C8C" w:rsidRPr="002B1074" w:rsidRDefault="00AB6C8C" w:rsidP="00AB6C8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267726" w:rsidRPr="002B1074" w:rsidRDefault="00267726" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00660FA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 декабря </w:t>
+      </w:r>
+      <w:r w:rsidR="0035588D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A83D76" w:rsidRDefault="00267726" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23C09" w:rsidRPr="00A83D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с 19.00- до 21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A83D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.00. часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по квартирам  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6C8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся, состоящих на профилактических учетах и </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  неблагополучных семей)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A83D76" w:rsidRDefault="00A83D76" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A83D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с 21.00 до 24.00.  часов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  по местам скопления  подростков </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B035EF" w:rsidRPr="00427A21" w:rsidRDefault="00B035EF" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество участников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83094">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF2740" w:rsidRPr="00DF2740" w:rsidRDefault="00DF2740" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF2740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество родителей:</w:t>
+      </w:r>
+      <w:r w:rsidR="0035588D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B035EF" w:rsidRPr="00427A21" w:rsidRDefault="00B035EF" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество выявленных учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B1074">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00427A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A4C6C" w:rsidRPr="003A4C6C" w:rsidRDefault="003A4C6C" w:rsidP="003A4C6C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00401A13" w:rsidRDefault="003A4C6C" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00660FA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14  декабря </w:t>
+      </w:r>
+      <w:r w:rsidR="00460A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0035588D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019 </w:t>
+      </w:r>
+      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r w:rsidR="00933D5C" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00001514" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с привлечением</w:t>
+      </w:r>
+      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   педагогического  коллектива,  членов  администрации, </w:t>
+      </w:r>
+      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Отцов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6620F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  в праздничные  дни </w:t>
+      </w:r>
+      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00001514" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  был организован  профилактический рейд</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6620F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00427A21" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00001514" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по местам скопления подростков</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6BB8" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00763119" w:rsidRPr="0061548A" w:rsidRDefault="00BC6BB8" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель мероприятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:  выявление подростков, склонных к правонарушению (курение и распитие  в общественных местах,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00272C31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цензурная брань, вандализм и т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, также </w:t>
+      </w:r>
+      <w:r w:rsidR="00272C31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>поздно находящихся  вне дома</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без сопровождения законных представителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A2033" w:rsidRPr="0061548A" w:rsidRDefault="00763119" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="000C7F73" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе  рейд</w:t>
+      </w:r>
+      <w:r w:rsidR="00272C31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7F73" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2033" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>посетил</w:t>
+      </w:r>
+      <w:r w:rsidR="004D56A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2033" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  квартиры  учащихся, состоящих на  учете в ГЮП ОП и ВШУ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00272C31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2033" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1571F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2033" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>неблагополучные семьи.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B73B9" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  На момент проверки  учащиеся  находились  дома  под контролем  законных представителей. Обстановка  в  неблагополучных семьях  была спокойная,   </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidR="002B73B9" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> визиту  проверяющих  отнеслись  адекватно,    посторонн</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="002B73B9" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х лиц  в квартрире   не выявлен</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="002B73B9" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  родители  находились  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="002B73B9" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>трезвом состоянии.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тревожных ситуаций  выявлено не было.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B73B9" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00933D5C" w:rsidRPr="0061548A" w:rsidRDefault="0061548A" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="004D56A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Также м</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7F73" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обильные  группы  посетили компьютерные клубы</w:t>
+      </w:r>
+      <w:r w:rsidR="00972B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  («Мега», </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1571F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Blog»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7F73" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, развлекательные заведения</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4DCE" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кафе «Улыбка»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1571F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C658B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мечта», «Техас», </w:t>
+      </w:r>
+      <w:r w:rsidR="003A4DCE" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Алтын шаңырақ»), </w:t>
+      </w:r>
+      <w:r w:rsidR="00015C3B" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C658B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">набережную , </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">центральную </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC333C" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алле</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8493A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC333C" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008617FC" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дворец Металлургов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC333C" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> им.Хамзина </w:t>
+      </w:r>
+      <w:r w:rsidR="008617FC" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обошли вокруг несколько раз, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A664F3" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>так же без внимания не оставили и малоосвещенные места и места, скрытые от посторонн</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>его взгляда</w:t>
+      </w:r>
+      <w:r w:rsidR="00A664F3" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00460A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Также   члены  мобильны</w:t>
+      </w:r>
+      <w:r w:rsidR="00972B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х групп  посетили  территории     автомойек и автовокзала. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00763119" w:rsidRPr="00763119" w:rsidRDefault="00763119" w:rsidP="00A62581">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Итоги </w:t>
+      </w:r>
+      <w:r w:rsidR="0061548A" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рейда </w:t>
+      </w:r>
+      <w:r w:rsidR="0061548A" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут доведены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23513" w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на общешкольной линейке </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23513" w:rsidRPr="0061548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до сведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C23513">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00763119">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A3FFA" w:rsidRPr="002A3FFA" w:rsidRDefault="002A3FFA" w:rsidP="002A3FFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3090"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7404">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Ақпарат </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A3FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A3FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A3FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иректора           А.Касенова </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00850BAC" w:rsidRPr="009E7404" w:rsidRDefault="00850BAC" w:rsidP="00850BAC">
-[...2754 lines deleted...]
-    <w:p w:rsidR="004D56A2" w:rsidRPr="009E7404" w:rsidRDefault="002447E4" w:rsidP="00D6620F">
+    <w:p w:rsidR="004D56A2" w:rsidRPr="00E83094" w:rsidRDefault="002447E4" w:rsidP="00D6620F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7404">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00D6620F" w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D6620F" w:rsidRPr="00D6620F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r w:rsidR="00E83094" w:rsidRPr="009E7404">
-[...4 lines deleted...]
-        <w:t>сп.Бейсекеева З.Р.</w:t>
+      <w:r w:rsidR="00E83094" w:rsidRPr="00D6620F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сп.Бейсекеева З.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83094" w:rsidRPr="00E83094">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D56A2" w:rsidRPr="009E7404" w:rsidRDefault="00E83094" w:rsidP="00E83094">
+    <w:p w:rsidR="004D56A2" w:rsidRDefault="00E83094" w:rsidP="00E83094">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E83094">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>73092</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00972B0D" w:rsidRPr="009E7404" w:rsidRDefault="00972B0D" w:rsidP="007279EC">
+    <w:p w:rsidR="00972B0D" w:rsidRDefault="00972B0D" w:rsidP="007279EC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3070225" cy="2302669"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="9" name="Рисунок 1" descr="C:\Users\Зере\Desktop\14  дек  рейд\пппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппп.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\14  дек  рейд\пппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппппп.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3071154" cy="2303365"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F155FB" w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F155FB" w:rsidRPr="00F155FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2705099" cy="2238375"/>
             <wp:effectExtent l="19050" t="0" r="1" b="0"/>
             <wp:docPr id="19" name="Рисунок 4" descr="C:\Users\Зере\Desktop\14  дек  рейд\00000рнрррр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\14  дек  рейд\00000рнрррр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2705918" cy="2239052"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00972B0D" w:rsidRPr="009E7404" w:rsidRDefault="00972B0D" w:rsidP="007279EC">
+    <w:p w:rsidR="00972B0D" w:rsidRDefault="00972B0D" w:rsidP="007279EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7620"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1418"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2235993" cy="2981325"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="15" name="Рисунок 3" descr="C:\Users\Зере\Desktop\14  дек  рейд\ггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\14  дек  рейд\ггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2238073" cy="2984099"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F155FB" w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F155FB" w:rsidRPr="00F155FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2095401" cy="3028950"/>
             <wp:effectExtent l="19050" t="0" r="99" b="0"/>
             <wp:docPr id="17" name="Рисунок 2" descr="C:\Users\Зере\Desktop\14  дек  рейд\ггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\14  дек  рейд\ггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггггг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2097766" cy="3032369"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F155FB" w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F155FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2071688" cy="2867025"/>
             <wp:effectExtent l="19050" t="0" r="4762" b="0"/>
             <wp:docPr id="24" name="Рисунок 7" descr="C:\Users\Зере\Desktop\14  дек  рейд\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\Зере\Desktop\14  дек  рейд\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2071793" cy="2867170"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F155FB" w:rsidRPr="009E7404" w:rsidRDefault="00F155FB" w:rsidP="00F155FB">
+    <w:p w:rsidR="00F155FB" w:rsidRDefault="00F155FB" w:rsidP="00F155FB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7620"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="-993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F155FB" w:rsidRPr="009E7404" w:rsidRDefault="00F155FB" w:rsidP="007279EC">
+    <w:p w:rsidR="00F155FB" w:rsidRDefault="00F155FB" w:rsidP="007279EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7620"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2169324" cy="2894620"/>
             <wp:effectExtent l="19050" t="0" r="2376" b="0"/>
             <wp:docPr id="20" name="Рисунок 5" descr="C:\Users\Зере\Desktop\14  дек  рейд\ппп.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\14  дек  рейд\ппп.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2169324" cy="2894620"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2247900" cy="2895600"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Рисунок 6" descr="C:\Users\Зере\Desktop\14  дек  рейд\рррр.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\14  дек  рейд\рррр.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2247900" cy="2895600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="007279EC" w:rsidRPr="009E7404">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007279EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2130404" cy="2895600"/>
             <wp:effectExtent l="19050" t="0" r="3196" b="0"/>
             <wp:docPr id="25" name="Рисунок 8" descr="C:\Users\Зере\Desktop\14  дек  рейд\0000000000000000000000000000000000000000000000.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Зере\Desktop\14  дек  рейд\0000000000000000000000000000000000000000000000.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2133074" cy="2899230"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007279EC" w:rsidRPr="009E7404" w:rsidRDefault="007279EC" w:rsidP="007279EC">
+    <w:p w:rsidR="007279EC" w:rsidRDefault="007279EC" w:rsidP="007279EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7620"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007279EC" w:rsidRPr="009E7404" w:rsidRDefault="007279EC" w:rsidP="007279EC">
+    <w:p w:rsidR="007279EC" w:rsidRPr="00E83094" w:rsidRDefault="007279EC" w:rsidP="007279EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7620"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="-993"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007279EC" w:rsidRPr="009E7404" w:rsidSect="00F155FB">
+    <w:sectPr w:rsidR="007279EC" w:rsidRPr="00E83094" w:rsidSect="00F155FB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="0" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00267726"/>
     <w:rsid w:val="00000C4D"/>
     <w:rsid w:val="00001514"/>
     <w:rsid w:val="00001D22"/>
     <w:rsid w:val="0000254B"/>
     <w:rsid w:val="00004A97"/>
     <w:rsid w:val="00005208"/>
     <w:rsid w:val="00007530"/>
     <w:rsid w:val="00007D07"/>
     <w:rsid w:val="000132AA"/>
     <w:rsid w:val="00015C3B"/>
     <w:rsid w:val="00016C1A"/>
     <w:rsid w:val="000177D9"/>
@@ -4014,51 +2483,50 @@
     <w:rsid w:val="00402D17"/>
     <w:rsid w:val="004037AC"/>
     <w:rsid w:val="004039CA"/>
     <w:rsid w:val="004047CC"/>
     <w:rsid w:val="004053D9"/>
     <w:rsid w:val="0040595C"/>
     <w:rsid w:val="00407124"/>
     <w:rsid w:val="004079DC"/>
     <w:rsid w:val="00407A54"/>
     <w:rsid w:val="00407E7D"/>
     <w:rsid w:val="00410E91"/>
     <w:rsid w:val="00411B02"/>
     <w:rsid w:val="00412052"/>
     <w:rsid w:val="00415785"/>
     <w:rsid w:val="00416232"/>
     <w:rsid w:val="004162E7"/>
     <w:rsid w:val="004169B6"/>
     <w:rsid w:val="00417B70"/>
     <w:rsid w:val="00417F4F"/>
     <w:rsid w:val="00420555"/>
     <w:rsid w:val="00420BA7"/>
     <w:rsid w:val="00421524"/>
     <w:rsid w:val="00421CFB"/>
     <w:rsid w:val="00421E84"/>
     <w:rsid w:val="00423457"/>
-    <w:rsid w:val="004235F2"/>
     <w:rsid w:val="00423D71"/>
     <w:rsid w:val="00424121"/>
     <w:rsid w:val="004248B3"/>
     <w:rsid w:val="00426EFC"/>
     <w:rsid w:val="00427A21"/>
     <w:rsid w:val="00431B7A"/>
     <w:rsid w:val="004332DC"/>
     <w:rsid w:val="00433A04"/>
     <w:rsid w:val="004342E3"/>
     <w:rsid w:val="00434B3A"/>
     <w:rsid w:val="004362B1"/>
     <w:rsid w:val="0043728D"/>
     <w:rsid w:val="0043779A"/>
     <w:rsid w:val="00440804"/>
     <w:rsid w:val="004408D9"/>
     <w:rsid w:val="0044134A"/>
     <w:rsid w:val="004419F7"/>
     <w:rsid w:val="0044487D"/>
     <w:rsid w:val="00445BB1"/>
     <w:rsid w:val="00445DE5"/>
     <w:rsid w:val="0045018D"/>
     <w:rsid w:val="00450DFF"/>
     <w:rsid w:val="00451103"/>
     <w:rsid w:val="00451514"/>
     <w:rsid w:val="0045174A"/>
@@ -4624,63 +3092,61 @@
     <w:rsid w:val="00803C03"/>
     <w:rsid w:val="0080404D"/>
     <w:rsid w:val="00805EC0"/>
     <w:rsid w:val="00806605"/>
     <w:rsid w:val="008079FA"/>
     <w:rsid w:val="00807F32"/>
     <w:rsid w:val="00810013"/>
     <w:rsid w:val="008101DB"/>
     <w:rsid w:val="00810E9D"/>
     <w:rsid w:val="008119C7"/>
     <w:rsid w:val="008125B8"/>
     <w:rsid w:val="008179A7"/>
     <w:rsid w:val="00820C9B"/>
     <w:rsid w:val="00822325"/>
     <w:rsid w:val="00825A46"/>
     <w:rsid w:val="00826510"/>
     <w:rsid w:val="00830595"/>
     <w:rsid w:val="0083084E"/>
     <w:rsid w:val="0083178B"/>
     <w:rsid w:val="00831A1D"/>
     <w:rsid w:val="0083293E"/>
     <w:rsid w:val="00832ACB"/>
     <w:rsid w:val="0083409C"/>
     <w:rsid w:val="00835BE7"/>
     <w:rsid w:val="00836F88"/>
-    <w:rsid w:val="00840057"/>
     <w:rsid w:val="00840597"/>
     <w:rsid w:val="00840E42"/>
     <w:rsid w:val="00841B5B"/>
     <w:rsid w:val="00842D92"/>
     <w:rsid w:val="00843A0A"/>
     <w:rsid w:val="00844008"/>
     <w:rsid w:val="00845B9D"/>
     <w:rsid w:val="00845F95"/>
     <w:rsid w:val="00846150"/>
     <w:rsid w:val="00847C34"/>
     <w:rsid w:val="00850803"/>
-    <w:rsid w:val="00850BAC"/>
     <w:rsid w:val="00850E49"/>
     <w:rsid w:val="008512B3"/>
     <w:rsid w:val="008516FF"/>
     <w:rsid w:val="0085220A"/>
     <w:rsid w:val="00852BD0"/>
     <w:rsid w:val="0085592E"/>
     <w:rsid w:val="00860B23"/>
     <w:rsid w:val="008617FC"/>
     <w:rsid w:val="00861AA4"/>
     <w:rsid w:val="00861E81"/>
     <w:rsid w:val="0086277B"/>
     <w:rsid w:val="00864B40"/>
     <w:rsid w:val="00864F60"/>
     <w:rsid w:val="00865400"/>
     <w:rsid w:val="00866062"/>
     <w:rsid w:val="00867036"/>
     <w:rsid w:val="0086785A"/>
     <w:rsid w:val="0086787C"/>
     <w:rsid w:val="0087096F"/>
     <w:rsid w:val="00871664"/>
     <w:rsid w:val="00871747"/>
     <w:rsid w:val="008729E4"/>
     <w:rsid w:val="0087441E"/>
     <w:rsid w:val="008757E0"/>
     <w:rsid w:val="008758EF"/>
@@ -4862,51 +3328,50 @@
     <w:rsid w:val="009C5DE9"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C6400"/>
     <w:rsid w:val="009C6EAC"/>
     <w:rsid w:val="009C6F8A"/>
     <w:rsid w:val="009C79F7"/>
     <w:rsid w:val="009D0A6F"/>
     <w:rsid w:val="009D0EE6"/>
     <w:rsid w:val="009D2CBF"/>
     <w:rsid w:val="009D3792"/>
     <w:rsid w:val="009D4786"/>
     <w:rsid w:val="009D59E0"/>
     <w:rsid w:val="009D5E30"/>
     <w:rsid w:val="009D67B3"/>
     <w:rsid w:val="009D6C05"/>
     <w:rsid w:val="009E0116"/>
     <w:rsid w:val="009E0863"/>
     <w:rsid w:val="009E1DA8"/>
     <w:rsid w:val="009E2362"/>
     <w:rsid w:val="009E3216"/>
     <w:rsid w:val="009E332E"/>
     <w:rsid w:val="009E3976"/>
     <w:rsid w:val="009E593A"/>
     <w:rsid w:val="009E62D2"/>
     <w:rsid w:val="009E7382"/>
-    <w:rsid w:val="009E7404"/>
     <w:rsid w:val="009E7AD4"/>
     <w:rsid w:val="009F13D0"/>
     <w:rsid w:val="009F15BC"/>
     <w:rsid w:val="009F1830"/>
     <w:rsid w:val="009F19E6"/>
     <w:rsid w:val="009F1FBC"/>
     <w:rsid w:val="009F2F37"/>
     <w:rsid w:val="009F3F1C"/>
     <w:rsid w:val="009F546A"/>
     <w:rsid w:val="009F5A6C"/>
     <w:rsid w:val="009F717E"/>
     <w:rsid w:val="00A002F1"/>
     <w:rsid w:val="00A04187"/>
     <w:rsid w:val="00A05208"/>
     <w:rsid w:val="00A05D4B"/>
     <w:rsid w:val="00A06B1A"/>
     <w:rsid w:val="00A11C32"/>
     <w:rsid w:val="00A124FF"/>
     <w:rsid w:val="00A13206"/>
     <w:rsid w:val="00A13A74"/>
     <w:rsid w:val="00A14710"/>
     <w:rsid w:val="00A14EC2"/>
     <w:rsid w:val="00A150AA"/>
     <w:rsid w:val="00A164C0"/>
     <w:rsid w:val="00A16E3E"/>
@@ -5813,51 +4278,51 @@
     <w:rsid w:val="00FE7643"/>
     <w:rsid w:val="00FF2550"/>
     <w:rsid w:val="00FF3F9C"/>
     <w:rsid w:val="00FF4C5C"/>
     <w:rsid w:val="00FF52A8"/>
     <w:rsid w:val="00FF6516"/>
     <w:rsid w:val="00FF7646"/>
     <w:rsid w:val="00FF7758"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21506"/>
+    <o:shapedefaults v:ext="edit" spidmax="20482"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6376,66 +4841,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>247</Words>
-  <Characters>1409</Characters>
+  <Words>283</Words>
+  <Characters>1619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1653</CharactersWithSpaces>
+  <CharactersWithSpaces>1899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>