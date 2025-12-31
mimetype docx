--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -1,161 +1,362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F63346" w:rsidRPr="00F63346" w:rsidRDefault="00F63346" w:rsidP="00F63346">
+    <w:p w:rsidR="008A401E" w:rsidRPr="00B37B42" w:rsidRDefault="008114C7" w:rsidP="008A401E">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F63346">
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2586990</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>156210</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="3381375" cy="1905000"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="5" name="Рисунок 2" descr="C:\Users\Зере\Desktop\5минутки\10ааааааааааааааааааааааааааааа.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\5минутки\10ааааааааааааааааааааааааааааа.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3381375" cy="1905000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="008A401E" w:rsidRPr="00B37B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00136A4F" w:rsidRDefault="008114C7" w:rsidP="00136A4F">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ақпарат</w:t>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2253615</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2594610</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2532380" cy="1905000"/>
+            <wp:effectExtent l="19050" t="0" r="1270" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="650" y="0"/>
+                <wp:lineTo x="-162" y="1512"/>
+                <wp:lineTo x="-162" y="20736"/>
+                <wp:lineTo x="487" y="21384"/>
+                <wp:lineTo x="650" y="21384"/>
+                <wp:lineTo x="20798" y="21384"/>
+                <wp:lineTo x="20961" y="21384"/>
+                <wp:lineTo x="21611" y="20952"/>
+                <wp:lineTo x="21611" y="1512"/>
+                <wp:lineTo x="21286" y="216"/>
+                <wp:lineTo x="20798" y="0"/>
+                <wp:lineTo x="650" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="4" name="Рисунок 3" descr="C:\Users\Зере\Desktop\5минутки\9-ааааааа.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\5минутки\9-ааааааа.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2532380" cy="1905000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="008A401E" w:rsidRPr="007964CD">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F63346">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A401E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11.12.2019 жылы барлық сыныптарда "Біз өмірді таңдаймыз!" тақырыбында 5 минут өтті."оқушыларға улы және есірткі заттарын қолданудың салдары түсіндірілді.        Жастар арасында есірткі және улы заттарды қолдану туралы мәселе өте өткір. Балалар слайд-фильм көріп, жастардың осы жолға шығу себептерін тал</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F63346">
+      <w:r w:rsidR="008A401E" w:rsidRPr="007964CD">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қылады.</w:t>
+        <w:t xml:space="preserve">.12.2019 года </w:t>
+      </w:r>
+      <w:r w:rsidR="008A401E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во всех классах прошли   5 минутки   на  тему </w:t>
+      </w:r>
+      <w:r w:rsidR="008A401E" w:rsidRPr="007964CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мы выбираем жизнь!»</w:t>
+      </w:r>
+      <w:r w:rsidR="008A401E" w:rsidRPr="007964CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A401E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> где  учащимся  разъяснены  были   последствия  употребления   токси</w:t>
+      </w:r>
+      <w:r w:rsidR="00136A4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ческих и наркотических веществ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2827">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="008A401E" w:rsidRPr="007964CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вопрос об употреблении наркотических и токсических веществ, среди молодежи, стоит очень остро. Ребята просмотрели слайд-фильм, обсудили причины, по которым молодежь становится на данный путь. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00136A4F" w:rsidRDefault="008114C7" w:rsidP="00F63346">
+    <w:p w:rsidR="00136A4F" w:rsidRDefault="008114C7" w:rsidP="004C5A1A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-394335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>7620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2413000" cy="1809750"/>
             <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\5минутки\10аааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\5минутки\10аааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2413000" cy="1809750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
@@ -195,51 +396,51 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2676525" cy="2006319"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="8" name="Рисунок 5" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2680751" cy="2009487"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -248,51 +449,51 @@
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2827">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2705100" cy="2027740"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Рисунок 4" descr="C:\Users\Зере\Desktop\9-гггггггггггггггггггг.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\9-гггггггггггггггггггг.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2708002" cy="2029916"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -303,51 +504,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="004C5A1A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2809875" cy="2110789"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="12" name="Рисунок 6" descr="C:\Users\Зере\Desktop\5минутки\ааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааа.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Зере\Desktop\5минутки\ааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааааа.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2809875" cy="2110789"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -4316,51 +4517,50 @@
     <w:rsid w:val="00F4348B"/>
     <w:rsid w:val="00F438C4"/>
     <w:rsid w:val="00F43B54"/>
     <w:rsid w:val="00F43E91"/>
     <w:rsid w:val="00F44E06"/>
     <w:rsid w:val="00F4571A"/>
     <w:rsid w:val="00F45938"/>
     <w:rsid w:val="00F46AF0"/>
     <w:rsid w:val="00F46DDE"/>
     <w:rsid w:val="00F46EBF"/>
     <w:rsid w:val="00F47980"/>
     <w:rsid w:val="00F47F76"/>
     <w:rsid w:val="00F51A4B"/>
     <w:rsid w:val="00F52C5F"/>
     <w:rsid w:val="00F53628"/>
     <w:rsid w:val="00F54392"/>
     <w:rsid w:val="00F549C4"/>
     <w:rsid w:val="00F55300"/>
     <w:rsid w:val="00F57306"/>
     <w:rsid w:val="00F57F8A"/>
     <w:rsid w:val="00F60E55"/>
     <w:rsid w:val="00F611A2"/>
     <w:rsid w:val="00F61E1A"/>
     <w:rsid w:val="00F62AF7"/>
     <w:rsid w:val="00F62D7C"/>
-    <w:rsid w:val="00F63346"/>
     <w:rsid w:val="00F64154"/>
     <w:rsid w:val="00F64EE9"/>
     <w:rsid w:val="00F65783"/>
     <w:rsid w:val="00F66AAF"/>
     <w:rsid w:val="00F66B6F"/>
     <w:rsid w:val="00F66C14"/>
     <w:rsid w:val="00F66C75"/>
     <w:rsid w:val="00F66D95"/>
     <w:rsid w:val="00F70459"/>
     <w:rsid w:val="00F70D6B"/>
     <w:rsid w:val="00F70F61"/>
     <w:rsid w:val="00F71304"/>
     <w:rsid w:val="00F71A17"/>
     <w:rsid w:val="00F71C26"/>
     <w:rsid w:val="00F73524"/>
     <w:rsid w:val="00F73A2C"/>
     <w:rsid w:val="00F748AE"/>
     <w:rsid w:val="00F75516"/>
     <w:rsid w:val="00F75955"/>
     <w:rsid w:val="00F772B1"/>
     <w:rsid w:val="00F80712"/>
     <w:rsid w:val="00F80AF7"/>
     <w:rsid w:val="00F81CDF"/>
     <w:rsid w:val="00F82331"/>
     <w:rsid w:val="00F82483"/>
@@ -4727,51 +4927,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00136A4F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5018,66 +5218,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>51</Words>
-  <Characters>296</Characters>
+  <Words>63</Words>
+  <Characters>364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>346</CharactersWithSpaces>
+  <CharactersWithSpaces>426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>