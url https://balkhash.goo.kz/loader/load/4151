--- v0 (2025-12-18)
+++ v1 (2026-01-09)
@@ -1,349 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0087425F" w:rsidRPr="0092188A" w:rsidRDefault="0092188A" w:rsidP="0092188A">
+    <w:p w:rsidR="00DF5C91" w:rsidRPr="00DF5C91" w:rsidRDefault="00DF5C91" w:rsidP="00DF5C91">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:drawing>
-[...52 lines deleted...]
-      <w:r w:rsidR="00EA19FE" w:rsidRPr="00EA19FE">
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5C91">
         <w:rPr>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ИНФОРМАЦИЯ</w:t>
+        <w:t>INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA19FE" w:rsidRPr="00012130" w:rsidRDefault="00012130" w:rsidP="001723EB">
+    <w:p w:rsidR="00DF5C91" w:rsidRPr="00DF5C91" w:rsidRDefault="00DF5C91" w:rsidP="00DF5C91">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0092188A">
+      <w:r w:rsidRPr="00DF5C91">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+        <w:t xml:space="preserve">     On December 10, 2019, an interactive lesson on drug and substance abuse prevention was held among students of grades 7-10. </w:t>
       </w:r>
-      <w:r w:rsidR="00EA19FE" w:rsidRPr="0092188A">
+    </w:p>
+    <w:p w:rsidR="00DF5C91" w:rsidRPr="00DF5C91" w:rsidRDefault="00DF5C91" w:rsidP="00DF5C91">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>10 декабря  2019 года</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA19FE" w:rsidRPr="00012130">
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5C91">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  среди учащихся 7-10 классов состоялся  интерактивный урок   </w:t>
+        <w:t>The purpose of the lesson: promotion of a healthy lifestyle and negative attitude to harmful substances.</w:t>
       </w:r>
-      <w:r w:rsidR="00EA19FE" w:rsidRPr="0092188A">
+    </w:p>
+    <w:p w:rsidR="00DF5C91" w:rsidRPr="00DF5C91" w:rsidRDefault="00DF5C91" w:rsidP="00DF5C91">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>по профилактике  наркомании и токсикомании</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EA19FE" w:rsidRPr="00012130">
+      </w:pPr>
+      <w:r w:rsidRPr="00DF5C91">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Objectives: to expand the knowledge of children about harmful substances, teaches children to take care of their health, to form an idea of a positive future in adolescents.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC3C87" w:rsidRDefault="00012130" w:rsidP="001723EB">
-[...78 lines deleted...]
-    <w:p w:rsidR="001723EB" w:rsidRDefault="001723EB" w:rsidP="00E23B02">
+    <w:p w:rsidR="001723EB" w:rsidRPr="00DF5C91" w:rsidRDefault="00DF5C91" w:rsidP="00DF5C91">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF5C91">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>At the end of the lesson, a social teacher Beisekeeva Z. R. held a lecture on the dangers of drug addiction.</w:t>
+      </w:r>
+      <w:r w:rsidR="001723EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4095377" cy="2406628"/>
             <wp:effectExtent l="19050" t="0" r="373" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\IMG_7034.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\IMG_7034.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4101336" cy="2410130"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001723EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3712122" cy="2474614"/>
             <wp:effectExtent l="19050" t="0" r="2628" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\IMG_7042.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\IMG_7042.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3715350" cy="2476766"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -1768,50 +1652,51 @@
     <w:rsid w:val="004E5BCF"/>
     <w:rsid w:val="004E5E2A"/>
     <w:rsid w:val="004E6A45"/>
     <w:rsid w:val="004F01AC"/>
     <w:rsid w:val="004F0937"/>
     <w:rsid w:val="004F1CE8"/>
     <w:rsid w:val="004F1D31"/>
     <w:rsid w:val="004F1FAF"/>
     <w:rsid w:val="004F2CF6"/>
     <w:rsid w:val="004F3EC4"/>
     <w:rsid w:val="004F4A0D"/>
     <w:rsid w:val="004F4CE5"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="004F5900"/>
     <w:rsid w:val="004F6034"/>
     <w:rsid w:val="004F6040"/>
     <w:rsid w:val="004F61C4"/>
     <w:rsid w:val="004F7111"/>
     <w:rsid w:val="00501207"/>
     <w:rsid w:val="00501E80"/>
     <w:rsid w:val="00502211"/>
     <w:rsid w:val="005031AA"/>
     <w:rsid w:val="00503EE8"/>
     <w:rsid w:val="00505548"/>
     <w:rsid w:val="00506BFC"/>
+    <w:rsid w:val="00506D99"/>
     <w:rsid w:val="00507C62"/>
     <w:rsid w:val="00507F0F"/>
     <w:rsid w:val="00510A1E"/>
     <w:rsid w:val="00510C37"/>
     <w:rsid w:val="005124E6"/>
     <w:rsid w:val="0051295D"/>
     <w:rsid w:val="00512E50"/>
     <w:rsid w:val="005147A5"/>
     <w:rsid w:val="00515019"/>
     <w:rsid w:val="005158F8"/>
     <w:rsid w:val="00516281"/>
     <w:rsid w:val="00516C93"/>
     <w:rsid w:val="005177BC"/>
     <w:rsid w:val="00520535"/>
     <w:rsid w:val="00520A02"/>
     <w:rsid w:val="00521D6D"/>
     <w:rsid w:val="00521DF1"/>
     <w:rsid w:val="005223EA"/>
     <w:rsid w:val="00522DEA"/>
     <w:rsid w:val="00522FD8"/>
     <w:rsid w:val="0052374D"/>
     <w:rsid w:val="00523C8D"/>
     <w:rsid w:val="005240EC"/>
     <w:rsid w:val="005245F4"/>
     <w:rsid w:val="00524F4D"/>
@@ -4031,50 +3916,51 @@
     <w:rsid w:val="00DE4244"/>
     <w:rsid w:val="00DE4479"/>
     <w:rsid w:val="00DE4622"/>
     <w:rsid w:val="00DE5752"/>
     <w:rsid w:val="00DE57B7"/>
     <w:rsid w:val="00DE6D06"/>
     <w:rsid w:val="00DE6FA0"/>
     <w:rsid w:val="00DE7DF2"/>
     <w:rsid w:val="00DE7EC3"/>
     <w:rsid w:val="00DE7F69"/>
     <w:rsid w:val="00DF0010"/>
     <w:rsid w:val="00DF068E"/>
     <w:rsid w:val="00DF13AF"/>
     <w:rsid w:val="00DF19FA"/>
     <w:rsid w:val="00DF1B8C"/>
     <w:rsid w:val="00DF1DD4"/>
     <w:rsid w:val="00DF2123"/>
     <w:rsid w:val="00DF2702"/>
     <w:rsid w:val="00DF2A03"/>
     <w:rsid w:val="00DF2A91"/>
     <w:rsid w:val="00DF327C"/>
     <w:rsid w:val="00DF37B7"/>
     <w:rsid w:val="00DF47FD"/>
     <w:rsid w:val="00DF4EBF"/>
     <w:rsid w:val="00DF5091"/>
+    <w:rsid w:val="00DF5C91"/>
     <w:rsid w:val="00DF5D08"/>
     <w:rsid w:val="00DF5F16"/>
     <w:rsid w:val="00DF69B9"/>
     <w:rsid w:val="00DF739B"/>
     <w:rsid w:val="00DF7AB3"/>
     <w:rsid w:val="00DF7BE9"/>
     <w:rsid w:val="00E01925"/>
     <w:rsid w:val="00E02C6A"/>
     <w:rsid w:val="00E02EB0"/>
     <w:rsid w:val="00E03A93"/>
     <w:rsid w:val="00E05598"/>
     <w:rsid w:val="00E05A85"/>
     <w:rsid w:val="00E05D2F"/>
     <w:rsid w:val="00E06217"/>
     <w:rsid w:val="00E06E15"/>
     <w:rsid w:val="00E07128"/>
     <w:rsid w:val="00E1032E"/>
     <w:rsid w:val="00E10BE4"/>
     <w:rsid w:val="00E11A35"/>
     <w:rsid w:val="00E11FB7"/>
     <w:rsid w:val="00E12993"/>
     <w:rsid w:val="00E12B85"/>
     <w:rsid w:val="00E13447"/>
     <w:rsid w:val="00E135FD"/>
     <w:rsid w:val="00E13B9C"/>
@@ -4794,51 +4680,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1636830276">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5085,66 +4971,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>77</Words>
-  <Characters>442</Characters>
+  <Words>82</Words>
+  <Characters>469</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>518</CharactersWithSpaces>
+  <CharactersWithSpaces>550</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>