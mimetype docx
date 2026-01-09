--- v0 (2025-12-09)
+++ v1 (2026-01-09)
@@ -1,186 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A96624" w:rsidRDefault="00A96624" w:rsidP="00712FF2">
+    <w:p w:rsidR="000D0777" w:rsidRPr="000D0777" w:rsidRDefault="000D0777" w:rsidP="000D0777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                               </w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="000D0777">
         <w:rPr>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Информация  </w:t>
+        <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00712FF2" w:rsidRDefault="00A96624" w:rsidP="00712FF2">
+    <w:p w:rsidR="00712FF2" w:rsidRPr="000D0777" w:rsidRDefault="000D0777" w:rsidP="000D0777">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="000D0777">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                 </w:t>
+        <w:t xml:space="preserve">                 On December 9, 2019, the head of the circle "Adal Urpak" Beisekeeva Z. R. and members of the club held a solemn line dedicated to the International day of struggle against corruption. In their speeches, members of the club explained that the international day against corruption is celebrated annually on December 9, since 2004. On this day in 2003, the UN Convention against corruption, adopted by the UN General Assembly on 1 November 2003, was opened for signature at a high-level Political conference in Merida, Mexico.    The purpose of the Convention is to prevent and eradicate corruption. The document obliges the signatory States to declare bribes, embezzlement of budget funds and laundering of corruption proceeds a criminal offence. According to the provision of the Convention, it is necessary to return funds to the country from which they came as a result of corruption.   To date, the Convention has been signed by about 140 States and ratified by about 80. Kazakhstan ratified the Convention in may 2008.       Since the first days of its independence Kazakhstan has been fighting uncompromisingly against corruption and is ready for constructive cooperation on the anti corruption front with all States and relevant international organizations</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00712FF2" w:rsidRPr="000D0777">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>9 декабря  2019  года   руководителем   кружка «</w:t>
-[...80 lines deleted...]
-        <w:t>Казахстан с первых дней своей независимости ведет бескомпромиссную борьбу с коррупцией и готов к конструктивному взаимодействию на антикоррупционном фронте со всеми государствами и соответствующими международными организациями.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0008485E" w:rsidRPr="0008485E" w:rsidRDefault="0008485E" w:rsidP="00712FF2">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008485E">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5927725" cy="3951605"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Зере\Desktop\IMG_7002.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -795,50 +706,51 @@
     <w:rsid w:val="000C153B"/>
     <w:rsid w:val="000C2AAE"/>
     <w:rsid w:val="000C2DE9"/>
     <w:rsid w:val="000C301F"/>
     <w:rsid w:val="000C364A"/>
     <w:rsid w:val="000C3961"/>
     <w:rsid w:val="000C3C71"/>
     <w:rsid w:val="000C3E46"/>
     <w:rsid w:val="000C3FF6"/>
     <w:rsid w:val="000C43F8"/>
     <w:rsid w:val="000C44B3"/>
     <w:rsid w:val="000C458D"/>
     <w:rsid w:val="000C499C"/>
     <w:rsid w:val="000C5958"/>
     <w:rsid w:val="000C5B47"/>
     <w:rsid w:val="000C61BF"/>
     <w:rsid w:val="000C6740"/>
     <w:rsid w:val="000C71BD"/>
     <w:rsid w:val="000C7242"/>
     <w:rsid w:val="000C7446"/>
     <w:rsid w:val="000C748D"/>
     <w:rsid w:val="000C7D87"/>
     <w:rsid w:val="000C7E17"/>
     <w:rsid w:val="000D046B"/>
     <w:rsid w:val="000D0577"/>
+    <w:rsid w:val="000D0777"/>
     <w:rsid w:val="000D0A55"/>
     <w:rsid w:val="000D1511"/>
     <w:rsid w:val="000D1D80"/>
     <w:rsid w:val="000D1F56"/>
     <w:rsid w:val="000D27B3"/>
     <w:rsid w:val="000D37A9"/>
     <w:rsid w:val="000D4953"/>
     <w:rsid w:val="000D49A9"/>
     <w:rsid w:val="000D49EB"/>
     <w:rsid w:val="000D4C57"/>
     <w:rsid w:val="000D525D"/>
     <w:rsid w:val="000D63A7"/>
     <w:rsid w:val="000D6894"/>
     <w:rsid w:val="000D6BCE"/>
     <w:rsid w:val="000D720E"/>
     <w:rsid w:val="000E0368"/>
     <w:rsid w:val="000E07ED"/>
     <w:rsid w:val="000E09E0"/>
     <w:rsid w:val="000E140D"/>
     <w:rsid w:val="000E176C"/>
     <w:rsid w:val="000E1BDE"/>
     <w:rsid w:val="000E3C5A"/>
     <w:rsid w:val="000E3FC8"/>
     <w:rsid w:val="000E5D09"/>
     <w:rsid w:val="000E5D6F"/>
@@ -4201,50 +4113,51 @@
     <w:rsid w:val="00E12B85"/>
     <w:rsid w:val="00E13447"/>
     <w:rsid w:val="00E135FD"/>
     <w:rsid w:val="00E13B9C"/>
     <w:rsid w:val="00E13DAC"/>
     <w:rsid w:val="00E13EAC"/>
     <w:rsid w:val="00E14CBA"/>
     <w:rsid w:val="00E14F91"/>
     <w:rsid w:val="00E152AE"/>
     <w:rsid w:val="00E15869"/>
     <w:rsid w:val="00E15F66"/>
     <w:rsid w:val="00E17CE7"/>
     <w:rsid w:val="00E20A6A"/>
     <w:rsid w:val="00E20D71"/>
     <w:rsid w:val="00E20D7C"/>
     <w:rsid w:val="00E20FF8"/>
     <w:rsid w:val="00E23628"/>
     <w:rsid w:val="00E23A7B"/>
     <w:rsid w:val="00E24D52"/>
     <w:rsid w:val="00E2567D"/>
     <w:rsid w:val="00E26B9B"/>
     <w:rsid w:val="00E27CDD"/>
     <w:rsid w:val="00E305E1"/>
     <w:rsid w:val="00E30DDA"/>
     <w:rsid w:val="00E3149D"/>
+    <w:rsid w:val="00E314E5"/>
     <w:rsid w:val="00E31BF8"/>
     <w:rsid w:val="00E31C2E"/>
     <w:rsid w:val="00E31E2A"/>
     <w:rsid w:val="00E32902"/>
     <w:rsid w:val="00E32FB6"/>
     <w:rsid w:val="00E333A9"/>
     <w:rsid w:val="00E33D42"/>
     <w:rsid w:val="00E35597"/>
     <w:rsid w:val="00E35B05"/>
     <w:rsid w:val="00E35BE4"/>
     <w:rsid w:val="00E36389"/>
     <w:rsid w:val="00E37BC9"/>
     <w:rsid w:val="00E40333"/>
     <w:rsid w:val="00E40ECE"/>
     <w:rsid w:val="00E41753"/>
     <w:rsid w:val="00E422B0"/>
     <w:rsid w:val="00E42AAD"/>
     <w:rsid w:val="00E44C8C"/>
     <w:rsid w:val="00E451B7"/>
     <w:rsid w:val="00E4595B"/>
     <w:rsid w:val="00E45AAA"/>
     <w:rsid w:val="00E45C80"/>
     <w:rsid w:val="00E46A77"/>
     <w:rsid w:val="00E47132"/>
     <w:rsid w:val="00E474DE"/>
@@ -4634,51 +4547,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5207,65 +5120,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>202</Words>
-  <Characters>1156</Characters>
+  <Words>194</Words>
+  <Characters>1109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1356</CharactersWithSpaces>
+  <CharactersWithSpaces>1301</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>