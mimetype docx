--- v0 (2025-12-09)
+++ v1 (2026-01-05)
@@ -1,604 +1,164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D17D58" w:rsidRDefault="00E25C1F" w:rsidP="000C4589">
+    <w:p w:rsidR="0087425F" w:rsidRPr="00ED0996" w:rsidRDefault="000638D7">
       <w:pPr>
-        <w:ind w:left="-709"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">СБО </w:t>
+        <w:t>Очередное  занятие</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="005723EE" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> руководителя  курса  по СБО</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>курс</w:t>
+        <w:t xml:space="preserve"> Бейсекеевой З.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Р</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005723EE" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>жетекшісі</w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> З. Р. </w:t>
+        <w:t xml:space="preserve">  прошл</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="005723EE" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Бейсекеева</w:t>
+        <w:t>о</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "</w:t>
+        <w:t xml:space="preserve">  на тему "Развитие навыков  пользования кухонными   приборами: миксер</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="005723EE" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ас</w:t>
+        <w:t>ом,</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>вафельниц</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="005723EE" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>үй</w:t>
+        <w:t>ей»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="005723EE" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>аспаптарын</w:t>
+        <w:t xml:space="preserve"> В ходе курса девочки  по рецепту руководителя  приготовили   вафельные  рожки и сделали  начинку  из мороженого и тертого шоколада</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00E25C1F">
+      <w:r w:rsidR="003B1C69" w:rsidRPr="00ED0996">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...413 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C4589" w:rsidRDefault="00ED0996" w:rsidP="000C4589">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3550845" cy="2367103"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\IMG_6956.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -3779,51 +3339,50 @@
     <w:rsid w:val="00A36DFE"/>
     <w:rsid w:val="00A4007C"/>
     <w:rsid w:val="00A40887"/>
     <w:rsid w:val="00A415D8"/>
     <w:rsid w:val="00A418F8"/>
     <w:rsid w:val="00A4245D"/>
     <w:rsid w:val="00A43691"/>
     <w:rsid w:val="00A44982"/>
     <w:rsid w:val="00A44A5D"/>
     <w:rsid w:val="00A4746B"/>
     <w:rsid w:val="00A47C50"/>
     <w:rsid w:val="00A47FC8"/>
     <w:rsid w:val="00A506C6"/>
     <w:rsid w:val="00A50832"/>
     <w:rsid w:val="00A50F14"/>
     <w:rsid w:val="00A51A28"/>
     <w:rsid w:val="00A529C0"/>
     <w:rsid w:val="00A52FA1"/>
     <w:rsid w:val="00A5363A"/>
     <w:rsid w:val="00A536BB"/>
     <w:rsid w:val="00A54FCA"/>
     <w:rsid w:val="00A5632F"/>
     <w:rsid w:val="00A56857"/>
     <w:rsid w:val="00A57C59"/>
     <w:rsid w:val="00A60794"/>
-    <w:rsid w:val="00A61F06"/>
     <w:rsid w:val="00A6309F"/>
     <w:rsid w:val="00A6359B"/>
     <w:rsid w:val="00A642E3"/>
     <w:rsid w:val="00A64EE9"/>
     <w:rsid w:val="00A6530D"/>
     <w:rsid w:val="00A65C92"/>
     <w:rsid w:val="00A65D70"/>
     <w:rsid w:val="00A65E1B"/>
     <w:rsid w:val="00A66CBF"/>
     <w:rsid w:val="00A67009"/>
     <w:rsid w:val="00A67349"/>
     <w:rsid w:val="00A6792B"/>
     <w:rsid w:val="00A67F24"/>
     <w:rsid w:val="00A722BC"/>
     <w:rsid w:val="00A72327"/>
     <w:rsid w:val="00A72CA1"/>
     <w:rsid w:val="00A72ECB"/>
     <w:rsid w:val="00A7422D"/>
     <w:rsid w:val="00A74939"/>
     <w:rsid w:val="00A74FFE"/>
     <w:rsid w:val="00A75E85"/>
     <w:rsid w:val="00A76840"/>
     <w:rsid w:val="00A76B91"/>
     <w:rsid w:val="00A771DE"/>
     <w:rsid w:val="00A77488"/>
@@ -4466,51 +4025,50 @@
     <w:rsid w:val="00CF7E99"/>
     <w:rsid w:val="00D014B2"/>
     <w:rsid w:val="00D03B6E"/>
     <w:rsid w:val="00D0422A"/>
     <w:rsid w:val="00D052E8"/>
     <w:rsid w:val="00D0575D"/>
     <w:rsid w:val="00D0593E"/>
     <w:rsid w:val="00D05D57"/>
     <w:rsid w:val="00D066FB"/>
     <w:rsid w:val="00D069AB"/>
     <w:rsid w:val="00D07248"/>
     <w:rsid w:val="00D07BFC"/>
     <w:rsid w:val="00D07CB3"/>
     <w:rsid w:val="00D07DA1"/>
     <w:rsid w:val="00D115EA"/>
     <w:rsid w:val="00D116F1"/>
     <w:rsid w:val="00D11BB6"/>
     <w:rsid w:val="00D11F51"/>
     <w:rsid w:val="00D11FE0"/>
     <w:rsid w:val="00D12981"/>
     <w:rsid w:val="00D14383"/>
     <w:rsid w:val="00D1532C"/>
     <w:rsid w:val="00D167B6"/>
     <w:rsid w:val="00D17A3B"/>
     <w:rsid w:val="00D17A4B"/>
-    <w:rsid w:val="00D17D58"/>
     <w:rsid w:val="00D20218"/>
     <w:rsid w:val="00D204CC"/>
     <w:rsid w:val="00D221C7"/>
     <w:rsid w:val="00D22781"/>
     <w:rsid w:val="00D22ED7"/>
     <w:rsid w:val="00D22FE9"/>
     <w:rsid w:val="00D232A4"/>
     <w:rsid w:val="00D24317"/>
     <w:rsid w:val="00D2571A"/>
     <w:rsid w:val="00D25AE1"/>
     <w:rsid w:val="00D26098"/>
     <w:rsid w:val="00D26BFE"/>
     <w:rsid w:val="00D27071"/>
     <w:rsid w:val="00D27785"/>
     <w:rsid w:val="00D27844"/>
     <w:rsid w:val="00D30A2F"/>
     <w:rsid w:val="00D30DE3"/>
     <w:rsid w:val="00D30FB8"/>
     <w:rsid w:val="00D31610"/>
     <w:rsid w:val="00D31702"/>
     <w:rsid w:val="00D31B24"/>
     <w:rsid w:val="00D32FF3"/>
     <w:rsid w:val="00D33211"/>
     <w:rsid w:val="00D33BEF"/>
     <w:rsid w:val="00D33C09"/>
@@ -4715,51 +4273,50 @@
     <w:rsid w:val="00E1032E"/>
     <w:rsid w:val="00E10BE4"/>
     <w:rsid w:val="00E11A35"/>
     <w:rsid w:val="00E11FB7"/>
     <w:rsid w:val="00E12993"/>
     <w:rsid w:val="00E12B85"/>
     <w:rsid w:val="00E13447"/>
     <w:rsid w:val="00E135FD"/>
     <w:rsid w:val="00E13B9C"/>
     <w:rsid w:val="00E13DAC"/>
     <w:rsid w:val="00E13EAC"/>
     <w:rsid w:val="00E14CBA"/>
     <w:rsid w:val="00E14F91"/>
     <w:rsid w:val="00E152AE"/>
     <w:rsid w:val="00E15869"/>
     <w:rsid w:val="00E15F66"/>
     <w:rsid w:val="00E17CE7"/>
     <w:rsid w:val="00E20A6A"/>
     <w:rsid w:val="00E20D71"/>
     <w:rsid w:val="00E20D7C"/>
     <w:rsid w:val="00E20FF8"/>
     <w:rsid w:val="00E23628"/>
     <w:rsid w:val="00E23A7B"/>
     <w:rsid w:val="00E24D52"/>
     <w:rsid w:val="00E2567D"/>
-    <w:rsid w:val="00E25C1F"/>
     <w:rsid w:val="00E26B9B"/>
     <w:rsid w:val="00E27CDD"/>
     <w:rsid w:val="00E305E1"/>
     <w:rsid w:val="00E30DDA"/>
     <w:rsid w:val="00E3149D"/>
     <w:rsid w:val="00E31BF8"/>
     <w:rsid w:val="00E31C2E"/>
     <w:rsid w:val="00E31E2A"/>
     <w:rsid w:val="00E32902"/>
     <w:rsid w:val="00E32FB6"/>
     <w:rsid w:val="00E333A9"/>
     <w:rsid w:val="00E35597"/>
     <w:rsid w:val="00E35B05"/>
     <w:rsid w:val="00E35BE4"/>
     <w:rsid w:val="00E36389"/>
     <w:rsid w:val="00E37BC9"/>
     <w:rsid w:val="00E40333"/>
     <w:rsid w:val="00E40ECE"/>
     <w:rsid w:val="00E41753"/>
     <w:rsid w:val="00E422B0"/>
     <w:rsid w:val="00E42AAD"/>
     <w:rsid w:val="00E44C8C"/>
     <w:rsid w:val="00E451B7"/>
     <w:rsid w:val="00E4595B"/>
     <w:rsid w:val="00E45AAA"/>
@@ -5152,51 +4709,51 @@
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5682,66 +5239,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>43</Words>
-  <Characters>247</Characters>
+  <Words>45</Words>
+  <Characters>262</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>289</CharactersWithSpaces>
+  <CharactersWithSpaces>306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>