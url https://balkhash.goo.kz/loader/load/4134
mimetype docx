--- v0 (2025-12-08)
+++ v1 (2026-01-03)
@@ -1,488 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D81872" w:rsidRPr="00D81872" w:rsidRDefault="00D81872" w:rsidP="00D81872">
+    <w:p w:rsidR="0087425F" w:rsidRDefault="003564E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81872">
+      <w:r w:rsidRPr="003564E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ақпарат   </w:t>
+        <w:t xml:space="preserve">Информация </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81872" w:rsidRPr="00D81872" w:rsidRDefault="00D81872" w:rsidP="00D81872">
+    <w:p w:rsidR="003564E9" w:rsidRDefault="003564E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D81872" w:rsidRPr="00D81872" w:rsidRDefault="00D81872" w:rsidP="00D81872">
-[...376 lines deleted...]
-    <w:p w:rsidR="00251C11" w:rsidRDefault="00D81872" w:rsidP="00D81872">
+    <w:p w:rsidR="003564E9" w:rsidRDefault="003564E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81872">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ал </w:t>
+        <w:t>20 ноября 2019   года  члены  клуба «</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D81872">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сіз</w:t>
+        <w:t>Подросток и закон»   под руководством  социального  педагога  Бейсекеевой З.Р.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D81872">
+      <w:r w:rsidR="0038548A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қандай жақсы әрекеттер жасадыңыз?</w:t>
+        <w:t xml:space="preserve">  среди    жителей  города  провели  эксперимент.  По сценарию  подросток  забыл  дома кошелек, а ему нужны были  деньги на автобус.  С такой историей  он обращался к прохожим.  Почти все участники  эксперимента  согласились  помочь. В тот момент, когда взрослые  </w:t>
       </w:r>
-      <w:r w:rsidR="00251C11" w:rsidRPr="00251C11">
+      <w:r w:rsidR="006344A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> откликались на  просьбу ребенка</w:t>
+      </w:r>
+      <w:r w:rsidR="0038548A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , выходили  другие  члены  клуба,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37685">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в честь благодарности   дарили   воздушный  шар с пожеланием и  открытку с фразой  «Доброта спасет мир!  Вы очень  добрый  человек»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F37685" w:rsidRDefault="00FB6693">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А какие  добрые поступки совершали  вы?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251C11" w:rsidRDefault="00251C11">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251C11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5926455" cy="3947160"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 1" descr="C:\Users\Зере\Desktop\IMG_6518.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\IMG_6518.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -493,402 +180,95 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5926455" cy="3947160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00681BBC" w:rsidRDefault="00441290" w:rsidP="00681BBC">
+    <w:p w:rsidR="00A45EA6" w:rsidRPr="00A45EA6" w:rsidRDefault="00441290" w:rsidP="00A45EA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00BF01DD" w:rsidRPr="00BF01DD">
+      <w:r w:rsidR="00A45EA6" w:rsidRPr="00A45EA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2019 жыл</w:t>
-[...305 lines deleted...]
-        <w:t xml:space="preserve"> сыйлады.</w:t>
+        <w:t>20 ноября 2019 года члены клуба" Подросток и закон " под руководством социального педагога З. Р. Бейсекеевой провели эксперимент среди жителей города.  По сценарию подросток забывает кошелек дома, а ему нужны деньги на автобус.  С таким читанием он просит помощи от проходящих людей.  По просьбе ребенка, когда взрослые пытаются оказать помощь, все остальные члены клуба выходят на помощь и в качестве благодарности " спасают мир добра!  Вы очень дружелюбный человек".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB6693" w:rsidRDefault="00BF01DD" w:rsidP="00BF01DD">
+    <w:p w:rsidR="00FB6693" w:rsidRDefault="00A45EA6" w:rsidP="00A45EA6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF01DD">
+      <w:r w:rsidRPr="00A45EA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Ал сіз қандай жақсы әрекеттер жасадыңыз?</w:t>
+        <w:t>А какие хорошие действия вы сделали?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00251C11" w:rsidRDefault="00251C11" w:rsidP="00BF01DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00251C11" w:rsidRDefault="00251C11" w:rsidP="00BF01DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
@@ -2111,63 +1491,63 @@
     <w:rsid w:val="00371751"/>
     <w:rsid w:val="00372C6B"/>
     <w:rsid w:val="00372F1D"/>
     <w:rsid w:val="00372FD1"/>
     <w:rsid w:val="003734AF"/>
     <w:rsid w:val="003735C6"/>
     <w:rsid w:val="003736BB"/>
     <w:rsid w:val="00374DE7"/>
     <w:rsid w:val="00375191"/>
     <w:rsid w:val="00375CE2"/>
     <w:rsid w:val="00375FA7"/>
     <w:rsid w:val="003770BE"/>
     <w:rsid w:val="00380061"/>
     <w:rsid w:val="00380619"/>
     <w:rsid w:val="00380751"/>
     <w:rsid w:val="00380D3C"/>
     <w:rsid w:val="00380F17"/>
     <w:rsid w:val="003810C3"/>
     <w:rsid w:val="00381A65"/>
     <w:rsid w:val="00381E0D"/>
     <w:rsid w:val="0038238D"/>
     <w:rsid w:val="0038278B"/>
     <w:rsid w:val="00382F80"/>
     <w:rsid w:val="00383FD2"/>
     <w:rsid w:val="00384164"/>
-    <w:rsid w:val="00384C28"/>
     <w:rsid w:val="00384E9B"/>
     <w:rsid w:val="0038548A"/>
     <w:rsid w:val="00385C26"/>
     <w:rsid w:val="003860D8"/>
     <w:rsid w:val="00386543"/>
     <w:rsid w:val="0038658A"/>
     <w:rsid w:val="00386B56"/>
     <w:rsid w:val="00387028"/>
     <w:rsid w:val="003906C2"/>
     <w:rsid w:val="00390B80"/>
     <w:rsid w:val="00390FAD"/>
     <w:rsid w:val="00392221"/>
+    <w:rsid w:val="00392526"/>
     <w:rsid w:val="0039399D"/>
     <w:rsid w:val="00394871"/>
     <w:rsid w:val="00394BF3"/>
     <w:rsid w:val="00395906"/>
     <w:rsid w:val="00395953"/>
     <w:rsid w:val="003959C1"/>
     <w:rsid w:val="0039612A"/>
     <w:rsid w:val="003973C7"/>
     <w:rsid w:val="00397418"/>
     <w:rsid w:val="00397724"/>
     <w:rsid w:val="00397B38"/>
     <w:rsid w:val="003A05AA"/>
     <w:rsid w:val="003A08C3"/>
     <w:rsid w:val="003A0C95"/>
     <w:rsid w:val="003A139D"/>
     <w:rsid w:val="003A254C"/>
     <w:rsid w:val="003A262B"/>
     <w:rsid w:val="003A3669"/>
     <w:rsid w:val="003A40B0"/>
     <w:rsid w:val="003A4895"/>
     <w:rsid w:val="003A4B47"/>
     <w:rsid w:val="003A4C89"/>
     <w:rsid w:val="003A4EAE"/>
     <w:rsid w:val="003A5414"/>
     <w:rsid w:val="003A6177"/>
@@ -3701,50 +3081,51 @@
     <w:rsid w:val="00A239CE"/>
     <w:rsid w:val="00A2439D"/>
     <w:rsid w:val="00A2538E"/>
     <w:rsid w:val="00A27B24"/>
     <w:rsid w:val="00A3074B"/>
     <w:rsid w:val="00A3188D"/>
     <w:rsid w:val="00A31A33"/>
     <w:rsid w:val="00A32404"/>
     <w:rsid w:val="00A32E52"/>
     <w:rsid w:val="00A3338B"/>
     <w:rsid w:val="00A33596"/>
     <w:rsid w:val="00A335DC"/>
     <w:rsid w:val="00A340DC"/>
     <w:rsid w:val="00A3410E"/>
     <w:rsid w:val="00A345F7"/>
     <w:rsid w:val="00A3646B"/>
     <w:rsid w:val="00A3670F"/>
     <w:rsid w:val="00A36DFE"/>
     <w:rsid w:val="00A40887"/>
     <w:rsid w:val="00A415D8"/>
     <w:rsid w:val="00A418F8"/>
     <w:rsid w:val="00A4245D"/>
     <w:rsid w:val="00A43691"/>
     <w:rsid w:val="00A44982"/>
     <w:rsid w:val="00A44A5D"/>
+    <w:rsid w:val="00A45EA6"/>
     <w:rsid w:val="00A4746B"/>
     <w:rsid w:val="00A47C50"/>
     <w:rsid w:val="00A47FC8"/>
     <w:rsid w:val="00A506C6"/>
     <w:rsid w:val="00A50832"/>
     <w:rsid w:val="00A50F14"/>
     <w:rsid w:val="00A51A28"/>
     <w:rsid w:val="00A529C0"/>
     <w:rsid w:val="00A52FA1"/>
     <w:rsid w:val="00A5363A"/>
     <w:rsid w:val="00A54FCA"/>
     <w:rsid w:val="00A5632F"/>
     <w:rsid w:val="00A57C59"/>
     <w:rsid w:val="00A60794"/>
     <w:rsid w:val="00A6359B"/>
     <w:rsid w:val="00A642E3"/>
     <w:rsid w:val="00A64EE9"/>
     <w:rsid w:val="00A6530D"/>
     <w:rsid w:val="00A65C92"/>
     <w:rsid w:val="00A65D70"/>
     <w:rsid w:val="00A65E1B"/>
     <w:rsid w:val="00A66CBF"/>
     <w:rsid w:val="00A67349"/>
     <w:rsid w:val="00A6792B"/>
     <w:rsid w:val="00A67F24"/>
@@ -4441,51 +3822,50 @@
     <w:rsid w:val="00D57C33"/>
     <w:rsid w:val="00D60C02"/>
     <w:rsid w:val="00D61EDB"/>
     <w:rsid w:val="00D6229C"/>
     <w:rsid w:val="00D629AC"/>
     <w:rsid w:val="00D63D7E"/>
     <w:rsid w:val="00D63DCC"/>
     <w:rsid w:val="00D64DE1"/>
     <w:rsid w:val="00D65A65"/>
     <w:rsid w:val="00D65F06"/>
     <w:rsid w:val="00D661A1"/>
     <w:rsid w:val="00D66775"/>
     <w:rsid w:val="00D668D4"/>
     <w:rsid w:val="00D66F75"/>
     <w:rsid w:val="00D67ADD"/>
     <w:rsid w:val="00D720C7"/>
     <w:rsid w:val="00D72A91"/>
     <w:rsid w:val="00D7309C"/>
     <w:rsid w:val="00D74285"/>
     <w:rsid w:val="00D744D3"/>
     <w:rsid w:val="00D74934"/>
     <w:rsid w:val="00D76367"/>
     <w:rsid w:val="00D7681E"/>
     <w:rsid w:val="00D76DAD"/>
     <w:rsid w:val="00D77810"/>
-    <w:rsid w:val="00D81872"/>
     <w:rsid w:val="00D81AB8"/>
     <w:rsid w:val="00D81F12"/>
     <w:rsid w:val="00D82578"/>
     <w:rsid w:val="00D82764"/>
     <w:rsid w:val="00D82B80"/>
     <w:rsid w:val="00D83472"/>
     <w:rsid w:val="00D83E40"/>
     <w:rsid w:val="00D84660"/>
     <w:rsid w:val="00D84C95"/>
     <w:rsid w:val="00D84D95"/>
     <w:rsid w:val="00D84DD3"/>
     <w:rsid w:val="00D861B5"/>
     <w:rsid w:val="00D87115"/>
     <w:rsid w:val="00D8732F"/>
     <w:rsid w:val="00D876FB"/>
     <w:rsid w:val="00D87777"/>
     <w:rsid w:val="00D90A98"/>
     <w:rsid w:val="00D9142B"/>
     <w:rsid w:val="00D938BA"/>
     <w:rsid w:val="00D93C78"/>
     <w:rsid w:val="00D93DDC"/>
     <w:rsid w:val="00D94359"/>
     <w:rsid w:val="00D94D91"/>
     <w:rsid w:val="00D962D2"/>
     <w:rsid w:val="00D96794"/>
@@ -5532,66 +4912,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>174</Words>
-  <Characters>996</Characters>
+  <Words>172</Words>
+  <Characters>984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1168</CharactersWithSpaces>
+  <CharactersWithSpaces>1154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>