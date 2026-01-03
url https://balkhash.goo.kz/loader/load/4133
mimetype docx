--- v0 (2025-12-11)
+++ v1 (2026-01-03)
@@ -1,90 +1,172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003327B4" w:rsidRPr="003327B4" w:rsidRDefault="003327B4" w:rsidP="003327B4">
+    <w:p w:rsidR="00FA5AA8" w:rsidRPr="00FA5AA8" w:rsidRDefault="00FA5AA8" w:rsidP="00FA5AA8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003327B4">
+      <w:r w:rsidRPr="00FA5AA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ақпарат</w:t>
+        <w:t>Информация</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00282242" w:rsidRPr="003327B4" w:rsidRDefault="003327B4" w:rsidP="003327B4">
+    <w:p w:rsidR="009466B5" w:rsidRDefault="00FA5AA8" w:rsidP="00FA5AA8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003327B4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">   2019 жылы 15 қарашада " Рухани жаңғыру "жастар-ресурстық орталығында Қарағанды қаласының Облыстық ресурстық орталығының басшысы Р. П. Қасенханмен кездесу өтті.  Кездесу барысында басшы ҚР-дағы Жастар тәжірибесі, проблемалары мен болашағы туралы әңгімеледі. Колледж және т. б. кейін "Әлем Синема" кинотеатрында балалар үшін "Айна"фильмін көру ұйымдастырылды.</w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="009466B5" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 ноября 2019 года в молодежно-ресурсном центре «</w:t>
+      </w:r>
+      <w:r w:rsidR="009466B5" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рухани жаңғыру» прошла  встреча с руководителем  областного ресурсного центра г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009466B5" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009466B5" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">араганды  Касенхан Р.П. На данную  встечу  были приглашены учащиеся, состоящие на профилактических учетах в ГЮП ОАП ОВД и ВШУ.  </w:t>
+      </w:r>
+      <w:r w:rsidR="006D004F" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе встречи руководитель  рассказал о молодежной практике  в РК, проблемы и перспективы. Как найти  работу  после  колледжа и т.д.  Далее   </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0890" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в  кинотеатре  «Алем Синема» </w:t>
+      </w:r>
+      <w:r w:rsidR="006D004F" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для ребят был организован просмотр фильма «</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0890" w:rsidRPr="00FA5AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Зеркала»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F24218" w:rsidRDefault="00FA5AA8" w:rsidP="00282242">
+    <w:p w:rsidR="00F24218" w:rsidRDefault="00FA5AA8" w:rsidP="00FA5AA8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5934075" cy="3343275"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\Рисунок1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -845,51 +927,50 @@
     <w:rsid w:val="00265573"/>
     <w:rsid w:val="00265A2F"/>
     <w:rsid w:val="00267A73"/>
     <w:rsid w:val="00270238"/>
     <w:rsid w:val="0027067A"/>
     <w:rsid w:val="00270752"/>
     <w:rsid w:val="002716D7"/>
     <w:rsid w:val="00271957"/>
     <w:rsid w:val="002719A6"/>
     <w:rsid w:val="00271ACC"/>
     <w:rsid w:val="002725B6"/>
     <w:rsid w:val="0027476C"/>
     <w:rsid w:val="00274C04"/>
     <w:rsid w:val="00275B08"/>
     <w:rsid w:val="00275F82"/>
     <w:rsid w:val="002763D1"/>
     <w:rsid w:val="00276658"/>
     <w:rsid w:val="00276A60"/>
     <w:rsid w:val="00277CDA"/>
     <w:rsid w:val="00277E18"/>
     <w:rsid w:val="002802BD"/>
     <w:rsid w:val="00280673"/>
     <w:rsid w:val="00280DE2"/>
     <w:rsid w:val="002814BC"/>
     <w:rsid w:val="00281E48"/>
-    <w:rsid w:val="00282242"/>
     <w:rsid w:val="0028225A"/>
     <w:rsid w:val="00282EA9"/>
     <w:rsid w:val="00283104"/>
     <w:rsid w:val="002832CF"/>
     <w:rsid w:val="00283F11"/>
     <w:rsid w:val="00283F16"/>
     <w:rsid w:val="00284417"/>
     <w:rsid w:val="002845A5"/>
     <w:rsid w:val="002847BF"/>
     <w:rsid w:val="00284B29"/>
     <w:rsid w:val="002854E1"/>
     <w:rsid w:val="00285A88"/>
     <w:rsid w:val="00285C4F"/>
     <w:rsid w:val="00287325"/>
     <w:rsid w:val="00287780"/>
     <w:rsid w:val="0029003C"/>
     <w:rsid w:val="002903EE"/>
     <w:rsid w:val="0029067F"/>
     <w:rsid w:val="00290BF9"/>
     <w:rsid w:val="00290FC8"/>
     <w:rsid w:val="002925AD"/>
     <w:rsid w:val="002927E6"/>
     <w:rsid w:val="00292B69"/>
     <w:rsid w:val="002936AC"/>
     <w:rsid w:val="00293824"/>
@@ -1035,51 +1116,50 @@
     <w:rsid w:val="0031651D"/>
     <w:rsid w:val="00316C5C"/>
     <w:rsid w:val="00316E5C"/>
     <w:rsid w:val="00317C62"/>
     <w:rsid w:val="003201FF"/>
     <w:rsid w:val="00320EE9"/>
     <w:rsid w:val="00321BFE"/>
     <w:rsid w:val="00321C12"/>
     <w:rsid w:val="00322746"/>
     <w:rsid w:val="00322764"/>
     <w:rsid w:val="00322C0B"/>
     <w:rsid w:val="00323F02"/>
     <w:rsid w:val="00323F5D"/>
     <w:rsid w:val="00324C07"/>
     <w:rsid w:val="00325AE7"/>
     <w:rsid w:val="0032629E"/>
     <w:rsid w:val="003266B8"/>
     <w:rsid w:val="00326F0C"/>
     <w:rsid w:val="00327461"/>
     <w:rsid w:val="00327AC0"/>
     <w:rsid w:val="00330008"/>
     <w:rsid w:val="003313BD"/>
     <w:rsid w:val="003315E6"/>
     <w:rsid w:val="00331A01"/>
     <w:rsid w:val="00332775"/>
-    <w:rsid w:val="003327B4"/>
     <w:rsid w:val="00332FE6"/>
     <w:rsid w:val="003337E2"/>
     <w:rsid w:val="003343BC"/>
     <w:rsid w:val="003353F0"/>
     <w:rsid w:val="003354B8"/>
     <w:rsid w:val="00336C74"/>
     <w:rsid w:val="003407BD"/>
     <w:rsid w:val="00340A2F"/>
     <w:rsid w:val="00340EFD"/>
     <w:rsid w:val="00340F0D"/>
     <w:rsid w:val="00341346"/>
     <w:rsid w:val="00341A98"/>
     <w:rsid w:val="00341F16"/>
     <w:rsid w:val="00343162"/>
     <w:rsid w:val="003431C9"/>
     <w:rsid w:val="00343FD2"/>
     <w:rsid w:val="003441BC"/>
     <w:rsid w:val="003447CF"/>
     <w:rsid w:val="00344DDA"/>
     <w:rsid w:val="00344FDF"/>
     <w:rsid w:val="003455E1"/>
     <w:rsid w:val="00345C2D"/>
     <w:rsid w:val="00347423"/>
     <w:rsid w:val="00347536"/>
     <w:rsid w:val="00347643"/>
@@ -4524,66 +4604,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>58</Words>
-  <Characters>335</Characters>
+  <Words>78</Words>
+  <Characters>446</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>392</CharactersWithSpaces>
+  <CharactersWithSpaces>523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>