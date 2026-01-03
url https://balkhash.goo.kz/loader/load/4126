--- v0 (2025-12-11)
+++ v1 (2026-01-03)
@@ -1,1001 +1,366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00FE7D0C" w:rsidRPr="00FE7D0C" w:rsidRDefault="00FE7D0C" w:rsidP="00FE7D0C">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="0087425F" w:rsidRPr="002E0FC9" w:rsidRDefault="00A16293" w:rsidP="009910CE">
+      <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009910CE" w:rsidRDefault="00455F7C" w:rsidP="009910CE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         о</w:t>
+      </w:r>
+      <w:r w:rsidR="00A16293" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведении профилактической лекции </w:t>
+      </w:r>
+      <w:r w:rsidR="00D362E8" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в рамках  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0FC9" w:rsidRPr="00F740D4" w:rsidRDefault="00D362E8" w:rsidP="009910CE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Всемирного  Урока под эги</w:t>
+      </w:r>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дой «</w:t>
+      </w:r>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Настоящее и будущее: защищенное детство для каждого ребенка</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Всемирного  Дня ре</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0FC9" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>енка под эгидой «</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0FC9" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Вместе  ради детей</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0FC9" w:rsidRPr="00F740D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="002E0FC9" w:rsidP="002E0FC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="009910CE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13  ноября  2019  года  среди учащихся 7-8 классов</w:t>
+      </w:r>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальным педагогом </w:t>
+      </w:r>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="009910CE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейсекеевой З.Р.,</w:t>
+      </w:r>
+      <w:r w:rsidR="003A28A4" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00037C2C" w:rsidRPr="009910CE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>УИП ГЮП ОМПС  ОП г.Балхаш</w:t>
+      </w:r>
+      <w:r w:rsidR="00037C2C" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00037C2C" w:rsidRPr="009910CE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ст.лейтенантом полиции Керимжановой Г.С</w:t>
+      </w:r>
+      <w:r w:rsidR="00037C2C" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  была  проведена  лекция . В ходе </w:t>
+      </w:r>
+      <w:r w:rsidR="00F740D4" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лекции  учащимся   было разъяснено о том, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00F740D4" w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если хочешь, чтобы люди к тебе хорошо относились, значит, ты сам в первую очередь должен к ним относится хорошо. Если бы так было всегда, то мы с вами жили бы в идеальном мире, где нет места конфликтам, ссорам, оскорблениям. Однако в настоящее время мы живем совсем в другом мире, в мире, где привычным становится такое слово, как «насилие». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Как вы думаете, что такое насилие? Ведь мы часто встречаемся с этим словом в разных ситуациях, часто слышим его с экранов телевизора: «совершил насильственные действия по отношению к...», «насильник», и т.д. Что имеется в виду?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F740D4" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E0FC9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Учащиеся отвечают на поставленный вопрос, педагог поощряет высказывания и стимулирует активность школьников)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0FC9" w:rsidRDefault="002E0FC9" w:rsidP="002E0FC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E0FC9" w:rsidRDefault="002E0FC9" w:rsidP="00ED5051">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="-1418"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...729 lines deleted...]
-        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7D0C">
-[...207 lines deleted...]
-      <w:r w:rsidR="002E0FC9" w:rsidRPr="002E0FC9">
+      <w:r w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6923871" cy="4619625"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 1" descr="C:\Users\Зере\Desktop\мы против насилия\IMG_6508.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\мы против насилия\IMG_6508.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
@@ -1080,51 +445,50 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E0FC9" w:rsidRDefault="00455F7C" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5196473" cy="3467100"/>
             <wp:effectExtent l="19050" t="0" r="4177" b="0"/>
             <wp:docPr id="3" name="Рисунок 2" descr="C:\Users\Зере\Desktop\мы против насилия\IMG_6502.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\мы против насилия\IMG_6502.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -1336,69 +700,69 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F740D4" w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Это определение соединяет преднамеренность и действительное совершение акта насилия, независимо от его результата. То есть угроза – это тоже насилие. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Во всём мире насилие ежегодно становится причиной смерти более 1,5 миллионов людей. На каждую насильственную смерть приходятся десятки случаев госпитализации, сотни выездов служб неотложной помощи и тысячи визитов к врачам. Помимо этого, насилие часто влечёт за собой пожизненные последствия для физического и психического здоровья пострадавших. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Есть разные формы насилия. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="002E0FC9" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -1788,69 +1152,69 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Насилие совершается и в молодежной среде. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>- Скажите, пожалуйста, кто может совершать насилие? (ответы учащихся).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FC9">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- Насилие могут проявлять взрослые или дети по отношению друг к другу, родители по отношению к детям. Группа людей может совершать насилие по отношению к одному человеку, тогда говорят о групповом насилии. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F740D4" w:rsidRPr="002E0FC9" w:rsidRDefault="00F740D4" w:rsidP="002E0FC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0FC9">
@@ -4467,51 +3831,50 @@
     <w:rsid w:val="008E4549"/>
     <w:rsid w:val="008E507F"/>
     <w:rsid w:val="008E5E28"/>
     <w:rsid w:val="008E7050"/>
     <w:rsid w:val="008E72A0"/>
     <w:rsid w:val="008E7C62"/>
     <w:rsid w:val="008F0152"/>
     <w:rsid w:val="008F0956"/>
     <w:rsid w:val="008F1E40"/>
     <w:rsid w:val="008F2F1A"/>
     <w:rsid w:val="008F38C4"/>
     <w:rsid w:val="008F3B5E"/>
     <w:rsid w:val="008F3BFE"/>
     <w:rsid w:val="008F3CCF"/>
     <w:rsid w:val="008F425C"/>
     <w:rsid w:val="008F540E"/>
     <w:rsid w:val="008F5997"/>
     <w:rsid w:val="008F5A5E"/>
     <w:rsid w:val="008F5C8C"/>
     <w:rsid w:val="008F5D6B"/>
     <w:rsid w:val="008F5E51"/>
     <w:rsid w:val="008F6C93"/>
     <w:rsid w:val="008F70AE"/>
     <w:rsid w:val="008F733C"/>
     <w:rsid w:val="008F75A0"/>
-    <w:rsid w:val="008F764E"/>
     <w:rsid w:val="008F7712"/>
     <w:rsid w:val="009000CF"/>
     <w:rsid w:val="00900176"/>
     <w:rsid w:val="009002BA"/>
     <w:rsid w:val="009004B8"/>
     <w:rsid w:val="0090074B"/>
     <w:rsid w:val="009011C7"/>
     <w:rsid w:val="00901B78"/>
     <w:rsid w:val="00902E2F"/>
     <w:rsid w:val="00904932"/>
     <w:rsid w:val="00904AAF"/>
     <w:rsid w:val="00905AF6"/>
     <w:rsid w:val="009060DD"/>
     <w:rsid w:val="00906249"/>
     <w:rsid w:val="009069B5"/>
     <w:rsid w:val="0091008C"/>
     <w:rsid w:val="0091085A"/>
     <w:rsid w:val="00910C30"/>
     <w:rsid w:val="0091151C"/>
     <w:rsid w:val="00911883"/>
     <w:rsid w:val="00912128"/>
     <w:rsid w:val="009122A9"/>
     <w:rsid w:val="00913703"/>
     <w:rsid w:val="00913E10"/>
     <w:rsid w:val="00914193"/>
@@ -5999,51 +5362,50 @@
     <w:rsid w:val="00FD42D7"/>
     <w:rsid w:val="00FD4367"/>
     <w:rsid w:val="00FD4BA8"/>
     <w:rsid w:val="00FD4D95"/>
     <w:rsid w:val="00FD50EB"/>
     <w:rsid w:val="00FD5A9C"/>
     <w:rsid w:val="00FD5E93"/>
     <w:rsid w:val="00FD6663"/>
     <w:rsid w:val="00FD7AA0"/>
     <w:rsid w:val="00FD7F0F"/>
     <w:rsid w:val="00FE0258"/>
     <w:rsid w:val="00FE124E"/>
     <w:rsid w:val="00FE126E"/>
     <w:rsid w:val="00FE1290"/>
     <w:rsid w:val="00FE15E9"/>
     <w:rsid w:val="00FE23CF"/>
     <w:rsid w:val="00FE2FBF"/>
     <w:rsid w:val="00FE3002"/>
     <w:rsid w:val="00FE33A8"/>
     <w:rsid w:val="00FE361E"/>
     <w:rsid w:val="00FE3691"/>
     <w:rsid w:val="00FE3A6C"/>
     <w:rsid w:val="00FE4873"/>
     <w:rsid w:val="00FE4F1F"/>
     <w:rsid w:val="00FE7C93"/>
-    <w:rsid w:val="00FE7D0C"/>
     <w:rsid w:val="00FF017E"/>
     <w:rsid w:val="00FF0667"/>
     <w:rsid w:val="00FF06A6"/>
     <w:rsid w:val="00FF0B57"/>
     <w:rsid w:val="00FF1CC1"/>
     <w:rsid w:val="00FF3698"/>
     <w:rsid w:val="00FF3753"/>
     <w:rsid w:val="00FF39DC"/>
     <w:rsid w:val="00FF4A1B"/>
     <w:rsid w:val="00FF4D72"/>
     <w:rsid w:val="00FF4D9F"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF676B"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF702C"/>
     <w:rsid w:val="00FF7075"/>
     <w:rsid w:val="00FF717C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -6594,66 +5956,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>971</Words>
-  <Characters>5541</Characters>
+  <Words>997</Words>
+  <Characters>5683</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6500</CharactersWithSpaces>
+  <CharactersWithSpaces>6667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>