--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1,406 +1,732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D644F8" w:rsidRPr="002E0FC9" w:rsidRDefault="00D644F8" w:rsidP="00D644F8">
+    <w:p w:rsidR="00E82CD9" w:rsidRPr="00E82CD9" w:rsidRDefault="00E82CD9" w:rsidP="00E82CD9">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E0FC9">
-[...6 lines deleted...]
-        <w:t>Информация</w:t>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D644F8" w:rsidRDefault="00D644F8" w:rsidP="00D644F8">
+    <w:p w:rsidR="00E82CD9" w:rsidRPr="00E82CD9" w:rsidRDefault="00E82CD9" w:rsidP="00E82CD9">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> проведении профилактической лекции , в рамках</w:t>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жүргізу туралы профилактикалық іс-шара аясында</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0087425F" w:rsidRDefault="00D644F8" w:rsidP="00D644F8">
+    <w:p w:rsidR="00E82CD9" w:rsidRPr="00E82CD9" w:rsidRDefault="00E82CD9" w:rsidP="00E82CD9">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F740D4">
-[...24 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>"Қазіргі және болашақ: әр бала үшін қорғалған балалық шақ"»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B0C0F" w:rsidRDefault="00D644F8" w:rsidP="00D644F8">
+    <w:p w:rsidR="00E82CD9" w:rsidRPr="00E82CD9" w:rsidRDefault="00E82CD9" w:rsidP="00E82CD9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        2018 жылдың 13 қарашасында әлеуметтік педагог Бейсекеева З. Р., Балқаш қ. ӨБ МӨББ УПИ, полиция аға лейтенанты Керімжанова Г. С. Қазақстан Республикасының Бала құқықтары туралы Конвенциясын ратификациялағанына 25 жыл толуына арналған 9-В сынып сағатына қатысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D644F8" w:rsidRPr="00F45C83" w:rsidRDefault="00E82CD9" w:rsidP="00E82CD9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...88 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сағаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т. Н. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Лось</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Конвенцияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>баптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>түсіндірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>инспекторы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>зорлық-зомбылығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тоқталып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="009910CE">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009910CE">
-[...98 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>зорлық-зомбылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00465722">
-[...18 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>фактілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>түрлерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>түсіндірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E82CD9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00D644F8" w:rsidRDefault="007C579C" w:rsidP="00F91CF0">
       <w:r>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:24pt;height:24pt"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:23.6pt;height:23.6pt"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00F91CF0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5076825" cy="5777639"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\мы против насилия\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\мы против насилия\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -423,51 +749,50 @@
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F91CF0" w:rsidRDefault="00F91CF0" w:rsidP="00F91CF0"/>
     <w:p w:rsidR="00F91CF0" w:rsidRDefault="00F91CF0" w:rsidP="00F91CF0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5934075" cy="4457700"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Зере\Desktop\мы против насилия\index11111.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\мы против насилия\index11111.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -482,50 +807,51 @@
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F91CF0" w:rsidRPr="00D644F8" w:rsidRDefault="00F91CF0" w:rsidP="00F91CF0">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5934075" cy="4457700"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Зере\Desktop\мы против насилия\00000000000000000.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Зере\Desktop\мы против насилия\00000000000000000.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -575,51 +901,51 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00D644F8"/>
     <w:rsid w:val="000002FC"/>
     <w:rsid w:val="0000043B"/>
     <w:rsid w:val="00002053"/>
     <w:rsid w:val="000021B1"/>
     <w:rsid w:val="0000260E"/>
     <w:rsid w:val="00002E28"/>
     <w:rsid w:val="00003087"/>
     <w:rsid w:val="000040BF"/>
     <w:rsid w:val="000053AF"/>
     <w:rsid w:val="0000758B"/>
     <w:rsid w:val="000079AB"/>
     <w:rsid w:val="00010385"/>
     <w:rsid w:val="0001069C"/>
     <w:rsid w:val="00010BDE"/>
     <w:rsid w:val="00011621"/>
     <w:rsid w:val="00011EB1"/>
     <w:rsid w:val="0001237E"/>
     <w:rsid w:val="00012B28"/>
     <w:rsid w:val="00012C1C"/>
@@ -3969,50 +4295,51 @@
     <w:rsid w:val="00E62DD3"/>
     <w:rsid w:val="00E63186"/>
     <w:rsid w:val="00E63446"/>
     <w:rsid w:val="00E635F5"/>
     <w:rsid w:val="00E637A2"/>
     <w:rsid w:val="00E64880"/>
     <w:rsid w:val="00E650A4"/>
     <w:rsid w:val="00E65417"/>
     <w:rsid w:val="00E65887"/>
     <w:rsid w:val="00E67D34"/>
     <w:rsid w:val="00E7093C"/>
     <w:rsid w:val="00E710DD"/>
     <w:rsid w:val="00E716A6"/>
     <w:rsid w:val="00E731D8"/>
     <w:rsid w:val="00E73318"/>
     <w:rsid w:val="00E7570B"/>
     <w:rsid w:val="00E75DDB"/>
     <w:rsid w:val="00E7666F"/>
     <w:rsid w:val="00E766E5"/>
     <w:rsid w:val="00E76D3D"/>
     <w:rsid w:val="00E8015C"/>
     <w:rsid w:val="00E803FA"/>
     <w:rsid w:val="00E80525"/>
     <w:rsid w:val="00E806DE"/>
     <w:rsid w:val="00E808C7"/>
+    <w:rsid w:val="00E82CD9"/>
     <w:rsid w:val="00E83641"/>
     <w:rsid w:val="00E85004"/>
     <w:rsid w:val="00E85FA6"/>
     <w:rsid w:val="00E869E1"/>
     <w:rsid w:val="00E873BD"/>
     <w:rsid w:val="00E873CB"/>
     <w:rsid w:val="00E9111A"/>
     <w:rsid w:val="00E91351"/>
     <w:rsid w:val="00E91CB4"/>
     <w:rsid w:val="00E92354"/>
     <w:rsid w:val="00E94001"/>
     <w:rsid w:val="00E9428C"/>
     <w:rsid w:val="00E94817"/>
     <w:rsid w:val="00E9522F"/>
     <w:rsid w:val="00E953D9"/>
     <w:rsid w:val="00E95502"/>
     <w:rsid w:val="00E9631D"/>
     <w:rsid w:val="00E9641E"/>
     <w:rsid w:val="00EA0767"/>
     <w:rsid w:val="00EA0DEB"/>
     <w:rsid w:val="00EA175F"/>
     <w:rsid w:val="00EA26F6"/>
     <w:rsid w:val="00EA2AAC"/>
     <w:rsid w:val="00EA4731"/>
     <w:rsid w:val="00EA503F"/>
@@ -4119,50 +4446,51 @@
     <w:rsid w:val="00F20AF1"/>
     <w:rsid w:val="00F220A4"/>
     <w:rsid w:val="00F22780"/>
     <w:rsid w:val="00F25FF9"/>
     <w:rsid w:val="00F261FA"/>
     <w:rsid w:val="00F26D24"/>
     <w:rsid w:val="00F303CD"/>
     <w:rsid w:val="00F313A3"/>
     <w:rsid w:val="00F319BD"/>
     <w:rsid w:val="00F31DD3"/>
     <w:rsid w:val="00F34F21"/>
     <w:rsid w:val="00F352D7"/>
     <w:rsid w:val="00F37AB4"/>
     <w:rsid w:val="00F40311"/>
     <w:rsid w:val="00F408F7"/>
     <w:rsid w:val="00F4091B"/>
     <w:rsid w:val="00F420A1"/>
     <w:rsid w:val="00F42676"/>
     <w:rsid w:val="00F431D7"/>
     <w:rsid w:val="00F4348B"/>
     <w:rsid w:val="00F438C4"/>
     <w:rsid w:val="00F43B54"/>
     <w:rsid w:val="00F43E91"/>
     <w:rsid w:val="00F44E06"/>
     <w:rsid w:val="00F45938"/>
+    <w:rsid w:val="00F45C83"/>
     <w:rsid w:val="00F46AF0"/>
     <w:rsid w:val="00F46DDE"/>
     <w:rsid w:val="00F46EBF"/>
     <w:rsid w:val="00F47F76"/>
     <w:rsid w:val="00F51A4B"/>
     <w:rsid w:val="00F52C5F"/>
     <w:rsid w:val="00F53628"/>
     <w:rsid w:val="00F54392"/>
     <w:rsid w:val="00F55300"/>
     <w:rsid w:val="00F57306"/>
     <w:rsid w:val="00F57F8A"/>
     <w:rsid w:val="00F60E55"/>
     <w:rsid w:val="00F611A2"/>
     <w:rsid w:val="00F62AF7"/>
     <w:rsid w:val="00F62D7C"/>
     <w:rsid w:val="00F64154"/>
     <w:rsid w:val="00F64EE9"/>
     <w:rsid w:val="00F65783"/>
     <w:rsid w:val="00F66AAF"/>
     <w:rsid w:val="00F66B6F"/>
     <w:rsid w:val="00F66C14"/>
     <w:rsid w:val="00F66C75"/>
     <w:rsid w:val="00F70459"/>
     <w:rsid w:val="00F70D6B"/>
     <w:rsid w:val="00F70F61"/>
@@ -4840,67 +5168,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>558</Characters>
+  <Pages>3</Pages>
+  <Words>94</Words>
+  <Characters>541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>654</CharactersWithSpaces>
+  <CharactersWithSpaces>634</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>