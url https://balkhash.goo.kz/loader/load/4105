--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -1,546 +1,6853 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000071D5" w:rsidRPr="001B45FB" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
       <w:pPr>
         <w:pStyle w:val="nospacing"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B45FB">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRPr="001B45FB" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
       <w:pPr>
         <w:pStyle w:val="nospacing"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B45FB">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRPr="001B45FB" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
       <w:pPr>
         <w:pStyle w:val="nospacing"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B45FB">
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">в ОСШ№1 </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>№1 ЖОМ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRPr="001B45FB" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
       <w:pPr>
         <w:pStyle w:val="nospacing"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B45FB">
-[...4 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRPr="001B45FB" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мораль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>этикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>стандарттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құндылықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>намысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беделі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бағаланатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қоғам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Президент</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н. Ә. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Назарбаевтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сөздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>эпиграф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Осыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,№</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 ЖББОМ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адамгершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құндылықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалыптастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>этностарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біріктіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>патриотизмге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>азаматтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани-мәдени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қауымдастыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>халықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тарихи-мәдени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәстүрлеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тұрмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>этникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ерекшеліктеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құрметпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұлтаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатынастарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үйлесімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>халықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бейбітшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>достықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нығайтуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жәрдемдесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жетекшілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>халықтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бүгіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айырмашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әлемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>руханилық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>гуманизм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>төзімділік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тақырыптық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әңгімелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өткізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бәріміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазақстандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>саясаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>міндеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>этносаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нығайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>төзімділікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конфессияаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>диалог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нығайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Басқаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айтқанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нысандарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>негізі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ретінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өйткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адамаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>байланыстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ішкі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дүниетанымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өзегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қабатта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кітапханада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>стенд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>безендірілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: "18 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>"»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D64" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
+      <w:pPr>
+        <w:pStyle w:val="nospacing"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қазанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бейбітшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жалғыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-шара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өткізілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күнінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>идеясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іс-шараға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тарихын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>маңызын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ашатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>презентация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құттықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сөзінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұсынылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күнінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалыптасу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кезеңдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ашатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>іздеудегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" ("</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Euronews</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">") </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деректі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>фильмі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Әлемдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>діндер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>нені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білдіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>адамда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани-адамгершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құндылықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қалыптастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конфессияларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ортақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәселелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 А </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ашты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т. Н. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Лось</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарым-қатынасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сыйластық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>толерантты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ынтымақтастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәселелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>толеранттылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қағидаттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әзірлеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сақтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқушыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әңгімесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Шара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>соңында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>әңгімеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қатысушыларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>конфессияаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тұрақтылығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кепілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жадынамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>таратылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айырмашылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дініне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәстүрлеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>этностық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болғысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келетініне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сүре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>аламыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сүреміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сүреміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000071D5" w:rsidRPr="009A7D64" w:rsidRDefault="009A7D64" w:rsidP="009A7D64">
       <w:pPr>
         <w:pStyle w:val="nospacing"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B45FB">
-[...38 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұлттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>діни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>өкілдерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>арасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>келісім-мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оқушыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кешенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>шешетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>міндеттердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D31D6" w:rsidRPr="009A7D64">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRPr="001B45FB" w:rsidRDefault="000071D5" w:rsidP="000071D5">
-[...310 lines deleted...]
-    <w:p w:rsidR="00380D66" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="00380D66" w:rsidRPr="009A7D64" w:rsidRDefault="000071D5" w:rsidP="000071D5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2503239" cy="1876425"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-16 at 09.03.34(1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-16 at 09.03.34(1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2503239" cy="1876425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2514600" cy="1884941"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-16 at 09.03.35(1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-16 at 09.03.35(1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -548,107 +6855,107 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2514600" cy="1884941"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="000071D5" w:rsidRPr="009A7D64" w:rsidRDefault="000071D5" w:rsidP="000071D5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2503239" cy="1876425"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-16 at 09.03.36.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-16 at 09.03.36.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2504851" cy="1877633"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2533803" cy="1521095"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 15.42.25.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 15.42.25.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -656,107 +6963,107 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2533803" cy="1521095"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="000071D5" w:rsidRPr="009A7D64" w:rsidRDefault="000071D5" w:rsidP="000071D5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2522597" cy="1514368"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 5" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 15.42.37.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 15.42.37.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2531298" cy="1519592"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2205990" cy="1657147"/>
             <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
             <wp:docPr id="6" name="Рисунок 6" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-18 at 14.23.53.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-18 at 14.23.53.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -764,107 +7071,108 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2209205" cy="1659562"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000071D5" w:rsidRDefault="000071D5" w:rsidP="000071D5">
+    <w:p w:rsidR="000071D5" w:rsidRPr="009A7D64" w:rsidRDefault="000071D5" w:rsidP="000071D5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2476500" cy="1856381"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Рисунок 7" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 12.05.13.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 12.05.13.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2476500" cy="1856381"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009A7D64">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2476704" cy="1856534"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Рисунок 8" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 11.17.11.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="D:\Работа\ФОТО с мероприятий\день духовенства\WhatsApp Image 2019-10-17 at 11.17.11.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -872,96 +7180,97 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2476704" cy="1856534"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000071D5" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="000071D5" w:rsidRPr="009A7D64" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="000071D5"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00001F06"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
     <w:rsid w:val="0000507F"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="0000660E"/>
     <w:rsid w:val="00006648"/>
@@ -1159,50 +7468,51 @@
     <w:rsid w:val="000C1495"/>
     <w:rsid w:val="000C16F2"/>
     <w:rsid w:val="000C1A60"/>
     <w:rsid w:val="000C1B05"/>
     <w:rsid w:val="000C3184"/>
     <w:rsid w:val="000C3CD2"/>
     <w:rsid w:val="000C3E56"/>
     <w:rsid w:val="000C43F7"/>
     <w:rsid w:val="000C497B"/>
     <w:rsid w:val="000C4AF0"/>
     <w:rsid w:val="000C558D"/>
     <w:rsid w:val="000C5D78"/>
     <w:rsid w:val="000C622A"/>
     <w:rsid w:val="000C6842"/>
     <w:rsid w:val="000C6AD1"/>
     <w:rsid w:val="000C710B"/>
     <w:rsid w:val="000C7432"/>
     <w:rsid w:val="000D02A4"/>
     <w:rsid w:val="000D0717"/>
     <w:rsid w:val="000D0B64"/>
     <w:rsid w:val="000D0F0C"/>
     <w:rsid w:val="000D19A9"/>
     <w:rsid w:val="000D24AE"/>
     <w:rsid w:val="000D2661"/>
     <w:rsid w:val="000D27FD"/>
+    <w:rsid w:val="000D31D6"/>
     <w:rsid w:val="000D3CDF"/>
     <w:rsid w:val="000D4470"/>
     <w:rsid w:val="000D450B"/>
     <w:rsid w:val="000D57FD"/>
     <w:rsid w:val="000D6373"/>
     <w:rsid w:val="000D69E6"/>
     <w:rsid w:val="000D6F8E"/>
     <w:rsid w:val="000E03AF"/>
     <w:rsid w:val="000E14CB"/>
     <w:rsid w:val="000E1722"/>
     <w:rsid w:val="000E1C97"/>
     <w:rsid w:val="000E24F8"/>
     <w:rsid w:val="000E2F84"/>
     <w:rsid w:val="000E355F"/>
     <w:rsid w:val="000E35CD"/>
     <w:rsid w:val="000E3765"/>
     <w:rsid w:val="000E3A8F"/>
     <w:rsid w:val="000E43B0"/>
     <w:rsid w:val="000E4F05"/>
     <w:rsid w:val="000E5096"/>
     <w:rsid w:val="000E5560"/>
     <w:rsid w:val="000E57CC"/>
     <w:rsid w:val="000E5F68"/>
     <w:rsid w:val="000E6426"/>
     <w:rsid w:val="000E6D55"/>
@@ -3389,84 +9699,86 @@
     <w:rsid w:val="00970B8C"/>
     <w:rsid w:val="0097104C"/>
     <w:rsid w:val="00971109"/>
     <w:rsid w:val="00971BDE"/>
     <w:rsid w:val="009727A8"/>
     <w:rsid w:val="00972D45"/>
     <w:rsid w:val="0097333F"/>
     <w:rsid w:val="00973CEC"/>
     <w:rsid w:val="009757E2"/>
     <w:rsid w:val="00976605"/>
     <w:rsid w:val="009768BC"/>
     <w:rsid w:val="00977431"/>
     <w:rsid w:val="00977549"/>
     <w:rsid w:val="009802A5"/>
     <w:rsid w:val="009812EF"/>
     <w:rsid w:val="0098177B"/>
     <w:rsid w:val="0098188F"/>
     <w:rsid w:val="00981E24"/>
     <w:rsid w:val="009825D9"/>
     <w:rsid w:val="00983459"/>
     <w:rsid w:val="00983860"/>
     <w:rsid w:val="00984D42"/>
     <w:rsid w:val="00984FF8"/>
     <w:rsid w:val="009854F6"/>
     <w:rsid w:val="00985BA6"/>
+    <w:rsid w:val="009862FA"/>
     <w:rsid w:val="009868D3"/>
     <w:rsid w:val="00987CA8"/>
     <w:rsid w:val="00990839"/>
     <w:rsid w:val="009911F3"/>
     <w:rsid w:val="009919B3"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="0099223A"/>
     <w:rsid w:val="00992CB7"/>
     <w:rsid w:val="0099386E"/>
     <w:rsid w:val="00993B2B"/>
     <w:rsid w:val="00993E88"/>
     <w:rsid w:val="009943D9"/>
     <w:rsid w:val="009944A4"/>
     <w:rsid w:val="009949FE"/>
     <w:rsid w:val="0099627C"/>
     <w:rsid w:val="00996A80"/>
     <w:rsid w:val="00996EA4"/>
     <w:rsid w:val="009A00B0"/>
     <w:rsid w:val="009A139B"/>
     <w:rsid w:val="009A1D5F"/>
     <w:rsid w:val="009A2AE4"/>
     <w:rsid w:val="009A36F5"/>
     <w:rsid w:val="009A3A44"/>
     <w:rsid w:val="009A4DB5"/>
     <w:rsid w:val="009A5009"/>
     <w:rsid w:val="009A51DA"/>
     <w:rsid w:val="009A58CF"/>
     <w:rsid w:val="009A6162"/>
     <w:rsid w:val="009A6499"/>
     <w:rsid w:val="009A70F3"/>
     <w:rsid w:val="009A73A4"/>
     <w:rsid w:val="009A76E6"/>
     <w:rsid w:val="009A7861"/>
     <w:rsid w:val="009A78DE"/>
+    <w:rsid w:val="009A7D64"/>
     <w:rsid w:val="009A7E37"/>
     <w:rsid w:val="009B1878"/>
     <w:rsid w:val="009B1EEC"/>
     <w:rsid w:val="009B2BAF"/>
     <w:rsid w:val="009B3987"/>
     <w:rsid w:val="009B4617"/>
     <w:rsid w:val="009B4DA5"/>
     <w:rsid w:val="009B54D8"/>
     <w:rsid w:val="009B5BD6"/>
     <w:rsid w:val="009B6955"/>
     <w:rsid w:val="009B6F1D"/>
     <w:rsid w:val="009B7221"/>
     <w:rsid w:val="009B7413"/>
     <w:rsid w:val="009C0226"/>
     <w:rsid w:val="009C117C"/>
     <w:rsid w:val="009C13AC"/>
     <w:rsid w:val="009C13E3"/>
     <w:rsid w:val="009C1920"/>
     <w:rsid w:val="009C2465"/>
     <w:rsid w:val="009C2BCE"/>
     <w:rsid w:val="009C4060"/>
     <w:rsid w:val="009C414F"/>
     <w:rsid w:val="009C5BF2"/>
     <w:rsid w:val="009C6858"/>
     <w:rsid w:val="009C6B01"/>
@@ -5138,51 +11450,51 @@
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF65D2"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5681,52 +11993,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2602</Characters>
+  <Pages>3</Pages>
+  <Words>434</Words>
+  <Characters>2479</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3052</CharactersWithSpaces>
+  <CharactersWithSpaces>2908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>