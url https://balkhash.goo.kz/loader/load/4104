--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,598 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001E7D25" w:rsidRPr="001E7D25" w:rsidRDefault="001E7D25" w:rsidP="001E7D25">
+    <w:p w:rsidR="000413AC" w:rsidRDefault="000413AC" w:rsidP="000413AC">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>т</w:t>
+        <w:t xml:space="preserve">Информация о проведении субботника </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7D25" w:rsidRPr="001E7D25" w:rsidRDefault="001E7D25" w:rsidP="001E7D25">
+    <w:p w:rsidR="000413AC" w:rsidRDefault="000413AC" w:rsidP="000413AC">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E7D25">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">05.10.2019 5-11 </w:t>
-[...111 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">в ОСШ № 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7D25" w:rsidRPr="001E7D25" w:rsidRDefault="001E7D25" w:rsidP="001E7D25">
+    <w:p w:rsidR="000413AC" w:rsidRDefault="000413AC" w:rsidP="000413AC">
       <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E7D25">
+    </w:p>
+    <w:p w:rsidR="000413AC" w:rsidRDefault="008E6BF6" w:rsidP="000413AC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оқушылар </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E7D25">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>белсенді</w:t>
+        <w:t>05.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001E7D25">
+      <w:r w:rsidR="000413AC">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ынта-ықыласпен </w:t>
+        <w:t xml:space="preserve">10.2019г учащиеся  5-11 классов проделали огромную работу по очистке территории школы. Убрана школьная и пришкольная территория.  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E7D25">
+    </w:p>
+    <w:p w:rsidR="000413AC" w:rsidRDefault="000413AC" w:rsidP="000413AC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>сынып</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E7D25">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Активно, с энтузиазмом учащиеся с классными руководителями наводили порядок на закрепленных участках. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001E7D25">
+    </w:p>
+    <w:p w:rsidR="000413AC" w:rsidRDefault="000413AC" w:rsidP="000413AC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>жетекшілерімен</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E7D25">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> жүргізді. </w:t>
+        <w:t xml:space="preserve">Классными руководителями проведена беседа с учащимися школы о сохранности любимого города, о правильной сортировке мусора, об избавлении мусора только в контейнеры, об уважении к труду других людей, о бережном отношении к природе и правилах поведения на пикнике на берегу озера и в лесу, и даже за пределами города. Ребята серьезно подошли к своей работе. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRDefault="001E7D25" w:rsidP="001E7D25">
-[...208 lines deleted...]
-      <w:r w:rsidR="000413AC">
+    <w:p w:rsidR="00380D66" w:rsidRDefault="000413AC">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2011020" cy="3348095"/>
             <wp:effectExtent l="19050" t="0" r="8280" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\субботник\WhatsApp Image 2019-09-29 at 21.15.53(11).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\Работа\ФОТО с мероприятий\субботник\WhatsApp Image 2019-09-29 at 21.15.53(11).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2011617" cy="3349088"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="000413AC">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3622693" cy="2720412"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="D:\Работа\ФОТО с мероприятий\субботник\WhatsApp Image 2019-09-29 at 21.15.53(13).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\Работа\ФОТО с мероприятий\субботник\WhatsApp Image 2019-09-29 at 21.15.53(13).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -724,73 +333,73 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000413AC" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="000413AC"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
@@ -827,51 +436,50 @@
     <w:rsid w:val="00025F88"/>
     <w:rsid w:val="00026074"/>
     <w:rsid w:val="00026187"/>
     <w:rsid w:val="0003097F"/>
     <w:rsid w:val="00030E53"/>
     <w:rsid w:val="000313B7"/>
     <w:rsid w:val="00031DE5"/>
     <w:rsid w:val="00032578"/>
     <w:rsid w:val="000350AC"/>
     <w:rsid w:val="00035184"/>
     <w:rsid w:val="000355CB"/>
     <w:rsid w:val="00035EF4"/>
     <w:rsid w:val="000361E1"/>
     <w:rsid w:val="0003781E"/>
     <w:rsid w:val="00040128"/>
     <w:rsid w:val="00040D01"/>
     <w:rsid w:val="000410A9"/>
     <w:rsid w:val="000413AC"/>
     <w:rsid w:val="000417FA"/>
     <w:rsid w:val="00041D25"/>
     <w:rsid w:val="00041DD2"/>
     <w:rsid w:val="00041E71"/>
     <w:rsid w:val="00041EF7"/>
     <w:rsid w:val="00042631"/>
     <w:rsid w:val="00042C29"/>
-    <w:rsid w:val="000432AC"/>
     <w:rsid w:val="00043308"/>
     <w:rsid w:val="0004424A"/>
     <w:rsid w:val="00044F63"/>
     <w:rsid w:val="00045FF4"/>
     <w:rsid w:val="000465E7"/>
     <w:rsid w:val="00047104"/>
     <w:rsid w:val="0004795D"/>
     <w:rsid w:val="00047CC6"/>
     <w:rsid w:val="00047F2A"/>
     <w:rsid w:val="0005048F"/>
     <w:rsid w:val="00050991"/>
     <w:rsid w:val="00050D6F"/>
     <w:rsid w:val="00050DED"/>
     <w:rsid w:val="00050E78"/>
     <w:rsid w:val="00050F46"/>
     <w:rsid w:val="00051376"/>
     <w:rsid w:val="00051B6C"/>
     <w:rsid w:val="00051B89"/>
     <w:rsid w:val="00052A58"/>
     <w:rsid w:val="00053657"/>
     <w:rsid w:val="00053A64"/>
     <w:rsid w:val="0005433E"/>
     <w:rsid w:val="00054E99"/>
     <w:rsid w:val="00055BE2"/>
     <w:rsid w:val="00055CC3"/>
@@ -1271,51 +879,50 @@
     <w:rsid w:val="001D449D"/>
     <w:rsid w:val="001D4975"/>
     <w:rsid w:val="001D4C4C"/>
     <w:rsid w:val="001D5C57"/>
     <w:rsid w:val="001D5DF2"/>
     <w:rsid w:val="001D5EAB"/>
     <w:rsid w:val="001D6BFD"/>
     <w:rsid w:val="001D6CAF"/>
     <w:rsid w:val="001D7306"/>
     <w:rsid w:val="001D75CC"/>
     <w:rsid w:val="001D7886"/>
     <w:rsid w:val="001E0199"/>
     <w:rsid w:val="001E0CFE"/>
     <w:rsid w:val="001E0D50"/>
     <w:rsid w:val="001E11C0"/>
     <w:rsid w:val="001E1D5D"/>
     <w:rsid w:val="001E1D89"/>
     <w:rsid w:val="001E21FC"/>
     <w:rsid w:val="001E24D0"/>
     <w:rsid w:val="001E26C9"/>
     <w:rsid w:val="001E3878"/>
     <w:rsid w:val="001E3D53"/>
     <w:rsid w:val="001E6BDE"/>
     <w:rsid w:val="001E7564"/>
     <w:rsid w:val="001E770F"/>
-    <w:rsid w:val="001E7D25"/>
     <w:rsid w:val="001E7DDD"/>
     <w:rsid w:val="001F0BD5"/>
     <w:rsid w:val="001F0C79"/>
     <w:rsid w:val="001F0E2A"/>
     <w:rsid w:val="001F15BE"/>
     <w:rsid w:val="001F1990"/>
     <w:rsid w:val="001F1AA8"/>
     <w:rsid w:val="001F1D03"/>
     <w:rsid w:val="001F3D9C"/>
     <w:rsid w:val="001F40EC"/>
     <w:rsid w:val="001F41CF"/>
     <w:rsid w:val="001F466E"/>
     <w:rsid w:val="001F4F9D"/>
     <w:rsid w:val="001F5E27"/>
     <w:rsid w:val="001F5EE9"/>
     <w:rsid w:val="001F62D9"/>
     <w:rsid w:val="001F6CC9"/>
     <w:rsid w:val="00200416"/>
     <w:rsid w:val="002012FE"/>
     <w:rsid w:val="002022FD"/>
     <w:rsid w:val="0020266F"/>
     <w:rsid w:val="002029F3"/>
     <w:rsid w:val="0020357E"/>
     <w:rsid w:val="0020409C"/>
     <w:rsid w:val="00204112"/>
@@ -4800,51 +4407,51 @@
     <w:rsid w:val="00FF27FB"/>
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5341,50 +4948,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>86</Words>
-  <Characters>495</Characters>
+  <Words>96</Words>
+  <Characters>553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>580</CharactersWithSpaces>
+  <CharactersWithSpaces>648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>