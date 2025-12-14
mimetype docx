--- v0 (2025-12-10)
+++ v1 (2025-12-14)
@@ -1,194 +1,2334 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009E54F5" w:rsidRDefault="009E54F5" w:rsidP="009E54F5">
+    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:spacing w:before="208" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E54F5">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онкүндіктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...1 lines deleted...]
-        <w:t>«День девочек».</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қылығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E54F5" w:rsidRPr="009E54F5" w:rsidRDefault="009E54F5" w:rsidP="009E54F5">
-[...103 lines deleted...]
-    <w:p w:rsidR="00380D66" w:rsidRDefault="009E54F5" w:rsidP="009E54F5">
+    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-13 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "М. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Горький</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атындағы№1 ЖББОМ" КММ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онкүндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онкүндіктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаты-қыздардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемсітушіліктің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зорлық-зомбылықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәжбүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>некелерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыныстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынастардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жынысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлтқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханашысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бәрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қыздарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!". </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қуана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәрселерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>этикет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ережелері"атты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мультимедиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қыздар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрақтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қонақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үстелде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?" "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00380D66" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СӨС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орталығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емхана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәрігерлерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кездесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыныстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нығайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екендігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсіндірілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психолог А. В. Беляева "қыз болу оңай емес!" тренинг элементтерімен психологиялық сабақ өткізді.". Бұл іс-шараның мақсаты-ерте некеге тұрудың алдын алу, қыздардың өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002969BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзі бағалауын арттыру, қажетті жағдайда "жоқ" деп айта білуді дамыту. Мектеп инспекторы оқушылармен профилактикалық әңгіме өткізді. Дене шынықтыру мұғалімдері "Ал қане қыздар!" ойын шарасын ұйымдастырды."қыздар ұлдармен қатар спорттық кедергілерден өтті.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E54F5" w:rsidRPr="002969BB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2585927" cy="1724043"/>
             <wp:effectExtent l="19050" t="0" r="4873" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
@@ -196,51 +2336,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2585996" cy="1724089"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009E54F5" w:rsidRPr="002969BB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2575294" cy="1716955"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(2).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(2).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
@@ -249,59 +2389,59 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2573603" cy="1715827"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003823FB" w:rsidRDefault="003823FB" w:rsidP="009E54F5">
+    <w:p w:rsidR="003823FB" w:rsidRPr="002969BB" w:rsidRDefault="003823FB" w:rsidP="009E54F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002969BB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2581482" cy="1938529"/>
             <wp:effectExtent l="19050" t="0" r="9318" b="0"/>
             <wp:docPr id="3" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.56.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.56.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
@@ -309,51 +2449,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2589316" cy="1944412"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002969BB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2626242" cy="1972142"/>
             <wp:effectExtent l="19050" t="0" r="2658" b="0"/>
             <wp:docPr id="4" name="Рисунок 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.59.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.59.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
@@ -370,51 +2510,51 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="003823FB" w:rsidRDefault="003823FB" w:rsidP="009E54F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002969BB">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2487885" cy="3317358"/>
             <wp:effectExtent l="19050" t="0" r="7665" b="0"/>
             <wp:docPr id="5" name="Рисунок 3" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.04.02.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.04.02.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
@@ -606,80 +2746,80 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003823FB" w:rsidRPr="009E54F5" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009E54F5"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00001F06"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="0000660E"/>
     <w:rsid w:val="00006648"/>
     <w:rsid w:val="000067A5"/>
@@ -1338,50 +3478,51 @@
     <w:rsid w:val="0028225A"/>
     <w:rsid w:val="002826C0"/>
     <w:rsid w:val="00282EC0"/>
     <w:rsid w:val="00283877"/>
     <w:rsid w:val="00283DC2"/>
     <w:rsid w:val="00285754"/>
     <w:rsid w:val="0028593B"/>
     <w:rsid w:val="00285D0B"/>
     <w:rsid w:val="00285D2D"/>
     <w:rsid w:val="00286061"/>
     <w:rsid w:val="002872CD"/>
     <w:rsid w:val="00287B9A"/>
     <w:rsid w:val="00287C03"/>
     <w:rsid w:val="0029022E"/>
     <w:rsid w:val="00290D87"/>
     <w:rsid w:val="002911D4"/>
     <w:rsid w:val="00291FC3"/>
     <w:rsid w:val="0029240F"/>
     <w:rsid w:val="00294036"/>
     <w:rsid w:val="002948E0"/>
     <w:rsid w:val="002948EF"/>
     <w:rsid w:val="00294945"/>
     <w:rsid w:val="00294AE8"/>
     <w:rsid w:val="00294F35"/>
     <w:rsid w:val="002966D9"/>
+    <w:rsid w:val="002969BB"/>
     <w:rsid w:val="0029714E"/>
     <w:rsid w:val="002976F6"/>
     <w:rsid w:val="00297D3D"/>
     <w:rsid w:val="002A0CF7"/>
     <w:rsid w:val="002A1822"/>
     <w:rsid w:val="002A1DA2"/>
     <w:rsid w:val="002A1E48"/>
     <w:rsid w:val="002A2A09"/>
     <w:rsid w:val="002A2EAB"/>
     <w:rsid w:val="002A367C"/>
     <w:rsid w:val="002A3920"/>
     <w:rsid w:val="002A39F6"/>
     <w:rsid w:val="002A4218"/>
     <w:rsid w:val="002A4319"/>
     <w:rsid w:val="002A4FA5"/>
     <w:rsid w:val="002A5D46"/>
     <w:rsid w:val="002A60C9"/>
     <w:rsid w:val="002A740F"/>
     <w:rsid w:val="002A7432"/>
     <w:rsid w:val="002A7485"/>
     <w:rsid w:val="002B090B"/>
     <w:rsid w:val="002B151F"/>
     <w:rsid w:val="002B2825"/>
     <w:rsid w:val="002B2BC9"/>
     <w:rsid w:val="002B4A84"/>
@@ -2694,50 +4835,51 @@
     <w:rsid w:val="0080349B"/>
     <w:rsid w:val="00803E8E"/>
     <w:rsid w:val="00804688"/>
     <w:rsid w:val="00804F0C"/>
     <w:rsid w:val="0080502B"/>
     <w:rsid w:val="008056C0"/>
     <w:rsid w:val="00806027"/>
     <w:rsid w:val="00806B21"/>
     <w:rsid w:val="00806D68"/>
     <w:rsid w:val="00807495"/>
     <w:rsid w:val="00807634"/>
     <w:rsid w:val="008078B5"/>
     <w:rsid w:val="00807AE9"/>
     <w:rsid w:val="00807CBE"/>
     <w:rsid w:val="00810542"/>
     <w:rsid w:val="00810A1A"/>
     <w:rsid w:val="00811EF3"/>
     <w:rsid w:val="00811F15"/>
     <w:rsid w:val="008139F3"/>
     <w:rsid w:val="00814028"/>
     <w:rsid w:val="008158EC"/>
     <w:rsid w:val="0081608B"/>
     <w:rsid w:val="008160F6"/>
     <w:rsid w:val="0081613A"/>
     <w:rsid w:val="008168B0"/>
+    <w:rsid w:val="008174A1"/>
     <w:rsid w:val="0082018B"/>
     <w:rsid w:val="008218EF"/>
     <w:rsid w:val="008234AD"/>
     <w:rsid w:val="008240C5"/>
     <w:rsid w:val="0082416D"/>
     <w:rsid w:val="0082451F"/>
     <w:rsid w:val="00824D1F"/>
     <w:rsid w:val="00825400"/>
     <w:rsid w:val="00825644"/>
     <w:rsid w:val="00825DF2"/>
     <w:rsid w:val="00826C42"/>
     <w:rsid w:val="00827243"/>
     <w:rsid w:val="00827650"/>
     <w:rsid w:val="00827DFE"/>
     <w:rsid w:val="00830105"/>
     <w:rsid w:val="0083015B"/>
     <w:rsid w:val="008302B2"/>
     <w:rsid w:val="008302F8"/>
     <w:rsid w:val="0083179B"/>
     <w:rsid w:val="00832D0C"/>
     <w:rsid w:val="00833729"/>
     <w:rsid w:val="00834C24"/>
     <w:rsid w:val="0083548E"/>
     <w:rsid w:val="008356D8"/>
     <w:rsid w:val="00836B93"/>
@@ -3079,50 +5221,51 @@
     <w:rsid w:val="00984FF8"/>
     <w:rsid w:val="009854F6"/>
     <w:rsid w:val="00985BA6"/>
     <w:rsid w:val="009868D3"/>
     <w:rsid w:val="00987CA8"/>
     <w:rsid w:val="00990839"/>
     <w:rsid w:val="009911F3"/>
     <w:rsid w:val="009919B3"/>
     <w:rsid w:val="00991C1F"/>
     <w:rsid w:val="0099223A"/>
     <w:rsid w:val="00992CB7"/>
     <w:rsid w:val="00993B2B"/>
     <w:rsid w:val="00993E88"/>
     <w:rsid w:val="009943D9"/>
     <w:rsid w:val="009944A4"/>
     <w:rsid w:val="009949FE"/>
     <w:rsid w:val="0099627C"/>
     <w:rsid w:val="00996A80"/>
     <w:rsid w:val="00996EA4"/>
     <w:rsid w:val="009A00B0"/>
     <w:rsid w:val="009A139B"/>
     <w:rsid w:val="009A1D5F"/>
     <w:rsid w:val="009A2AE4"/>
     <w:rsid w:val="009A36F5"/>
     <w:rsid w:val="009A3A44"/>
+    <w:rsid w:val="009A45D5"/>
     <w:rsid w:val="009A4DB5"/>
     <w:rsid w:val="009A5009"/>
     <w:rsid w:val="009A51DA"/>
     <w:rsid w:val="009A58CF"/>
     <w:rsid w:val="009A6162"/>
     <w:rsid w:val="009A6499"/>
     <w:rsid w:val="009A70F3"/>
     <w:rsid w:val="009A73A4"/>
     <w:rsid w:val="009A76E6"/>
     <w:rsid w:val="009A7861"/>
     <w:rsid w:val="009A78DE"/>
     <w:rsid w:val="009A7E37"/>
     <w:rsid w:val="009B1878"/>
     <w:rsid w:val="009B1EEC"/>
     <w:rsid w:val="009B2BAF"/>
     <w:rsid w:val="009B3987"/>
     <w:rsid w:val="009B4617"/>
     <w:rsid w:val="009B4DA5"/>
     <w:rsid w:val="009B5BD6"/>
     <w:rsid w:val="009B6955"/>
     <w:rsid w:val="009B6F1D"/>
     <w:rsid w:val="009B7221"/>
     <w:rsid w:val="009B7413"/>
     <w:rsid w:val="009C0226"/>
     <w:rsid w:val="009C117C"/>
@@ -4755,51 +6898,51 @@
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF65D2"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5314,52 +7457,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1505</Characters>
+  <Pages>2</Pages>
+  <Words>245</Words>
+  <Characters>1398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1765</CharactersWithSpaces>
+  <CharactersWithSpaces>1640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>