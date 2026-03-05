--- v1 (2025-12-14)
+++ v2 (2026-03-05)
@@ -1,2334 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+    <w:p w:rsidR="008174A1" w:rsidRPr="008174A1" w:rsidRDefault="008174A1" w:rsidP="008174A1">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Information about the decade "girls' Day»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008174A1" w:rsidRPr="008174A1" w:rsidRDefault="008174A1" w:rsidP="008174A1">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">From 4 to 13 October, the decade dedicated to The international day of girls was held in KSU "OSH No. 1 named after M. Gorky".                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008174A1" w:rsidRPr="008174A1" w:rsidRDefault="008174A1" w:rsidP="008174A1">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The purpose of this decade is the realization of the rights of girls to education, health care, protection from all forms of discrimination, violence, early forced marriages, prevention of early sexual relations, protection of the state, regardless of gender, age, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008174A1" w:rsidRPr="008174A1" w:rsidRDefault="008174A1" w:rsidP="008174A1">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The school librarian presented an exhibition of interesting books </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" All</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for girls!". Girls with pleasure visited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>library,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> learned a lot of interesting and useful, multimedia classes "rules of </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Онкүндіктің</w:t>
+        <w:t>etiquette"were</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> held. The girls then shared their answers to the questions: "How to behave at the table if there is a guest at home</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>How</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>өтуі</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>туралы</w:t>
+        <w:t>behave</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ақпарат</w:t>
+        <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қылығымен</w:t>
+        <w:t>public</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...54 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>аралығында</w:t>
+        <w:t>places</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "М. </w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">                                                                    </w:t>
+        <w:t xml:space="preserve">?".                                                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+    <w:p w:rsidR="009E54F5" w:rsidRPr="008174A1" w:rsidRDefault="008174A1" w:rsidP="008174A1">
       <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On October 4, a meeting was organized with the doctors of polyclinic No. 1 in the center of HLS, the negative consequences for health, early sexual relations were explained, what measures should be taken to strengthen and preserve health. Psychologist </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Осы</w:t>
+        <w:t>Belyaeva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> A.V. conducted a psychological lesson with elements of training </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>онкүндіктің</w:t>
-[...509 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>" Being</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002969BB">
+      <w:r w:rsidRPr="008174A1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+        <w:t xml:space="preserve"> a girl is not easy!". The purpose of this event is to prevent early marriages, increase girls 'self-esteem, develop the ability to say" </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>no "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a necessary situation. The school inspector held a preventive conversation with the students. Physical education teachers organized a game event </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" come</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008174A1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on, girls!", where girls on a par with boys overcame sports barriers.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002969BB" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
-[...833 lines deleted...]
-    <w:p w:rsidR="00380D66" w:rsidRPr="002969BB" w:rsidRDefault="002969BB" w:rsidP="002969BB">
+    <w:p w:rsidR="00380D66" w:rsidRDefault="009E54F5" w:rsidP="009E54F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...508 lines deleted...]
-      <w:r w:rsidR="009E54F5" w:rsidRPr="002969BB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2585927" cy="1724043"/>
             <wp:effectExtent l="19050" t="0" r="4873" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
@@ -2336,51 +383,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2585996" cy="1724089"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="009E54F5" w:rsidRPr="002969BB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2575294" cy="1716955"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(2).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-08 at 13.16.08(2).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
@@ -2389,59 +436,59 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2573603" cy="1715827"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003823FB" w:rsidRPr="002969BB" w:rsidRDefault="003823FB" w:rsidP="009E54F5">
+    <w:p w:rsidR="003823FB" w:rsidRDefault="003823FB" w:rsidP="009E54F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002969BB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2581482" cy="1938529"/>
             <wp:effectExtent l="19050" t="0" r="9318" b="0"/>
             <wp:docPr id="3" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.56.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.56.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
@@ -2449,51 +496,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2589316" cy="1944412"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="002969BB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2626242" cy="1972142"/>
             <wp:effectExtent l="19050" t="0" r="2658" b="0"/>
             <wp:docPr id="4" name="Рисунок 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.59.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.03.59.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
@@ -2510,51 +557,51 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="003823FB" w:rsidRDefault="003823FB" w:rsidP="009E54F5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002969BB">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2487885" cy="3317358"/>
             <wp:effectExtent l="19050" t="0" r="7665" b="0"/>
             <wp:docPr id="5" name="Рисунок 3" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.04.02.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="D:\Работа\ФОТО с мероприятий\день девочек\WhatsApp Image 2019-10-12 at 11.04.02.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
@@ -3478,51 +1525,50 @@
     <w:rsid w:val="0028225A"/>
     <w:rsid w:val="002826C0"/>
     <w:rsid w:val="00282EC0"/>
     <w:rsid w:val="00283877"/>
     <w:rsid w:val="00283DC2"/>
     <w:rsid w:val="00285754"/>
     <w:rsid w:val="0028593B"/>
     <w:rsid w:val="00285D0B"/>
     <w:rsid w:val="00285D2D"/>
     <w:rsid w:val="00286061"/>
     <w:rsid w:val="002872CD"/>
     <w:rsid w:val="00287B9A"/>
     <w:rsid w:val="00287C03"/>
     <w:rsid w:val="0029022E"/>
     <w:rsid w:val="00290D87"/>
     <w:rsid w:val="002911D4"/>
     <w:rsid w:val="00291FC3"/>
     <w:rsid w:val="0029240F"/>
     <w:rsid w:val="00294036"/>
     <w:rsid w:val="002948E0"/>
     <w:rsid w:val="002948EF"/>
     <w:rsid w:val="00294945"/>
     <w:rsid w:val="00294AE8"/>
     <w:rsid w:val="00294F35"/>
     <w:rsid w:val="002966D9"/>
-    <w:rsid w:val="002969BB"/>
     <w:rsid w:val="0029714E"/>
     <w:rsid w:val="002976F6"/>
     <w:rsid w:val="00297D3D"/>
     <w:rsid w:val="002A0CF7"/>
     <w:rsid w:val="002A1822"/>
     <w:rsid w:val="002A1DA2"/>
     <w:rsid w:val="002A1E48"/>
     <w:rsid w:val="002A2A09"/>
     <w:rsid w:val="002A2EAB"/>
     <w:rsid w:val="002A367C"/>
     <w:rsid w:val="002A3920"/>
     <w:rsid w:val="002A39F6"/>
     <w:rsid w:val="002A4218"/>
     <w:rsid w:val="002A4319"/>
     <w:rsid w:val="002A4FA5"/>
     <w:rsid w:val="002A5D46"/>
     <w:rsid w:val="002A60C9"/>
     <w:rsid w:val="002A740F"/>
     <w:rsid w:val="002A7432"/>
     <w:rsid w:val="002A7485"/>
     <w:rsid w:val="002B090B"/>
     <w:rsid w:val="002B151F"/>
     <w:rsid w:val="002B2825"/>
     <w:rsid w:val="002B2BC9"/>
     <w:rsid w:val="002B4A84"/>
@@ -7458,51 +5504,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>245</Words>
-  <Characters>1398</Characters>
+  <Words>266</Words>
+  <Characters>1518</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1640</CharactersWithSpaces>
+  <CharactersWithSpaces>1781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>