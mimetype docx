--- v0 (2025-12-09)
+++ v1 (2026-01-03)
@@ -1,1303 +1,306 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00685A3E" w:rsidRPr="00685A3E" w:rsidRDefault="00685A3E" w:rsidP="00685A3E">
+    <w:p w:rsidR="00C8087E" w:rsidRPr="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="00C8087E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ақпарат </w:t>
+        <w:t xml:space="preserve">Информация </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00685A3E" w:rsidRPr="00685A3E" w:rsidRDefault="00685A3E" w:rsidP="00685A3E">
+    <w:p w:rsidR="00C8087E" w:rsidRPr="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="00C8087E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Мұғалімдер күні!</w:t>
+        <w:t>День учителя!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00685A3E" w:rsidRPr="00685A3E" w:rsidRDefault="00685A3E" w:rsidP="00685A3E">
+    <w:p w:rsidR="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="00C8087E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...561 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00685A3E">
+    </w:p>
+    <w:p w:rsidR="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="00C8087E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мұғалім ең </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00685A3E">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8087E" w:rsidRPr="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="00C8087E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>асыл</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00685A3E">
+      </w:pPr>
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> кәсіптердің </w:t>
+        <w:t>Какое гордое призванье —</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>бі</w:t>
+        <w:br/>
+        <w:t>Давать другим образование, —</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8087E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Частицу сердца отдавать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8087E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Пустые ссоры забывать,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8087E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ведь с нами объясняться трудно,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8087E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Порою очень даже нудно</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:br/>
+        <w:t>О</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t>дно и то же повторять,</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">! Қазан айының әр </w:t>
+        <w:br/>
+        <w:t>Тетради ночью проверять.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>бірінші</w:t>
+        <w:br/>
+        <w:t>Спасибо вам за то, что вы</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:br/>
+        <w:t>В</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жексенбісі</w:t>
+        <w:t>сегда бывали так правы.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бүкіл әлем мұғалімдерді құрметтейді! Мұғалімдер күн</w:t>
+        <w:br/>
+        <w:t>Хотим мы пожелать,</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>і-</w:t>
+        <w:br/>
+        <w:t>Чтоб вы не знали бед,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">бұл Жылдың ең маңызды </w:t>
+        <w:br/>
+        <w:t>Здоровья, счастья на сто лет!</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00685A3E">
+    </w:p>
+    <w:p w:rsidR="00380D66" w:rsidRDefault="00C8087E" w:rsidP="00C8087E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>мерекесі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00685A3E">
+      </w:pPr>
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Учитель одна из самых благородных профессий! Каждое первое воскресенье октября весь мир чествует учителей!</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00685A3E">
+      <w:r w:rsidRPr="00C8087E">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> День учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8087E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мектепте</w:t>
+        <w:t xml:space="preserve"> – это самый душевный праздник года. Все, кто учился в школе, знают, что учителя занимают одно из наиболее важных мест в нашей жизни. Ведь именно педагоги дают нам бесценный багаж знаний. По доброй традиции учащиеся проводят концерт для своих учителей. 11 класс показали свои таланты. Кто-то играл на гитаре, кто-то пел песни, кто-то танцевал вальс. 10 класс показали сценки, учащиеся начального звена спели песню и рассказали стихи. Во время концерта царила праздничная и одновременно завораживающая атмосфера. Учителя и ученики получили большой эмоциональный заряд и огромное удовольствие от проведённого мероприятия.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00685A3E">
+    </w:p>
+    <w:p w:rsidR="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="006943FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқыған барлық мұғалімдер біздің өміріміздегі ең маңызды орындардың </w:t>
-[...487 lines deleted...]
-      <w:r w:rsidR="00C8087E" w:rsidRPr="00685A3E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2969352" cy="1646990"/>
             <wp:effectExtent l="19050" t="0" r="2448" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5535.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5535.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1307,51 +310,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2971446" cy="1648152"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00C8087E" w:rsidRPr="00685A3E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2466753" cy="1647412"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5493.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5493.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1380,51 +383,50 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C8087E" w:rsidRDefault="00C8087E" w:rsidP="006943FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2788742" cy="1862450"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5476.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5476.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -1500,50 +502,51 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="006943FC" w:rsidRDefault="006943FC" w:rsidP="006943FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2913483" cy="1945758"/>
             <wp:effectExtent l="19050" t="0" r="1167" b="0"/>
             <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5441.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Аселя\Desktop\день учителя 2019\IMG_5441.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -1791,80 +794,79 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006943FC" w:rsidRPr="00C8087E" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00C8087E"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="0000660E"/>
     <w:rsid w:val="00006648"/>
     <w:rsid w:val="000067A5"/>
     <w:rsid w:val="00006F5D"/>
@@ -3472,51 +2474,50 @@
     <w:rsid w:val="00673558"/>
     <w:rsid w:val="00673619"/>
     <w:rsid w:val="006738D8"/>
     <w:rsid w:val="00673A0A"/>
     <w:rsid w:val="0067433D"/>
     <w:rsid w:val="00675A3B"/>
     <w:rsid w:val="00675B58"/>
     <w:rsid w:val="00676317"/>
     <w:rsid w:val="00676932"/>
     <w:rsid w:val="006769F2"/>
     <w:rsid w:val="00677008"/>
     <w:rsid w:val="00680719"/>
     <w:rsid w:val="00680878"/>
     <w:rsid w:val="00680BBD"/>
     <w:rsid w:val="006814BB"/>
     <w:rsid w:val="00681A71"/>
     <w:rsid w:val="0068219B"/>
     <w:rsid w:val="00683064"/>
     <w:rsid w:val="006831F4"/>
     <w:rsid w:val="006833B7"/>
     <w:rsid w:val="006836F6"/>
     <w:rsid w:val="00683E80"/>
     <w:rsid w:val="00683F7C"/>
     <w:rsid w:val="00684771"/>
     <w:rsid w:val="00684EF4"/>
-    <w:rsid w:val="00685A3E"/>
     <w:rsid w:val="00685CCA"/>
     <w:rsid w:val="00685DE3"/>
     <w:rsid w:val="006860C6"/>
     <w:rsid w:val="00686AA4"/>
     <w:rsid w:val="00687AED"/>
     <w:rsid w:val="00687C61"/>
     <w:rsid w:val="00690001"/>
     <w:rsid w:val="00690171"/>
     <w:rsid w:val="006906AF"/>
     <w:rsid w:val="00690893"/>
     <w:rsid w:val="00690E19"/>
     <w:rsid w:val="00693357"/>
     <w:rsid w:val="00693C98"/>
     <w:rsid w:val="006942BB"/>
     <w:rsid w:val="006943FC"/>
     <w:rsid w:val="006944C1"/>
     <w:rsid w:val="00694746"/>
     <w:rsid w:val="00695025"/>
     <w:rsid w:val="006965C6"/>
     <w:rsid w:val="00696B1B"/>
     <w:rsid w:val="00696E76"/>
     <w:rsid w:val="00697102"/>
     <w:rsid w:val="0069764E"/>
     <w:rsid w:val="006979CF"/>
     <w:rsid w:val="006A0F92"/>
@@ -4398,51 +3399,50 @@
     <w:rsid w:val="00A44797"/>
     <w:rsid w:val="00A450F5"/>
     <w:rsid w:val="00A45267"/>
     <w:rsid w:val="00A45383"/>
     <w:rsid w:val="00A455DB"/>
     <w:rsid w:val="00A45896"/>
     <w:rsid w:val="00A45EB3"/>
     <w:rsid w:val="00A47C04"/>
     <w:rsid w:val="00A47F85"/>
     <w:rsid w:val="00A506CF"/>
     <w:rsid w:val="00A50943"/>
     <w:rsid w:val="00A50B32"/>
     <w:rsid w:val="00A51075"/>
     <w:rsid w:val="00A53503"/>
     <w:rsid w:val="00A54CE0"/>
     <w:rsid w:val="00A55761"/>
     <w:rsid w:val="00A5604A"/>
     <w:rsid w:val="00A5685E"/>
     <w:rsid w:val="00A56C19"/>
     <w:rsid w:val="00A575BA"/>
     <w:rsid w:val="00A57947"/>
     <w:rsid w:val="00A60339"/>
     <w:rsid w:val="00A604FE"/>
     <w:rsid w:val="00A60A29"/>
     <w:rsid w:val="00A61364"/>
-    <w:rsid w:val="00A6150B"/>
     <w:rsid w:val="00A61831"/>
     <w:rsid w:val="00A61DEA"/>
     <w:rsid w:val="00A63274"/>
     <w:rsid w:val="00A63735"/>
     <w:rsid w:val="00A637F7"/>
     <w:rsid w:val="00A63860"/>
     <w:rsid w:val="00A63AA3"/>
     <w:rsid w:val="00A64CAF"/>
     <w:rsid w:val="00A64E0B"/>
     <w:rsid w:val="00A65521"/>
     <w:rsid w:val="00A655B7"/>
     <w:rsid w:val="00A6741A"/>
     <w:rsid w:val="00A67640"/>
     <w:rsid w:val="00A70787"/>
     <w:rsid w:val="00A70937"/>
     <w:rsid w:val="00A711E6"/>
     <w:rsid w:val="00A71470"/>
     <w:rsid w:val="00A71E7B"/>
     <w:rsid w:val="00A7295B"/>
     <w:rsid w:val="00A72AC5"/>
     <w:rsid w:val="00A72FB2"/>
     <w:rsid w:val="00A730E8"/>
     <w:rsid w:val="00A7335B"/>
     <w:rsid w:val="00A7480B"/>
     <w:rsid w:val="00A75789"/>
@@ -5867,51 +4867,51 @@
     <w:rsid w:val="00FF27FB"/>
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6408,66 +5408,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>150</Words>
-  <Characters>859</Characters>
+  <Words>165</Words>
+  <Characters>942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1007</CharactersWithSpaces>
+  <CharactersWithSpaces>1105</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>