--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,278 +1,798 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AD772A" w:rsidRPr="00AD772A" w:rsidRDefault="00AD772A" w:rsidP="00AD772A">
+    <w:p w:rsidR="0024224A" w:rsidRPr="0024224A" w:rsidRDefault="0024224A" w:rsidP="0024224A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD772A">
-[...5 lines deleted...]
-        <w:t>Информация «</w:t>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Ақпарат "Экосағат»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E86793" w:rsidRPr="0024224A" w:rsidRDefault="0024224A" w:rsidP="0024224A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бүгін, 3 қазан күні сағат 12:00-де еліміздің барлық </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AD772A">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>мектептерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республикалық экологиялық сағат өтті. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - шараның мақсаты-өскелең ұрпақты табиғи ресурстарға ұқыпты қарауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Оқушыларды тамақ өсіруге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>жарамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жерлердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>жетіспеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>проблемасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әлемдегі көмірқышқыл газының шығарылуын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>проблемасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мұхиттар мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа да су ресурстарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ластану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>проблемасымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>таныстыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республикалық экологиялық сағатты өткізу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> танымдық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ойындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, анимациялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>видеороликті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көру және талқылау арқылы сабақ өткізілді, табиғи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ресурстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақтау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> практикалық дағдылар мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>саналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзқарас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>жасалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. № 1 НОМ" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Экочас</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AD772A">
-[...5 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>шарасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З. С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Шлыкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шақырылды. Қала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>экологиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдау мақсатында 11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушылары сабақтан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ауласына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0024224A">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарағай отырғызды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="00AD772A" w:rsidRDefault="004C3E91" w:rsidP="00AD772A">
+    <w:p w:rsidR="004C3E91" w:rsidRPr="00E86793" w:rsidRDefault="004C3E91" w:rsidP="00E86793">
       <w:pPr>
-        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD772A">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E86793">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...62 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2607306" cy="1292905"/>
             <wp:effectExtent l="19050" t="0" r="2544" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect l="5226" t="5732" r="5620" b="15589"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2616576" cy="1297502"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00AD772A">
-        <w:rPr>
+      <w:r w:rsidR="00AD772A" w:rsidRPr="00E86793">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2516643" cy="1297172"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect l="5405" t="4459" r="5552" b="13924"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2530064" cy="1304090"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C3E91" w:rsidRDefault="004C3E91" w:rsidP="00AD772A">
+    <w:p w:rsidR="004C3E91" w:rsidRPr="00E86793" w:rsidRDefault="004C3E91" w:rsidP="00AD772A">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004C3E91" w:rsidRDefault="004C3E91" w:rsidP="00AD772A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2649722" cy="1346964"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Рисунок 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
@@ -464,51 +984,50 @@
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C3E91" w:rsidRDefault="004C3E91" w:rsidP="00AD772A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007C38FC" w:rsidRDefault="007C38FC" w:rsidP="00AD772A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2743200" cy="1402887"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="19" name="Рисунок 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect l="5763" t="5414" r="5808" b="14013"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
@@ -794,79 +1313,80 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007C38FC" w:rsidRPr="004C3E91" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="004C3E91"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="0000660E"/>
     <w:rsid w:val="00006648"/>
     <w:rsid w:val="000067A5"/>
     <w:rsid w:val="00006F5D"/>
@@ -1427,50 +1947,51 @@
     <w:rsid w:val="00224442"/>
     <w:rsid w:val="0022448C"/>
     <w:rsid w:val="00224544"/>
     <w:rsid w:val="00224812"/>
     <w:rsid w:val="00224B3A"/>
     <w:rsid w:val="00224BC9"/>
     <w:rsid w:val="002252AC"/>
     <w:rsid w:val="002256F2"/>
     <w:rsid w:val="00226915"/>
     <w:rsid w:val="00227D32"/>
     <w:rsid w:val="0023190D"/>
     <w:rsid w:val="002326DF"/>
     <w:rsid w:val="00232AD4"/>
     <w:rsid w:val="0023321B"/>
     <w:rsid w:val="00234634"/>
     <w:rsid w:val="0023466E"/>
     <w:rsid w:val="00234843"/>
     <w:rsid w:val="00234C3E"/>
     <w:rsid w:val="00235222"/>
     <w:rsid w:val="0023555A"/>
     <w:rsid w:val="00236813"/>
     <w:rsid w:val="00237B61"/>
     <w:rsid w:val="00240633"/>
     <w:rsid w:val="002411B0"/>
     <w:rsid w:val="002418FA"/>
+    <w:rsid w:val="0024224A"/>
     <w:rsid w:val="00242360"/>
     <w:rsid w:val="00242D29"/>
     <w:rsid w:val="00243BE5"/>
     <w:rsid w:val="00243C06"/>
     <w:rsid w:val="00244299"/>
     <w:rsid w:val="002446A9"/>
     <w:rsid w:val="00245368"/>
     <w:rsid w:val="00245E3A"/>
     <w:rsid w:val="00246861"/>
     <w:rsid w:val="00246D99"/>
     <w:rsid w:val="00246DF7"/>
     <w:rsid w:val="002501BB"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="002522EB"/>
     <w:rsid w:val="002543C1"/>
     <w:rsid w:val="0025484F"/>
     <w:rsid w:val="00255802"/>
     <w:rsid w:val="0025606C"/>
     <w:rsid w:val="002565DB"/>
     <w:rsid w:val="00256F5B"/>
     <w:rsid w:val="00260E98"/>
     <w:rsid w:val="00261237"/>
     <w:rsid w:val="0026213B"/>
     <w:rsid w:val="002631E2"/>
     <w:rsid w:val="002638B0"/>
@@ -4487,50 +5008,51 @@
     <w:rsid w:val="00E7421F"/>
     <w:rsid w:val="00E7502D"/>
     <w:rsid w:val="00E754BB"/>
     <w:rsid w:val="00E76341"/>
     <w:rsid w:val="00E7670D"/>
     <w:rsid w:val="00E76C26"/>
     <w:rsid w:val="00E77FAF"/>
     <w:rsid w:val="00E80148"/>
     <w:rsid w:val="00E805CC"/>
     <w:rsid w:val="00E806B8"/>
     <w:rsid w:val="00E80B69"/>
     <w:rsid w:val="00E82000"/>
     <w:rsid w:val="00E82344"/>
     <w:rsid w:val="00E826CB"/>
     <w:rsid w:val="00E8358F"/>
     <w:rsid w:val="00E83EC9"/>
     <w:rsid w:val="00E83FB4"/>
     <w:rsid w:val="00E8418C"/>
     <w:rsid w:val="00E844C8"/>
     <w:rsid w:val="00E85685"/>
     <w:rsid w:val="00E856F1"/>
     <w:rsid w:val="00E85778"/>
     <w:rsid w:val="00E85F9C"/>
     <w:rsid w:val="00E86129"/>
     <w:rsid w:val="00E864F0"/>
+    <w:rsid w:val="00E86793"/>
     <w:rsid w:val="00E867CA"/>
     <w:rsid w:val="00E86AA3"/>
     <w:rsid w:val="00E90116"/>
     <w:rsid w:val="00E90A6C"/>
     <w:rsid w:val="00E910F4"/>
     <w:rsid w:val="00E91919"/>
     <w:rsid w:val="00E921BC"/>
     <w:rsid w:val="00E93241"/>
     <w:rsid w:val="00E93A1B"/>
     <w:rsid w:val="00E94410"/>
     <w:rsid w:val="00E95D49"/>
     <w:rsid w:val="00E97C07"/>
     <w:rsid w:val="00EA21F0"/>
     <w:rsid w:val="00EA2653"/>
     <w:rsid w:val="00EA277C"/>
     <w:rsid w:val="00EA2C0B"/>
     <w:rsid w:val="00EA31C9"/>
     <w:rsid w:val="00EA3C76"/>
     <w:rsid w:val="00EA40D1"/>
     <w:rsid w:val="00EA439C"/>
     <w:rsid w:val="00EA65D8"/>
     <w:rsid w:val="00EA6BE5"/>
     <w:rsid w:val="00EA721A"/>
     <w:rsid w:val="00EA73FA"/>
     <w:rsid w:val="00EA756B"/>
@@ -4665,50 +5187,51 @@
     <w:rsid w:val="00F332B1"/>
     <w:rsid w:val="00F34942"/>
     <w:rsid w:val="00F35018"/>
     <w:rsid w:val="00F350D3"/>
     <w:rsid w:val="00F3683F"/>
     <w:rsid w:val="00F374F6"/>
     <w:rsid w:val="00F400BC"/>
     <w:rsid w:val="00F406B8"/>
     <w:rsid w:val="00F40BB5"/>
     <w:rsid w:val="00F41D25"/>
     <w:rsid w:val="00F42177"/>
     <w:rsid w:val="00F422D3"/>
     <w:rsid w:val="00F43393"/>
     <w:rsid w:val="00F4395A"/>
     <w:rsid w:val="00F44E3C"/>
     <w:rsid w:val="00F45A64"/>
     <w:rsid w:val="00F4609A"/>
     <w:rsid w:val="00F472EC"/>
     <w:rsid w:val="00F47859"/>
     <w:rsid w:val="00F5000F"/>
     <w:rsid w:val="00F500B5"/>
     <w:rsid w:val="00F50705"/>
     <w:rsid w:val="00F50D70"/>
     <w:rsid w:val="00F50DF6"/>
     <w:rsid w:val="00F50FD2"/>
+    <w:rsid w:val="00F51B7A"/>
     <w:rsid w:val="00F52B8C"/>
     <w:rsid w:val="00F52C40"/>
     <w:rsid w:val="00F52CEF"/>
     <w:rsid w:val="00F534BC"/>
     <w:rsid w:val="00F5376A"/>
     <w:rsid w:val="00F53827"/>
     <w:rsid w:val="00F550E8"/>
     <w:rsid w:val="00F551E8"/>
     <w:rsid w:val="00F55A86"/>
     <w:rsid w:val="00F55EFA"/>
     <w:rsid w:val="00F56711"/>
     <w:rsid w:val="00F56D8C"/>
     <w:rsid w:val="00F57767"/>
     <w:rsid w:val="00F57BA7"/>
     <w:rsid w:val="00F60924"/>
     <w:rsid w:val="00F60DC9"/>
     <w:rsid w:val="00F60F1D"/>
     <w:rsid w:val="00F612AF"/>
     <w:rsid w:val="00F618D9"/>
     <w:rsid w:val="00F620C0"/>
     <w:rsid w:val="00F6211D"/>
     <w:rsid w:val="00F626B3"/>
     <w:rsid w:val="00F62A7C"/>
     <w:rsid w:val="00F62C52"/>
     <w:rsid w:val="00F63151"/>
@@ -4861,51 +5384,51 @@
     <w:rsid w:val="00FF27FB"/>
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5402,66 +5925,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>139</Words>
-  <Characters>795</Characters>
+  <Words>120</Words>
+  <Characters>687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>933</CharactersWithSpaces>
+  <CharactersWithSpaces>806</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>