--- v0 (2025-12-10)
+++ v1 (2026-01-05)
@@ -1,1874 +1,184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B25ECC" w:rsidRPr="00B25ECC" w:rsidRDefault="00B25ECC" w:rsidP="00B25ECC">
+    <w:p w:rsidR="00F906B3" w:rsidRPr="005754E1" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B25ECC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005754E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Қарттар</w:t>
+        </w:rPr>
+        <w:t>Информация «День пожилых людей»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034493B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В осеннем календаре есть необычная дата, когда сердце переполняется чувством глубокой признательности, когда хочется говорить слова благодарности, быть особенно чуткими и внимательными к людям - это День уважен</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:t>күні</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ия людей старшего поколения. </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRPr="0034493B" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034493B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> В этот день, по сложившейся традиции, пожилые люди были поздравлены учениками ОСШ № 1, а также приглашены на вечер отдыха «Мои года – мое богатство». Учащиеся провели концерт на радость нашим бабушкам и дедушкам. Пели песни, танцевали. Учащиеся 4х и 5х к</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-    <w:p w:rsidR="00B25ECC" w:rsidRPr="00B25ECC" w:rsidRDefault="00B25ECC" w:rsidP="00B25ECC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лассов показали своё умение играть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034493B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на ложках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRPr="0034493B" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-        <w:t>Күзгі</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0034493B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дорогие ветераны и пенсионеры, ваша мудрость, большой профессиональный и жизненный опыт — самое большое богатство нашего общества. </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И мы хотим сказать Вам «СПАСИБО!».</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1719 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2009445" cy="2679404"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="10" name="Рисунок 9" descr="D:\Работа\ФОТО с мероприятий\день пожилых людей\WhatsApp Image 2019-10-02 at 08.26.34.jpeg"/>
             <wp:cNvGraphicFramePr>
@@ -2157,128 +467,124 @@
     <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0072739E" w:rsidRDefault="0072739E"/>
-    <w:sectPr w:rsidR="0072739E" w:rsidSect="009476B7">
+    <w:sectPr w:rsidR="0072739E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F906B3"/>
     <w:rsid w:val="0072739E"/>
-    <w:rsid w:val="009476B7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E1445E"/>
     <w:rsid w:val="00F906B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2403,51 +709,50 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009476B7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -2774,51 +1079,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>595</Characters>
+  <Pages>2</Pages>
+  <Words>112</Words>
+  <Characters>645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>698</CharactersWithSpaces>
+  <CharactersWithSpaces>756</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Admin</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>