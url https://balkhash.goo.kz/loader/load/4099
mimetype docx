--- v1 (2026-01-05)
+++ v2 (2026-03-05)
@@ -1,175 +1,323 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F906B3" w:rsidRPr="005754E1" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+    <w:p w:rsidR="00E1445E" w:rsidRPr="00E1445E" w:rsidRDefault="00E1445E" w:rsidP="00E1445E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005754E1">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1445E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-    <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the elderly»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1445E" w:rsidRPr="00E1445E" w:rsidRDefault="00E1445E" w:rsidP="00E1445E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00F906B3" w:rsidRPr="0034493B" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E1445E" w:rsidRPr="00E1445E" w:rsidRDefault="00E1445E" w:rsidP="00E1445E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="00F906B3" w:rsidRPr="0034493B" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the autumn calendar there is an unusual date when the heart is filled with a sense of deep gratitude, when you want to say words of gratitude, to be especially sensitive and attentive to people - this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the day of respect for the older generation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E1445E" w:rsidRPr="00E1445E" w:rsidRDefault="00E1445E" w:rsidP="00E1445E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> On this day, according to tradition, the elderly were congratulated by the students of the school No. 1, and invited to the evening of rest "My years – my wealth". Students held a concert to the delight of our grandparents. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sang songs, danced.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Students of 4th and 5th grades showed their ability to play the spoons. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRPr="00E1445E" w:rsidRDefault="00E1445E" w:rsidP="00E1445E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear veterans and pensioners, your wisdom, great professional and life experience is the greatest wealth of our society. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>we</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>want</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>say</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " THANK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E1445E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F906B3" w:rsidRPr="00E1445E" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
@@ -467,124 +615,127 @@
     <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F906B3" w:rsidRDefault="00F906B3" w:rsidP="00F906B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0072739E" w:rsidRDefault="0072739E"/>
-    <w:sectPr w:rsidR="0072739E">
+    <w:sectPr w:rsidR="0072739E" w:rsidSect="009476B7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F906B3"/>
     <w:rsid w:val="0072739E"/>
+    <w:rsid w:val="009476B7"/>
+    <w:rsid w:val="00E1445E"/>
     <w:rsid w:val="00F906B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -709,50 +860,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009476B7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -1079,55 +1231,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>645</Characters>
+  <Pages>1</Pages>
+  <Words>115</Words>
+  <Characters>662</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>756</CharactersWithSpaces>
+  <CharactersWithSpaces>776</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Admin</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>