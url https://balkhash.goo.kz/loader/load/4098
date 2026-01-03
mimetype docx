--- v0 (2025-12-10)
+++ v1 (2026-01-03)
@@ -1,165 +1,862 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F37E3F" w:rsidRPr="00F37E3F" w:rsidRDefault="00F37E3F" w:rsidP="00F37E3F">
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F37E3F">
+      <w:r w:rsidRPr="00564FD7">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Информация «Безопасная школа»</w:t>
+        <w:t xml:space="preserve">Қауіпсіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564FD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>қпарат</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD0D82" w:rsidRDefault="00BD0D82" w:rsidP="00F37E3F">
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>"Қауіпсіз балалық шақ үшін!</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>"б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">арлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>іс-шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> өткізу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> қағидат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">. Республикалық акция балаларға, ата-аналарға және қоғамға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>мектептегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, үйдегі, көшедегі, ауладағы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>лифтідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>кіреберістегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, судағы, жолдағы, Көліктегі қауіпсіздік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, сондай-ақ алғашқы көмек көрсету тәсілдері мен шұғыл қызметтердің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>еске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> салу болуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> сәйкес, көзге кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">інетін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жерлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>эвакуациялау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жоспары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, тәртібі, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жазатайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> оқиға туындаған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> қызметкерлердің іс-қимыл </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>алгоритмі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, шұғыл қызметтердің, органдардың және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> телефондарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> бар ақпарат орналастырылған. "Балалардың өрт қауіпсіздігі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> әліппесі", "Жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">ім және Заң" ақпараттық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>стендтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ресімделді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>, "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> аударыңыз, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жолда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">!", "Жүріс бөлігінің жанындағы тәртіп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>", т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> оқушылары үшін "Қауіпсіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> қаласы" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> жүру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ережесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> үйрену </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> "Қауіпсіздік сабақтары" өткізілді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>бейнероликтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> көрсетілді, сондай-ақ "қауіпсіздік Радуга</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>уреттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> конкурсы өткізілді. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> оқушылары "Менің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>досым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>велосипедім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>конкурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> аталған көлік құралын жүргізу дағдысын ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> қатар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> жүру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>білумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> де көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>алды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> Ұлан" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> ұйымы мүшелерінің, оқушылардың қатысуымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>алдында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">ғалысына қатысушыларды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жаяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> жүргіншілер мен жүргізушілерді, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>жолда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> сақ болуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>флешмоб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> өткізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">Қиын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">і өмірлік жағдайдағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> анықтау үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>есепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> тұрған оқушылардың пәтерлері, компьютер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>клубтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, қараусыз қалған ғимараттар мен басқа да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>орындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>рейдтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> жүргізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>буын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> оқушыларымен әлеуметтік педагог және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ювеналды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> полиция инспекторы әңгіме өткізді. Әңгіме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>мектептегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> көшедегі жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">іс-тұрыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> ғана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">, төтенше жағдай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>кезіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> балалардың іс-әрекеттері түсіндірілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F37E3F" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...91 lines deleted...]
-        <w:t>Среди учащихся 1-11 классов были проведены тематические классные часы.</w:t>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve">1-11 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> оқушылары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> тақырыптық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00564FD7">
+        <w:t xml:space="preserve"> сағаттары өткізілді.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F37E3F" w:rsidRDefault="00F37E3F" w:rsidP="00F37E3F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF0E34" w:rsidRDefault="00F37E3F" w:rsidP="00BA1B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2833827" cy="2126315"/>
             <wp:effectExtent l="19050" t="0" r="4623" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\Работа\ФОТО с мероприятий\безопасная школа\WhatsApp Image 2019-09-23 at 17.37.23.jpeg"/>
@@ -372,92 +1069,92 @@
       </w:pPr>
       <w:r w:rsidRPr="00625AB8">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2766095" cy="1837189"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2050" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns="" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" val="0"/>
+                          <a14:useLocalDpi xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns="" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2767228" cy="1837941"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
                     <a:extLst>
                       <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-                        <a14:hiddenFill xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns="" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office">
+                        <a14:hiddenFill xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns="" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
                           <a:solidFill>
                             <a:schemeClr val="accent1"/>
                           </a:solidFill>
                         </a14:hiddenFill>
                       </a:ext>
                       <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-                        <a14:hiddenLine xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns="" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" w="9525">
+                        <a14:hiddenLine xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns="" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" w="9525">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a14:hiddenLine>
                       </a:ext>
                       <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
-                        <a14:hiddenEffects xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns="" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office">
+                        <a14:hiddenEffects xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns="" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
                           <a:effectLst>
                             <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                               <a:schemeClr val="bg2"/>
                             </a:outerShdw>
                           </a:effectLst>
                         </a14:hiddenEffects>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00E018A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2446313" cy="1835551"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 1" descr="D:\Работа\ФОТО с мероприятий\безопасная школа\WhatsApp Image 2019-09-25 at 15.56.00(3).jpeg"/>
@@ -713,80 +1410,80 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F37E3F" w:rsidRDefault="00F37E3F" w:rsidP="00F37E3F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F37E3F" w:rsidSect="0093640C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="114"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0093640C"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
     <w:rsid w:val="000059D8"/>
     <w:rsid w:val="00005CA5"/>
     <w:rsid w:val="00005FFA"/>
     <w:rsid w:val="0000660E"/>
     <w:rsid w:val="00006648"/>
@@ -1614,50 +2311,51 @@
     <w:rsid w:val="0037082C"/>
     <w:rsid w:val="00370DEE"/>
     <w:rsid w:val="00371228"/>
     <w:rsid w:val="003734A3"/>
     <w:rsid w:val="00373B74"/>
     <w:rsid w:val="0037526C"/>
     <w:rsid w:val="00375547"/>
     <w:rsid w:val="00375677"/>
     <w:rsid w:val="00376B4F"/>
     <w:rsid w:val="00376E22"/>
     <w:rsid w:val="00376F90"/>
     <w:rsid w:val="00377431"/>
     <w:rsid w:val="00380376"/>
     <w:rsid w:val="00380C04"/>
     <w:rsid w:val="00380D62"/>
     <w:rsid w:val="00380D66"/>
     <w:rsid w:val="0038169A"/>
     <w:rsid w:val="00382380"/>
     <w:rsid w:val="00382BDC"/>
     <w:rsid w:val="003833AF"/>
     <w:rsid w:val="00383878"/>
     <w:rsid w:val="003841CB"/>
     <w:rsid w:val="0038430B"/>
     <w:rsid w:val="00384350"/>
     <w:rsid w:val="003851BB"/>
+    <w:rsid w:val="00385691"/>
     <w:rsid w:val="00386FE3"/>
     <w:rsid w:val="003903DC"/>
     <w:rsid w:val="003905F8"/>
     <w:rsid w:val="003913F5"/>
     <w:rsid w:val="003914AA"/>
     <w:rsid w:val="003928EE"/>
     <w:rsid w:val="00393122"/>
     <w:rsid w:val="00393C6C"/>
     <w:rsid w:val="00394F92"/>
     <w:rsid w:val="0039500D"/>
     <w:rsid w:val="0039545C"/>
     <w:rsid w:val="00396CC9"/>
     <w:rsid w:val="0039767C"/>
     <w:rsid w:val="003977A6"/>
     <w:rsid w:val="00397AFF"/>
     <w:rsid w:val="00397B49"/>
     <w:rsid w:val="003A05C1"/>
     <w:rsid w:val="003A1214"/>
     <w:rsid w:val="003A2350"/>
     <w:rsid w:val="003A28AD"/>
     <w:rsid w:val="003A347E"/>
     <w:rsid w:val="003A3674"/>
     <w:rsid w:val="003A5528"/>
     <w:rsid w:val="003A5571"/>
     <w:rsid w:val="003A55D1"/>
@@ -2040,50 +2738,51 @@
     <w:rsid w:val="0054754F"/>
     <w:rsid w:val="00547D72"/>
     <w:rsid w:val="0055027C"/>
     <w:rsid w:val="005502D6"/>
     <w:rsid w:val="005512E7"/>
     <w:rsid w:val="0055170C"/>
     <w:rsid w:val="00551BC9"/>
     <w:rsid w:val="0055265E"/>
     <w:rsid w:val="005529A9"/>
     <w:rsid w:val="00552A6A"/>
     <w:rsid w:val="00554555"/>
     <w:rsid w:val="00554850"/>
     <w:rsid w:val="00554C95"/>
     <w:rsid w:val="00557AA0"/>
     <w:rsid w:val="00557C85"/>
     <w:rsid w:val="0056079C"/>
     <w:rsid w:val="005608A1"/>
     <w:rsid w:val="00561586"/>
     <w:rsid w:val="005617E1"/>
     <w:rsid w:val="00562B1A"/>
     <w:rsid w:val="00562F4E"/>
     <w:rsid w:val="00563516"/>
     <w:rsid w:val="0056354A"/>
     <w:rsid w:val="005638FF"/>
     <w:rsid w:val="00564EB9"/>
+    <w:rsid w:val="00564FD7"/>
     <w:rsid w:val="00565E4E"/>
     <w:rsid w:val="00565FB1"/>
     <w:rsid w:val="005668B8"/>
     <w:rsid w:val="005676F6"/>
     <w:rsid w:val="0057007B"/>
     <w:rsid w:val="00570D4D"/>
     <w:rsid w:val="00571703"/>
     <w:rsid w:val="00571AB8"/>
     <w:rsid w:val="00571BE7"/>
     <w:rsid w:val="00573F41"/>
     <w:rsid w:val="00574635"/>
     <w:rsid w:val="005747FD"/>
     <w:rsid w:val="00574CB3"/>
     <w:rsid w:val="0057511E"/>
     <w:rsid w:val="005754DE"/>
     <w:rsid w:val="00576AD4"/>
     <w:rsid w:val="00576C4B"/>
     <w:rsid w:val="00576E90"/>
     <w:rsid w:val="00577429"/>
     <w:rsid w:val="00577564"/>
     <w:rsid w:val="00577C9C"/>
     <w:rsid w:val="0058007A"/>
     <w:rsid w:val="00580A94"/>
     <w:rsid w:val="00580BC0"/>
     <w:rsid w:val="00580FA6"/>
@@ -4597,51 +5296,51 @@
     <w:rsid w:val="00FF27FB"/>
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -5160,67 +5859,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1756</Characters>
+  <Pages>2</Pages>
+  <Words>290</Words>
+  <Characters>1656</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2059</CharactersWithSpaces>
+  <CharactersWithSpaces>1943</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>