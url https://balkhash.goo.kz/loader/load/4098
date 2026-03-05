--- v1 (2026-01-03)
+++ v2 (2026-03-05)
@@ -1,870 +1,283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00564FD7">
+      <w:r w:rsidRPr="00895DF0">
         <w:rPr>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қауіпсіз </w:t>
+        <w:t xml:space="preserve">Information </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00564FD7">
+      <w:r w:rsidRPr="00895DF0">
         <w:rPr>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>мектеп</w:t>
+        <w:t>" Safe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00564FD7">
+      <w:r w:rsidRPr="00895DF0">
         <w:rPr>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t>қпарат</w:t>
+        <w:t xml:space="preserve"> school»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>"Қауіпсіз балалық шақ үшін!</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The slogan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>"б</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t xml:space="preserve">арлық </w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a safe childhood!"</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:t>іс-шараларды</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>it</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...104 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a fundamental principle in all events. The Republican action should be a reminder to children, parents and society about the safety rules at school, at home, on the street, in the yard, in the Elevator, entrance, near the water, on the road, transport, as well as about the methods of first aid and emergency phone numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with the requirements, information containing the plan, evacuation procedure, algorithm of actions of employees in case of an accident, contact numbers of emergency services, bodies and </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>Мектеп</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>helplines</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00564FD7">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, көзге кө</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is placed in schools, in places accessible for viewing. Information stands "rules of fire safety of children", "Road ABC", "Teenager and the Law" are decorated, distribution of leaflets and brochures on observance of traffic rules </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" Attention</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00564FD7">
-[...144 lines deleted...]
-        <w:t>", т. б.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, children on the road!", "Rules of conduct near the roadway", etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...157 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>For primary school students held "safety Lessons" to study the rules of the road "City of safe roads", demonstrated videos, as well as competitions drawings "safety rainbow". Students of the initial level in the competition "my friend-bike" were able to demonstrate not only the skills of driving this vehicle, but also to show off the knowledge of the rules of the road.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>"</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>With the participation of members of the children's organization "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00564FD7">
-        <w:t>Жас</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Zhas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00564FD7">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> өткізілді.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ulan", students in front of the school held a flash mob to attract road users, both pedestrians and drivers, to care on the roads.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00564FD7">
-[...64 lines deleted...]
-        <w:t xml:space="preserve"> жүргізілді.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>To identify children in difficult or dangerous situations, raids were carried out on the apartments of registered students, computer clubs, abandoned buildings and other places.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00564FD7" w:rsidRPr="00564FD7" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00895DF0" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00564FD7">
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> балалардың іс-әрекеттері түсіндірілді.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A social pedagogue and an inspector of the juvenile police interviewed middle-level students. During the conversation, not only the rules of conduct in school or on the streets were touched upon, but also the actions of children in case of an emergency were explained.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F37E3F" w:rsidRDefault="00564FD7" w:rsidP="00564FD7">
+    <w:p w:rsidR="00F37E3F" w:rsidRPr="00895DF0" w:rsidRDefault="00895DF0" w:rsidP="00895DF0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00564FD7">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> сағаттары өткізілді.</w:t>
+      <w:r w:rsidRPr="00895DF0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Thematic class hours were held among students in grades 1-11.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F37E3F" w:rsidRDefault="00F37E3F" w:rsidP="00F37E3F">
+    <w:p w:rsidR="00F37E3F" w:rsidRPr="00895DF0" w:rsidRDefault="00F37E3F" w:rsidP="00F37E3F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF0E34" w:rsidRDefault="00F37E3F" w:rsidP="00BA1B7E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2833827" cy="2126315"/>
             <wp:effectExtent l="19050" t="0" r="4623" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\Работа\ФОТО с мероприятий\безопасная школа\WhatsApp Image 2019-09-23 at 17.37.23.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Аселя\Desktop\Работа\ФОТО с мероприятий\безопасная школа\WhatsApp Image 2019-09-23 at 17.37.23.jpeg"/>
@@ -3481,50 +2894,51 @@
     <w:rsid w:val="00876EE3"/>
     <w:rsid w:val="00877134"/>
     <w:rsid w:val="008801BF"/>
     <w:rsid w:val="008806D7"/>
     <w:rsid w:val="00881871"/>
     <w:rsid w:val="00881F1D"/>
     <w:rsid w:val="00881F6E"/>
     <w:rsid w:val="00882A1A"/>
     <w:rsid w:val="00884640"/>
     <w:rsid w:val="00884839"/>
     <w:rsid w:val="00884D67"/>
     <w:rsid w:val="00884DF2"/>
     <w:rsid w:val="008856BB"/>
     <w:rsid w:val="0088610D"/>
     <w:rsid w:val="008865D3"/>
     <w:rsid w:val="00890843"/>
     <w:rsid w:val="0089127E"/>
     <w:rsid w:val="00891605"/>
     <w:rsid w:val="00891FC5"/>
     <w:rsid w:val="00892932"/>
     <w:rsid w:val="008934A4"/>
     <w:rsid w:val="00893AB1"/>
     <w:rsid w:val="00894EF4"/>
     <w:rsid w:val="0089535C"/>
     <w:rsid w:val="00895D78"/>
+    <w:rsid w:val="00895DF0"/>
     <w:rsid w:val="00896347"/>
     <w:rsid w:val="008963D0"/>
     <w:rsid w:val="008A0080"/>
     <w:rsid w:val="008A0DFF"/>
     <w:rsid w:val="008A0F0A"/>
     <w:rsid w:val="008A1DDA"/>
     <w:rsid w:val="008A1F24"/>
     <w:rsid w:val="008A312F"/>
     <w:rsid w:val="008A38D0"/>
     <w:rsid w:val="008A52D6"/>
     <w:rsid w:val="008A533D"/>
     <w:rsid w:val="008A58EE"/>
     <w:rsid w:val="008A615F"/>
     <w:rsid w:val="008A6518"/>
     <w:rsid w:val="008A78F5"/>
     <w:rsid w:val="008A7DDD"/>
     <w:rsid w:val="008B068B"/>
     <w:rsid w:val="008B0C25"/>
     <w:rsid w:val="008B1A57"/>
     <w:rsid w:val="008B2308"/>
     <w:rsid w:val="008B458D"/>
     <w:rsid w:val="008B49A6"/>
     <w:rsid w:val="008B5450"/>
     <w:rsid w:val="008B5714"/>
     <w:rsid w:val="008B5A0C"/>
@@ -5860,66 +5274,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>290</Words>
-  <Characters>1656</Characters>
+  <Words>300</Words>
+  <Characters>1711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1943</CharactersWithSpaces>
+  <CharactersWithSpaces>2007</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>