--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,194 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00071FA9" w:rsidRPr="00071FA9" w:rsidRDefault="00071FA9" w:rsidP="00071FA9">
+    <w:p w:rsidR="004A72D8" w:rsidRPr="004A72D8" w:rsidRDefault="004A72D8" w:rsidP="004A72D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00071FA9">
+      <w:r w:rsidRPr="004A72D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>День языков народа Казахстана</w:t>
+        <w:t>Day of languages of people of Kazakhstan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00380D66" w:rsidRPr="00071FA9" w:rsidRDefault="00071FA9" w:rsidP="00071FA9">
+    <w:p w:rsidR="004A72D8" w:rsidRPr="004A72D8" w:rsidRDefault="004A72D8" w:rsidP="004A72D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00071FA9">
+      <w:r w:rsidRPr="004A72D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>22 сентября является значимой датой, ставшей общим праздником для всех народов Казахстана. В рамках празднования этой даты, в КГУ «ОСШ №1» интересно и увлекательно прошли мероприятия, посвященные празднованию Дня языков народов Казахстана. Были организованы мероприятия, посвященные этому дню.</w:t>
+        <w:t>September 22 is a significant date that has become a common holiday for all the peoples of Kazakhstan. As part of the celebration of this date, in KSU "OSH No. 1" interesting and exciting events dedicated to the celebration Of the day of languages of peoples of Kazakhstan. Events dedicated to this day were organized.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071FA9" w:rsidRPr="00071FA9" w:rsidRDefault="00071FA9" w:rsidP="00071FA9">
+    <w:p w:rsidR="004A72D8" w:rsidRPr="004A72D8" w:rsidRDefault="004A72D8" w:rsidP="004A72D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00071FA9">
+      <w:r w:rsidRPr="004A72D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Открытие Недели языков народов Казахстана началась с торжественной линейки, организованной учителями-филологами: </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> М.С. Прозвучали стихи о языках, учащиеся были ознакомлены с программой «недели языков».</w:t>
+        <w:t>The opening of the Week of languages of the peoples of Kazakhstan began with a solemn line, organized by teachers-philologists: Seitkalieva N. N., Zhetpisova A. K., Bayanbayeva M. S. poems about languages were Performed, students were acquainted with the program "week of languages".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00071FA9" w:rsidRDefault="00071FA9" w:rsidP="00071FA9">
+    <w:p w:rsidR="00071FA9" w:rsidRPr="004A72D8" w:rsidRDefault="004A72D8" w:rsidP="004A72D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00071FA9">
+      <w:r w:rsidRPr="004A72D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Цель данного мероприятия: воплотить в жизнь общенациональную идею «Мәңгілік ел», привить интерес к знанию государственного языка, воспитание патриотизма через изучение культурного наследия народа, сформировать стремление к овладению казахским, русским, английским языками.</w:t>
+        <w:t>The purpose of this event: to realize the national idea "</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...4 lines deleted...]
-        <w:ind w:firstLine="709"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A72D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Mangilik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A72D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El", to instill interest in the knowledge of the state language, education of patriotism through the study of the cultural heritage of the people, to form the desire to master the Kazakh, Russian, English languages.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00071FA9" w:rsidRPr="00071FA9" w:rsidRDefault="00071FA9" w:rsidP="00071FA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2603500" cy="1952625"/>
             <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Аселя\Desktop\Работа\ФОТО с мероприятий\день языков\WhatsApp Image 2019-09-06 at 08.46.26(10).jpeg"/>
@@ -499,72 +460,73 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00071FA9" w:rsidRPr="00071FA9" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00071FA9"/>
     <w:rsid w:val="000003E2"/>
     <w:rsid w:val="0000112B"/>
     <w:rsid w:val="000011B2"/>
     <w:rsid w:val="000013CE"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="0000159A"/>
     <w:rsid w:val="00001B9C"/>
     <w:rsid w:val="00001C51"/>
     <w:rsid w:val="00002753"/>
     <w:rsid w:val="00003909"/>
     <w:rsid w:val="00004B8B"/>
     <w:rsid w:val="00004EBF"/>
@@ -1640,50 +1602,51 @@
     <w:rsid w:val="004902BF"/>
     <w:rsid w:val="0049086F"/>
     <w:rsid w:val="00491745"/>
     <w:rsid w:val="00491B2D"/>
     <w:rsid w:val="00491F02"/>
     <w:rsid w:val="004920D9"/>
     <w:rsid w:val="004923B2"/>
     <w:rsid w:val="00492894"/>
     <w:rsid w:val="004958AA"/>
     <w:rsid w:val="00496C6E"/>
     <w:rsid w:val="00496C76"/>
     <w:rsid w:val="00497036"/>
     <w:rsid w:val="00497A84"/>
     <w:rsid w:val="004A05E7"/>
     <w:rsid w:val="004A1A86"/>
     <w:rsid w:val="004A2051"/>
     <w:rsid w:val="004A2B7F"/>
     <w:rsid w:val="004A2F2E"/>
     <w:rsid w:val="004A32C3"/>
     <w:rsid w:val="004A349C"/>
     <w:rsid w:val="004A395A"/>
     <w:rsid w:val="004A40B7"/>
     <w:rsid w:val="004A51BC"/>
     <w:rsid w:val="004A61E0"/>
     <w:rsid w:val="004A6D9A"/>
+    <w:rsid w:val="004A72D8"/>
     <w:rsid w:val="004A7425"/>
     <w:rsid w:val="004B0AE7"/>
     <w:rsid w:val="004B191D"/>
     <w:rsid w:val="004B1DEE"/>
     <w:rsid w:val="004B1FA6"/>
     <w:rsid w:val="004B222B"/>
     <w:rsid w:val="004B311E"/>
     <w:rsid w:val="004B39E8"/>
     <w:rsid w:val="004B4810"/>
     <w:rsid w:val="004B4EC1"/>
     <w:rsid w:val="004B53B5"/>
     <w:rsid w:val="004B6774"/>
     <w:rsid w:val="004B6D59"/>
     <w:rsid w:val="004B72F8"/>
     <w:rsid w:val="004B7902"/>
     <w:rsid w:val="004C0328"/>
     <w:rsid w:val="004C0EF5"/>
     <w:rsid w:val="004C1A39"/>
     <w:rsid w:val="004C2546"/>
     <w:rsid w:val="004C2CF0"/>
     <w:rsid w:val="004C4CBD"/>
     <w:rsid w:val="004C4F22"/>
     <w:rsid w:val="004C6418"/>
     <w:rsid w:val="004C6DC8"/>
     <w:rsid w:val="004C74A0"/>
@@ -2545,50 +2508,51 @@
     <w:rsid w:val="008C11B0"/>
     <w:rsid w:val="008C1560"/>
     <w:rsid w:val="008C1770"/>
     <w:rsid w:val="008C26C6"/>
     <w:rsid w:val="008C270A"/>
     <w:rsid w:val="008C2DB3"/>
     <w:rsid w:val="008C3229"/>
     <w:rsid w:val="008C3BCF"/>
     <w:rsid w:val="008C4020"/>
     <w:rsid w:val="008C52EE"/>
     <w:rsid w:val="008C5670"/>
     <w:rsid w:val="008C580E"/>
     <w:rsid w:val="008C6BD6"/>
     <w:rsid w:val="008D097E"/>
     <w:rsid w:val="008D1209"/>
     <w:rsid w:val="008D2406"/>
     <w:rsid w:val="008D2C75"/>
     <w:rsid w:val="008D2F74"/>
     <w:rsid w:val="008D31DA"/>
     <w:rsid w:val="008D43E1"/>
     <w:rsid w:val="008D4C4E"/>
     <w:rsid w:val="008D604A"/>
     <w:rsid w:val="008D61B7"/>
     <w:rsid w:val="008D6306"/>
     <w:rsid w:val="008D6C9F"/>
+    <w:rsid w:val="008D6DB3"/>
     <w:rsid w:val="008D6E11"/>
     <w:rsid w:val="008D7410"/>
     <w:rsid w:val="008E0EA7"/>
     <w:rsid w:val="008E144E"/>
     <w:rsid w:val="008E203F"/>
     <w:rsid w:val="008E22F8"/>
     <w:rsid w:val="008E25FB"/>
     <w:rsid w:val="008E2A9F"/>
     <w:rsid w:val="008E3D77"/>
     <w:rsid w:val="008E3D95"/>
     <w:rsid w:val="008E3DEC"/>
     <w:rsid w:val="008E4071"/>
     <w:rsid w:val="008E4D85"/>
     <w:rsid w:val="008E515F"/>
     <w:rsid w:val="008E5392"/>
     <w:rsid w:val="008E5997"/>
     <w:rsid w:val="008E6585"/>
     <w:rsid w:val="008E6E1C"/>
     <w:rsid w:val="008E7072"/>
     <w:rsid w:val="008E715D"/>
     <w:rsid w:val="008E7461"/>
     <w:rsid w:val="008E7742"/>
     <w:rsid w:val="008E7F2A"/>
     <w:rsid w:val="008F0486"/>
     <w:rsid w:val="008F1094"/>
@@ -4228,51 +4192,51 @@
     <w:rsid w:val="00FF27FB"/>
     <w:rsid w:val="00FF33B7"/>
     <w:rsid w:val="00FF49F6"/>
     <w:rsid w:val="00FF4ABF"/>
     <w:rsid w:val="00FF52A6"/>
     <w:rsid w:val="00FF55AF"/>
     <w:rsid w:val="00FF5BA1"/>
     <w:rsid w:val="00FF74EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4758,51 +4722,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>127</Words>
-  <Characters>726</Characters>
+  <Words>139</Words>
+  <Characters>794</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>852</CharactersWithSpaces>
+  <CharactersWithSpaces>932</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>