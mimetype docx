--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1,866 +1,952 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00440EE4" w:rsidRPr="004F26F2" w:rsidRDefault="00440EE4" w:rsidP="00931999">
-[...227 lines deleted...]
-    <w:p w:rsidR="00B44626" w:rsidRPr="009B2A06" w:rsidRDefault="00FF7D14" w:rsidP="00931999">
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...24 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>On the day of the guardian</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KSU </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" Secondary</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school No. 1" »</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>29 October 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Today, children's happiness is the most important phenomenon in the world. On the initiative of the Public Association" League of women of creative initiative", the Association" Union of guardians of Kazakhstan "and" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dauysy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "on October 29, solemn events dedicated to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the"day</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>guardian"</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> held in Kazakhstan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>From 21 to 28 October, the school held events dedicated to the guardians:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>4108450</wp:posOffset>
+              <wp:posOffset>4083685</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>97790</wp:posOffset>
+              <wp:posOffset>57150</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2801620" cy="1869440"/>
+            <wp:extent cx="2802890" cy="1875790"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Рисунок 1" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5764.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5764.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2801620" cy="1869440"/>
+                      <a:ext cx="2802890" cy="1875790"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00FF7D14" w:rsidRPr="009B2A06">
-[...152 lines deleted...]
-    <w:p w:rsidR="009D3643" w:rsidRPr="009B2A06" w:rsidRDefault="00B44626" w:rsidP="00931999">
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Essay competition </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3760"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009D3643" w:rsidRPr="009B2A06" w:rsidRDefault="00B44626" w:rsidP="00931999">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"My most intimate friend»           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3760"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009D3643" w:rsidRPr="009B2A06" w:rsidRDefault="00B44626" w:rsidP="00931999">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Photo collage contest </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" my</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> family" » </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3760"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B44626" w:rsidRDefault="00B44626" w:rsidP="00931999">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Video contest </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>" one</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of my days"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3760"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003150D4" w:rsidRPr="009B2A06">
-[...54 lines deleted...]
-    <w:p w:rsidR="00A97D55" w:rsidRDefault="00712870" w:rsidP="00931999">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a loved one!".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3760"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commission established by the school </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teachers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Russian language and literature, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arts and Music, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>did</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not live up to Deputy Directors </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A97D55" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>determination</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of winners.   On October 26, the results of all competitions were summed up at the festive concert.  Diplomas and memorable gifts were prepared for them.   Also, the Director of the children's store "Junior" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gulyatyaev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Alexey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Valerievich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> handed each child a certificate in the amount of 5000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tenge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC66CE">
+        <w:pict>
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:23.6pt;height:23.6pt"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00533E8C" w:rsidRDefault="00533E8C" w:rsidP="00931999">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00533E8C" w:rsidRPr="00533E8C" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3760"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1068"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>469900</wp:posOffset>
+              <wp:posOffset>394335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>166370</wp:posOffset>
+              <wp:posOffset>107950</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3415030" cy="1920240"/>
+            <wp:extent cx="3417570" cy="1922780"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="36" name="Рисунок 13" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3415030" cy="1920240"/>
+                      <a:ext cx="3417570" cy="1922780"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00AC5A8D">
-[...24 lines deleted...]
-    <w:p w:rsidR="00533E8C" w:rsidRDefault="00533E8C" w:rsidP="00931999">
+    </w:p>
+    <w:p w:rsidR="00A97D55" w:rsidRDefault="00BE4597" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3760"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="1068"/>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:ind w:left="1068"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="749352" cy="1930400"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="48" name="Рисунок 22" descr="C:\Users\Зере\Desktop\index 000000000000000000.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -933,608 +1019,353 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1047750" cy="1936351"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00592269" w:rsidRPr="009B2A06" w:rsidRDefault="00533E8C" w:rsidP="00533E8C">
-[...187 lines deleted...]
-    <w:p w:rsidR="00377CA5" w:rsidRDefault="00533E8C" w:rsidP="00533E8C">
+    <w:p w:rsidR="00C62234" w:rsidRPr="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:right="-1"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Students of the school organized and held a festive concert</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"A man with a good heart" is for people with a good heart.                 Guardians with children were invited to the concert</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C62234" w:rsidRDefault="00C62234" w:rsidP="00C62234">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C62234">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00377CA5" w:rsidRPr="00C62234" w:rsidRDefault="00533E8C" w:rsidP="00C62234">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00533E8C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2941321" cy="2082800"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="54" name="Рисунок 11" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5855.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5855.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2947558" cy="2087217"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00377CA5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3276507" cy="2082800"/>
             <wp:effectExtent l="19050" t="0" r="93" b="0"/>
             <wp:docPr id="20" name="Рисунок 8" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5757.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5757.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3276972" cy="2083096"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00893512">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3130550" cy="2087033"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="21" name="Рисунок 9" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5803.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5803.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3129385" cy="2086256"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00D8031D" w:rsidRPr="00D8031D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3201670" cy="2134446"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="55" name="Рисунок 10" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5815.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5815.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3200512" cy="2133674"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F26F2" w:rsidRDefault="009B2A06" w:rsidP="009B2A06">
+    <w:p w:rsidR="004E6836" w:rsidRDefault="00C62234" w:rsidP="009B2A06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="993" w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B2A06">
+      <w:r w:rsidRPr="00C62234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...122 lines deleted...]
-      </w:pPr>
+        <w:t>The chief specialist of the Department of education of Balkhash Aitzhanova B. S. and the Deputy Director for educational work zvezdina P. N. made a congratulation and handed over letters of thanks and memorable gifts for worthy education, mercy and kindness to the guardians..</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="004E6836" w:rsidRDefault="00174A98" w:rsidP="009B2A06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="993" w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3078480" cy="2052320"/>
@@ -1772,134 +1603,70 @@
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E6836" w:rsidRDefault="004E6836" w:rsidP="009B2A06">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="993" w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F91E82" w:rsidRDefault="00F91E82" w:rsidP="00440EE4">
+    <w:p w:rsidR="00377CA5" w:rsidRDefault="00C62234" w:rsidP="00440EE4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C62234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">        </w:t>
-[...65 lines deleted...]
-      <w:r>
+        <w:t>After congratulating the chief specialist of the Department of education, Deputy Director, the heroes of the occasion were congratulated by their native children.</w:t>
+      </w:r>
+      <w:r w:rsidR="00377CA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00F91E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2998470" cy="2282926"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="18" name="Рисунок 6" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5831.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1989,77 +1756,68 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="002D4F2D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B5075" w:rsidRPr="000F647C" w:rsidRDefault="008B5075" w:rsidP="000F647C">
+    <w:p w:rsidR="008B5075" w:rsidRPr="000F647C" w:rsidRDefault="00C62234" w:rsidP="000F647C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F647C">
+      <w:r w:rsidRPr="00C62234">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Торжественное мероприятие  завершилась </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">общей памятной фотографией. </w:t>
+        <w:t>The solemn event ended with a General commemorative photo.</w:t>
       </w:r>
       <w:r w:rsidR="000F647C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3516207"/>
             <wp:effectExtent l="19050" t="0" r="2540" b="0"/>
             <wp:docPr id="34" name="Рисунок 12" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5864.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="C:\Users\Зере\Desktop\ДЕНЬ ОП 2019\день опекуна\IMG_5864.JPG"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -2368,86 +2126,88 @@
     <w:rsid w:val="00893512"/>
     <w:rsid w:val="008B5075"/>
     <w:rsid w:val="008D34DF"/>
     <w:rsid w:val="008E77F3"/>
     <w:rsid w:val="00920277"/>
     <w:rsid w:val="00931999"/>
     <w:rsid w:val="00942FF7"/>
     <w:rsid w:val="009605D6"/>
     <w:rsid w:val="009B1457"/>
     <w:rsid w:val="009B2A06"/>
     <w:rsid w:val="009D3643"/>
     <w:rsid w:val="009E443B"/>
     <w:rsid w:val="00A03BB5"/>
     <w:rsid w:val="00A0466F"/>
     <w:rsid w:val="00A20B5E"/>
     <w:rsid w:val="00A217CD"/>
     <w:rsid w:val="00A97D55"/>
     <w:rsid w:val="00AC3A2F"/>
     <w:rsid w:val="00AC5A8D"/>
     <w:rsid w:val="00B359B0"/>
     <w:rsid w:val="00B37072"/>
     <w:rsid w:val="00B44626"/>
     <w:rsid w:val="00B607B9"/>
     <w:rsid w:val="00BC795C"/>
     <w:rsid w:val="00BE4597"/>
+    <w:rsid w:val="00C62234"/>
     <w:rsid w:val="00CE72C4"/>
     <w:rsid w:val="00CF3D19"/>
     <w:rsid w:val="00D37F37"/>
     <w:rsid w:val="00D8031D"/>
     <w:rsid w:val="00D8436D"/>
     <w:rsid w:val="00E468C0"/>
     <w:rsid w:val="00E56940"/>
     <w:rsid w:val="00E60E8D"/>
     <w:rsid w:val="00EA795A"/>
     <w:rsid w:val="00EC440D"/>
     <w:rsid w:val="00EF5EEC"/>
     <w:rsid w:val="00F22599"/>
     <w:rsid w:val="00F63495"/>
     <w:rsid w:val="00F7123A"/>
     <w:rsid w:val="00F91E82"/>
     <w:rsid w:val="00F9361A"/>
+    <w:rsid w:val="00FC66CE"/>
     <w:rsid w:val="00FC7B01"/>
     <w:rsid w:val="00FF7D14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12290"/>
+    <o:shapedefaults v:ext="edit" spidmax="13314"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2946,66 +2706,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>285</Words>
-  <Characters>1631</Characters>
+  <Words>278</Words>
+  <Characters>1585</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1913</CharactersWithSpaces>
+  <CharactersWithSpaces>1860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>