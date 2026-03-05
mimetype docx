--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -6,882 +6,247 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00700C2F" w:rsidRDefault="00700C2F" w:rsidP="00700C2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E74795" w:rsidRPr="001E33EF" w:rsidRDefault="00E74795" w:rsidP="00E74795">
+    <w:p w:rsidR="00006D39" w:rsidRDefault="00006D39" w:rsidP="00006D39">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E33EF">
-[...60 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E74795" w:rsidRPr="001E33EF" w:rsidRDefault="00E74795" w:rsidP="00E74795">
+    <w:p w:rsidR="00006D39" w:rsidRPr="00796742" w:rsidRDefault="00006D39" w:rsidP="00006D39">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E33EF">
-[...196 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Open day at the water rescue station</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E74795" w:rsidRPr="001E33EF" w:rsidRDefault="00E74795" w:rsidP="00E74795">
+    <w:p w:rsidR="00006D39" w:rsidRPr="00796742" w:rsidRDefault="00006D39" w:rsidP="00006D39">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E33EF">
-[...292 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An open day was held for schoolchildren of the city at the water rescue station. Diving suit, diving equipment aroused great interest among students of "OSH No. 1 Balkhash". Moreover, experts have told in detail what and how to use. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E74795" w:rsidRPr="001E33EF" w:rsidRDefault="00E74795" w:rsidP="00E74795">
+    <w:p w:rsidR="00006D39" w:rsidRPr="00796742" w:rsidRDefault="00006D39" w:rsidP="00006D39">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E33EF">
-[...92 lines deleted...]
-        <w:t>кейі</w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– It is necessary to observe safety rules when you are on reservoirs,-the employee of water rescue station urged school students. "You should be careful all year round." Water does not forgive mistakes! - </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001E33EF">
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="001E33EF">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> оқу-жаттығу жаттығулары өткізілді. </w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reminded the guys what the minimum thickness should be the ice on which you can step, because with the arrival of spring, the strength of the coating quickly decreases. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700C2F" w:rsidRDefault="00E74795" w:rsidP="00E74795">
+    <w:p w:rsidR="00006D39" w:rsidRPr="003612E5" w:rsidRDefault="00006D39" w:rsidP="00006D39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employees of the rescue station told in detail about their working days, demonstrated equipment and, of course, modern watercraft. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003612E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After that, we conducted a demonstration training dive. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00006D39" w:rsidRPr="003612E5" w:rsidRDefault="00006D39" w:rsidP="00006D39">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>During the event, students learned a lot of useful information that will be useful to them in life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700C2F" w:rsidRDefault="00700C2F" w:rsidP="00700C2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...65 lines deleted...]
-      <w:r w:rsidR="00700C2F">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2588718" cy="1940570"/>
             <wp:effectExtent l="19050" t="0" r="2082" b="0"/>
             <wp:docPr id="30" name="Рисунок 30" descr="D:\Работа\ФОТО с мероприятий\водно-спасательная станция\WhatsApp Image 2019-10-23 at 08.24.39.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 30" descr="D:\Работа\ФОТО с мероприятий\водно-спасательная станция\WhatsApp Image 2019-10-23 at 08.24.39.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2588654" cy="1940522"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00700C2F">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2598806" cy="1948132"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="31" name="Рисунок 31" descr="D:\Работа\ФОТО с мероприятий\водно-спасательная станция\WhatsApp Image 2019-10-23 at 08.24.41.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 31" descr="D:\Работа\ФОТО с мероприятий\водно-спасательная станция\WhatsApp Image 2019-10-23 at 08.24.41.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -1049,53 +414,53 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00700C2F"/>
+    <w:rsid w:val="00006D39"/>
+    <w:rsid w:val="00560574"/>
     <w:rsid w:val="00700C2F"/>
-    <w:rsid w:val="00C66E83"/>
-    <w:rsid w:val="00E74795"/>
     <w:rsid w:val="00EC0FEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1617,50 +982,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>131</Words>
-  <Characters>748</Characters>
+  <Words>141</Words>
+  <Characters>806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>878</CharactersWithSpaces>
+  <CharactersWithSpaces>946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>