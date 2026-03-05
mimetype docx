--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -5,133 +5,131 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="007865F9" w:rsidRDefault="007865F9" w:rsidP="007865F9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007865F9" w:rsidRPr="00BB58A9" w:rsidRDefault="007865F9" w:rsidP="007865F9">
+    <w:p w:rsidR="00E122C8" w:rsidRPr="00796742" w:rsidRDefault="00E122C8" w:rsidP="00E122C8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB58A9">
-        <w:rPr>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Встреча с фокусниками</w:t>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Meeting with magicians</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007865F9" w:rsidRDefault="007865F9" w:rsidP="007865F9">
+    <w:p w:rsidR="00E122C8" w:rsidRPr="00796742" w:rsidRDefault="00E122C8" w:rsidP="00E122C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079676A">
+      <w:r w:rsidRPr="00796742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-        <w:t>В цирке огромное множество разнообразных артистов. Для всех, кто выбрал своей профессией служение цирковому искусству, - это жизнь, а не просто место работы. Артисты цирка - народ кочевой, находятся в бесконечных разъездах. Труд любого артиста цирка - тайна для зрителя. Настоящие профессионалы работают легко, непринужденно и весело. Хотя цирковое искусство и живёт традициями, артист пребывает в постоянном поиске новых идей и технических возможностей, новых трюков и сюжетов. Зрителей требуется восхищать, удивлять и покорять. Не только физическое, но и творческое развитие - вот основные задачи артиста цирка.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The circus has a huge variety of artists. For everyone who has chosen to serve the circus arts as their profession, it is a life, not just a place of work. Circus artists are nomadic people, they are on endless journeys. The work of any circus artist is a mystery to the viewer. True professionals work with ease, ease and fun. Although circus art lives by traditions, the artist is in constant search of new ideas and technical possibilities, new tricks and plots. Viewers need to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>admire,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surprise and conquer. Not only physical, but also creative development - these are the main tasks of the circus artist.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007865F9" w:rsidRPr="0079676A" w:rsidRDefault="007865F9" w:rsidP="007865F9">
+    <w:p w:rsidR="00E122C8" w:rsidRPr="00796742" w:rsidRDefault="00E122C8" w:rsidP="00E122C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796742">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> школьников.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pupils of primary classes "OSH No. 1 Balkhash" not only admired the skill of the magician, but also were able to do the focus themselves, which contributes to the early profiling of students.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007865F9" w:rsidRDefault="007865F9" w:rsidP="007865F9">
+    <w:p w:rsidR="007865F9" w:rsidRDefault="007865F9" w:rsidP="006F78C6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2469708" cy="1851357"/>
             <wp:effectExtent l="19050" t="0" r="6792" b="0"/>
             <wp:docPr id="13" name="Рисунок 13" descr="D:\Работа\ФОТО с мероприятий\фокусы\WhatsApp Image 2019-10-23 at 08.16.10(1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="D:\Работа\ФОТО с мероприятий\фокусы\WhatsApp Image 2019-10-23 at 08.16.10(1).jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -413,70 +411,73 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="007865F9"/>
+    <w:rsid w:val="006F78C6"/>
     <w:rsid w:val="007865F9"/>
+    <w:rsid w:val="00B02586"/>
+    <w:rsid w:val="00E122C8"/>
     <w:rsid w:val="00EC0FEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -962,50 +963,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>122</Words>
-  <Characters>696</Characters>
+  <Words>124</Words>
+  <Characters>711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>817</CharactersWithSpaces>
+  <CharactersWithSpaces>834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>