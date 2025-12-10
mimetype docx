--- v0 (2025-12-10)
+++ v1 (2025-12-10)
@@ -1,106 +1,1081 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00183EF9" w:rsidRPr="00BB58A9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
+    <w:p w:rsidR="00930A89" w:rsidRPr="001E33EF" w:rsidRDefault="00930A89" w:rsidP="00930A89">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB58A9">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкері </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00183EF9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
+    <w:p w:rsidR="00930A89" w:rsidRPr="001E33EF" w:rsidRDefault="00930A89" w:rsidP="00930A89">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>Сотрудника ЧС с учащимися «ОСШ № 1» провела с детьми беседу, целью которой являлась проверка знаний детей по правилам безопасности на водоемах.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкері "№ 1 ЖББОМ" оқушыларымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әңгіме өткізді, оның мақсаты су айдындарындағы қауіпсіздік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00183EF9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
+    <w:p w:rsidR="00930A89" w:rsidRPr="001E33EF" w:rsidRDefault="00930A89" w:rsidP="00930A89">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>Сотрудник ЧС приготовил для учащихся интересные и познавательные вопросы по основам безопасности, в процессе чего состоялась увлекательная беседа с детьми. Ребятам объяснили, почему опасно находить на водоемах в холодное время года, что игра около водоемов очень опасна, вода приносит много добра, но  без присмотра может превратиться в жестокого врага человека, принося беды и несчастья. Поговорили о том, какие меры необходимо предпринимать во время нахождения на территории водоемов, как правильно оказать первую помощь. Детям также напомнили номера экстренных служб.      </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкері оқушыларға қауіпсіздік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>негіздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызықты және танымдық сұрақтар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дайындады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Балаларға Жылдың суық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мезгілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> су қоймаларында не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>себепті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табу қауі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, су қоймаларының маңындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өте қауіпті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, су көп жақсылық әкеледі, бірақ қараусыз адамның қатыгез </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>айналып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қайғы-қасіретке ұшырауы мүмкін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсіндірді. Су </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>айдындарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қандай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдану </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>керектігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, алғашқы көмекті қалай дұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>рыс к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>керектігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>айтылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға шұғыл қызметтердің нөмірлерін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>еске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>салды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00183EF9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
+    <w:p w:rsidR="00930A89" w:rsidRPr="001E33EF" w:rsidRDefault="00930A89" w:rsidP="00930A89">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>Также в  целях предотвращения несчастных случаев на тонком зимнем льду с участием несовершеннолетних провела беседу и на эту тему.</w:t>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сондай-ақ, жұқа қысқы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мұзда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғы қайғылы оқиғаларды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>болдырмау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсатында кәмелетке толмағандардың қатысуымен осы тақырыпта әңгіме жүргізілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00930A89" w:rsidRPr="001E33EF" w:rsidRDefault="00930A89" w:rsidP="00930A89">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ТЖ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкері балаларға жұқа қысқы мұзға шығу өте қауіпті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және су қоймаларының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үлкендерсіз ойнауға қатаң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>салынатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>еске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>салды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз бейқамдықтарынан мұз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>астына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құлап </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кеткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>кездегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нақты тарихтардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мысалдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>келтірді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әңгіме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> су нысандарындағы қауіпсіз жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс-тұрыстың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайталады, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұздағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жазатайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқиғаның куәсі болған жағдайда не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E33EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00183EF9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00183EF9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00183EF9" w:rsidRDefault="00183EF9" w:rsidP="00183EF9">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2759103" cy="2068296"/>
             <wp:effectExtent l="19050" t="0" r="3147" b="0"/>
             <wp:docPr id="7" name="Рисунок 7" descr="D:\Работа\ФОТО с мероприятий\ЧС\WhatsApp Image 2019-09-11 at 13.13.54(1).jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="D:\Работа\ФОТО с мероприятий\ЧС\WhatsApp Image 2019-09-11 at 13.13.54(1).jpeg"/>
@@ -224,69 +1199,71 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00183EF9"/>
     <w:rsid w:val="00183EF9"/>
+    <w:rsid w:val="00930A89"/>
+    <w:rsid w:val="00A24FC2"/>
     <w:rsid w:val="00EC0FEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -789,50 +1766,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>194</Words>
-  <Characters>1106</Characters>
+  <Words>195</Words>
+  <Characters>1112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1298</CharactersWithSpaces>
+  <CharactersWithSpaces>1305</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>