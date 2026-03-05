--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -5,185 +5,186 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="008C1425" w:rsidRDefault="008C1425" w:rsidP="008C1425">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C1425" w:rsidRPr="00BB58A9" w:rsidRDefault="008C1425" w:rsidP="008C1425">
-[...44 lines deleted...]
-    <w:p w:rsidR="008C1425" w:rsidRPr="006771FF" w:rsidRDefault="008C1425" w:rsidP="008C1425">
+    <w:p w:rsidR="00C75AC4" w:rsidRPr="00796742" w:rsidRDefault="00C75AC4" w:rsidP="00C75AC4">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conversation with entrepreneurs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C75AC4" w:rsidRPr="00796742" w:rsidRDefault="00C75AC4" w:rsidP="00C75AC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006771FF">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">алхаш» состоялась гостевая лекция в рамках преподавания курса "Основы предпринимательства и бизнеса".Слушателями стали учащиеся 10 класса, а спикерами выступили предприниматели города </w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>There is one profession that will be in demand at any time – it is the profession of entrepreneur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C75AC4" w:rsidRPr="00796742" w:rsidRDefault="00C75AC4" w:rsidP="00C75AC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Probably, each of you dreams to be famous, to achieve success, to leave something in memory of yourself. Entrepreneur is one of those professions in which brave, able-bodied, enterprising people succeed. An entrepreneur is a person who organizes his own business and makes a profit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C75AC4" w:rsidRPr="003612E5" w:rsidRDefault="00C75AC4" w:rsidP="00C75AC4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A guest lecture within the framework of teaching the course "Fundamentals of entrepreneurship and business" was held for students of "OSH No. 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006771FF">
-[...5 lines deleted...]
-        <w:t>Мукашев</w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Balkhash".The</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006771FF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Б.К. и </w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students of the 10th grade became listeners, and the speakers were entrepreneurs of the city </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006771FF">
-[...5 lines deleted...]
-        <w:t>Абенов</w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mukashev</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006771FF">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> и поделится своими идеями, которые они намерены реализовать в перспективе.</w:t>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B. K. and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abenov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00796742">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A. N., who shared not only the history of their success, but also told about the problems and obstacles that have to be overcome every day, building their own business. During the meeting, students were able to ask their questions and share their ideas that they intend to implement in the future.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC0FEF" w:rsidRDefault="008C1425" w:rsidP="008C1425">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2838734" cy="1598212"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="28" name="Рисунок 28" descr="D:\Работа\ФОТО с мероприятий\Встреча с ИП\73388423_382688432608387_178495185804591104_n.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 28" descr="D:\Работа\ФОТО с мероприятий\Встреча с ИП\73388423_382688432608387_178495185804591104_n.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -299,69 +300,72 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008C1425"/>
     <w:rsid w:val="008C1425"/>
+    <w:rsid w:val="0091644E"/>
+    <w:rsid w:val="00C50608"/>
+    <w:rsid w:val="00C75AC4"/>
     <w:rsid w:val="00EC0FEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -486,51 +490,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C1425"/>
+    <w:rsid w:val="00C75AC4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -864,50 +868,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>145</Words>
-  <Characters>827</Characters>
+  <Words>148</Words>
+  <Characters>846</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>7</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>971</CharactersWithSpaces>
+  <CharactersWithSpaces>993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>